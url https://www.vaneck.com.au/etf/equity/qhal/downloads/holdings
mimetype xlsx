--- v0 (2026-02-14)
+++ v1 (2026-03-07)
@@ -1,2130 +1,2073 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0d009cc2a94465" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3197a161d3cb4aeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QHAL_asat_20260213" sheetId="1" r:id="R87a48fb6897d4ccb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QHAL_asat_20260306" sheetId="1" r:id="Rd7266009c7644f6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="925" uniqueCount="694">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 13/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="901" uniqueCount="675">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>META US</x:t>
   </x:si>
   <x:si>
-    <x:t>5.06%</x:t>
+    <x:t>5.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
-    <x:t>4.57%</x:t>
-[...8 lines deleted...]
-    <x:t>4.54%</x:t>
+    <x:t>4.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
-    <x:t>3.73%</x:t>
+    <x:t>3.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
-    <x:t>3.25%</x:t>
+    <x:t>3.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Visa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>V US</x:t>
   </x:si>
   <x:si>
-    <x:t>2.83%</x:t>
+    <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
-    <x:t>2.77%</x:t>
+    <x:t>2.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML NA</x:t>
   </x:si>
   <x:si>
-    <x:t>2.69%</x:t>
+    <x:t>2.76%</x:t>
   </x:si>
   <x:si>
     <x:t>GOOG US</x:t>
   </x:si>
   <x:si>
-    <x:t>2.33%</x:t>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ US</x:t>
   </x:si>
   <x:si>
-    <x:t>2.08%</x:t>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netflix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
-    <x:t>1.93%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Costco Wholesale Corp</x:t>
   </x:si>
   <x:si>
     <x:t>COST US</x:t>
   </x:si>
   <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastercard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MA US</x:t>
+  </x:si>
+  <x:si>
     <x:t>1.70%</x:t>
   </x:si>
   <x:si>
-    <x:t>Mastercard Inc</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ROG SW</x:t>
   </x:si>
   <x:si>
     <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
-    <x:t>1.51%</x:t>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procter &amp; Gamble Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Caterpillar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>1.44%</x:t>
-[...17 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>1.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>NOVN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>1.28%</x:t>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Coca-Cola Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>KO US</x:t>
   </x:si>
   <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astrazeneca Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZN LN</x:t>
+  </x:si>
+  <x:si>
     <x:t>1.24%</x:t>
   </x:si>
   <x:si>
-    <x:t>Astrazeneca Plc</x:t>
-[...2 lines deleted...]
-    <x:t>AZN LN</x:t>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>1.22%</x:t>
   </x:si>
   <x:si>
-    <x:t>Merck &amp; Co Inc</x:t>
-[...2 lines deleted...]
-    <x:t>MRK US</x:t>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>1.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>Applied Materials Inc</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CSCO US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.99%</x:t>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>General Aerospace Co</x:t>
   </x:si>
   <x:si>
     <x:t>GE US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.96%</x:t>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Nestle Sa</x:t>
   </x:si>
   <x:si>
     <x:t>NESN SW</x:t>
   </x:si>
   <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unitedhealth Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNH US</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.89%</x:t>
   </x:si>
   <x:si>
-    <x:t>Kla Corp</x:t>
-[...2 lines deleted...]
-    <x:t>KLAC US</x:t>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
   </x:si>
   <x:si>
     <x:t>0.88%</x:t>
   </x:si>
   <x:si>
-    <x:t>Pepsico Inc</x:t>
-[...14 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>Linde Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abbott Laboratories</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tjx Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
-    <x:t>0.79%</x:t>
-[...32 lines deleted...]
-    <x:t>TJX US</x:t>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arista Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANET US</x:t>
   </x:si>
   <x:si>
     <x:t>0.64%</x:t>
   </x:si>
   <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Amphenol Corp</x:t>
   </x:si>
   <x:si>
     <x:t>APH US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.63%</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>Arista Networks Inc</x:t>
-[...2 lines deleted...]
-    <x:t>ANET US</x:t>
+    <x:t>Intuitive Surgical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRG US</x:t>
   </x:si>
   <x:si>
     <x:t>0.60%</x:t>
   </x:si>
   <x:si>
+    <x:t>Union Pacific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Unilever Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ULVR LN</x:t>
   </x:si>
   <x:si>
     <x:t>Advantest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6857 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>0.59%</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
-    <x:t>Union Pacific Corp</x:t>
-[...11 lines deleted...]
-    <x:t>ISRG US</x:t>
+    <x:t>Honeywell International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HON US</x:t>
   </x:si>
   <x:si>
     <x:t>0.55%</x:t>
   </x:si>
   <x:si>
+    <x:t>Uber Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBER US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Accenture Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ACN US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.53%</x:t>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Abb Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ABBN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>Honeywell International Inc</x:t>
-[...2 lines deleted...]
-    <x:t>HON US</x:t>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Allianz Se</x:t>
   </x:si>
   <x:si>
     <x:t>ALV GR</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>GSK LN</x:t>
   </x:si>
   <x:si>
-    <x:t>0.51%</x:t>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Corp Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ETN US</x:t>
   </x:si>
   <x:si>
-    <x:t>Uber Technologies Inc</x:t>
-[...20 lines deleted...]
-    <x:t>BLK US</x:t>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Lockheed Martin Corp</x:t>
   </x:si>
   <x:si>
     <x:t>LMT US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.44%</x:t>
+    <x:t>Intuit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Vertex Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VRTX US</x:t>
   </x:si>
   <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatic Data Processing Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parker-Hannifin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progressive Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGR US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Trane Technologies Plc</x:t>
   </x:si>
   <x:si>
     <x:t>TT US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.42%</x:t>
-[...23 lines deleted...]
-    <x:t>ADP US</x:t>
+    <x:t>Cme Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>L'Oreal Sa</x:t>
   </x:si>
   <x:si>
     <x:t>OR FP</x:t>
   </x:si>
   <x:si>
-    <x:t>Intuit Inc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Zurich Insurance Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ZURN SW</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
+    <x:t>Howmet Aerospace Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HWM US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rio Tinto Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RIO LN</x:t>
   </x:si>
   <x:si>
-    <x:t>0.35%</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>Howmet Aerospace Inc</x:t>
-[...2 lines deleted...]
-    <x:t>HWM US</x:t>
+    <x:t>Cintas Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTAS US</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Illinois Tool Works Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ITW US</x:t>
   </x:si>
   <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moody's Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sherwin-Williams Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>SHW US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.32%</x:t>
+    <x:t>Tokio Marine Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marsh &amp; Mclennan Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relx Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industria De Diseno Textil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITX SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cummins Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Hermes International</x:t>
   </x:si>
   <x:si>
     <x:t>RMS FP</x:t>
   </x:si>
   <x:si>
-    <x:t>0.31%</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>3m Co</x:t>
   </x:si>
   <x:si>
     <x:t>MMM US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.30%</x:t>
-[...14 lines deleted...]
-    <x:t>CMI US</x:t>
+    <x:t>Muenchener Rueckversicherungs-Gesellsch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUV2 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
   </x:si>
   <x:si>
     <x:t>Fast Retailing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9983 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Fortinet Inc</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Rheinmetall Ag</x:t>
   </x:si>
   <x:si>
     <x:t>RHM GR</x:t>
   </x:si>
   <x:si>
+    <x:t>General Dynamics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GD US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
-    <x:t>Moody's Corp</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
+    <x:t>Idexx Laboratories Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDXX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong Exchanges &amp; Clearing Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ww Grainger Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GWW US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
+    <x:t>Recruit Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6098 JP</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.25%</x:t>
   </x:si>
   <x:si>
-    <x:t>Hong Kong Exchanges &amp; Clearing Ltd</x:t>
-[...26 lines deleted...]
-    <x:t>GWW US</x:t>
+    <x:t>Keyence Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6861 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regeneron Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGN US</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
-    <x:t>Bae Systems Plc</x:t>
-[...8 lines deleted...]
-    <x:t>REGN US</x:t>
+    <x:t>Autodesk Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fastenal Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAST US</x:t>
   </x:si>
   <x:si>
     <x:t>Hoya Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7741 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Keyence Corp</x:t>
-[...5 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monster Beverage Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
   </x:si>
   <x:si>
     <x:t>Atlas Copco Ab</x:t>
   </x:si>
   <x:si>
     <x:t>ATCOA SS</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22%</x:t>
-[...23 lines deleted...]
-    <x:t>FAST US</x:t>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comfort Systems Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shin-Etsu Chemical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4063 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Ferrari Nv</x:t>
   </x:si>
   <x:si>
     <x:t>RACE IM</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21%</x:t>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compass Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Reckitt Benckiser Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RKT LN</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20%</x:t>
-[...26 lines deleted...]
-    <x:t>4063 JP</x:t>
+    <x:t>Nintendo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7974 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ameriprise Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian National Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNR CN</x:t>
   </x:si>
   <x:si>
     <x:t>Ferguson Enterprises Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FERG US</x:t>
   </x:si>
   <x:si>
-    <x:t>Nintendo Co Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>AMP US</x:t>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Disco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6146 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Canadian National Railway Co</x:t>
-[...14 lines deleted...]
-    <x:t>TER US</x:t>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electronic Arts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EA US</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
-    <x:t>Electronic Arts Inc</x:t>
-[...2 lines deleted...]
-    <x:t>EA US</x:t>
+    <x:t>Old Dominion Freight Line Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODFL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Storage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSA US</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
+    <x:t>Chugai Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4519 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paypal Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PYPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holcim Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOLN SW</x:t>
+  </x:si>
+  <x:si>
     <x:t>Emcor Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EME US</x:t>
   </x:si>
   <x:si>
-    <x:t>Holcim Ag</x:t>
-[...2 lines deleted...]
-    <x:t>HOLN SW</x:t>
+    <x:t>Garmin Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujikura Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5803 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resmed Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Pacific Land Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockwell Automation Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paychex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYX US</x:t>
   </x:si>
   <x:si>
     <x:t>3i Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>III LN</x:t>
   </x:si>
   <x:si>
-    <x:t>Edwards Lifesciences Corp</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Sandvik Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SAND SS</x:t>
   </x:si>
   <x:si>
-    <x:t>Rockwell Automation Inc</x:t>
-[...2 lines deleted...]
-    <x:t>ROK US</x:t>
+    <x:t>Hartford Insurance Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinross Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K CN</x:t>
   </x:si>
   <x:si>
     <x:t>Dr Horton Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DHI US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13%</x:t>
-[...5 lines deleted...]
-    <x:t>ODFL US</x:t>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Experian Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Celestica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geberit Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulta Beauty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kone Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNEBV FH</x:t>
   </x:si>
   <x:si>
     <x:t>Partners Group Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>PGHN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>Resmed Inc</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>Williams-Sonoma Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Givaudan Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GIVN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>Prudential Plc</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8725 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Ulta Beauty Inc</x:t>
-[...26 lines deleted...]
-    <x:t>ASM NA</x:t>
+    <x:t>Daiichi Sankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4568 JP</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Imperial Brands Plc</x:t>
   </x:si>
   <x:si>
     <x:t>IMB LN</x:t>
   </x:si>
   <x:si>
-    <x:t>Daiichi Sankyo Co Ltd</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
-    <x:t>Copart Inc</x:t>
-[...2 lines deleted...]
-    <x:t>CPRT US</x:t>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH US</x:t>
   </x:si>
   <x:si>
     <x:t>ATCOB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>Ge Healthcare Technologies Inc</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Jabil Inc</x:t>
   </x:si>
   <x:si>
     <x:t>JBL US</x:t>
   </x:si>
   <x:si>
+    <x:t>Cboe Global Markets Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBOE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adyen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADYEN NA</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
+    <x:t>Veeva Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEEV US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tractor Supply Co</x:t>
   </x:si>
   <x:si>
     <x:t>TSCO US</x:t>
   </x:si>
   <x:si>
-    <x:t>Adyen Nv</x:t>
-[...2 lines deleted...]
-    <x:t>ADYEN NA</x:t>
+    <x:t>Otsuka Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pultegroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM US</x:t>
   </x:si>
   <x:si>
     <x:t>Sika Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SIKA SW</x:t>
   </x:si>
   <x:si>
-    <x:t>Pultegroup Inc</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Hubbell Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HUBB US</x:t>
   </x:si>
   <x:si>
-    <x:t>Cboe Global Markets Inc</x:t>
-[...2 lines deleted...]
-    <x:t>CBOE US</x:t>
+    <x:t>Next Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lululemon Athletica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LULU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expeditors International Of Washington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Asset Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veralto Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLTO US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvr Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NVR US</x:t>
   </x:si>
   <x:si>
-    <x:t>Brookfield Asset Management Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>4578 JP</x:t>
+    <x:t>Dexcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lasertec Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6920 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darden Restaurants Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Church &amp; Dwight Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techtronic Industries Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>669 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ch Robinson Worldwide Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHRW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deckers Outdoor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DECK US</x:t>
   </x:si>
   <x:si>
     <x:t>Ppg Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PPG US</x:t>
   </x:si>
   <x:si>
-    <x:t>Next Plc</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Mtu Aero Engines Ag</x:t>
   </x:si>
   <x:si>
     <x:t>MTX GR</x:t>
   </x:si>
   <x:si>
-    <x:t>Darden Restaurants Inc</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Lennox International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LII US</x:t>
   </x:si>
   <x:si>
-    <x:t>Lasertec Corp</x:t>
-[...14 lines deleted...]
-    <x:t>DXCM US</x:t>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Therapeutics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vat Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VACN SW</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
-    <x:t>Techtronic Industries Co Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>669 HK</x:t>
+    <x:t>Wolters Kluwer Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T Rowe Price Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7936 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leidos Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LDOS US</x:t>
   </x:si>
   <x:si>
     <x:t>RO SW</x:t>
   </x:si>
   <x:si>
+    <x:t>Rollins Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waters Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Wartsila Oyj Abp</x:t>
   </x:si>
   <x:si>
     <x:t>WRT1V FH</x:t>
   </x:si>
   <x:si>
-    <x:t>T Rowe Price Group Inc</x:t>
-[...38 lines deleted...]
-    <x:t>VACN SW</x:t>
+    <x:t>W R Berkley Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WRB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snap-On Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLMA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Publicis Groupe Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUB FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cdw Corp/De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Carlisle Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CSL US</x:t>
   </x:si>
   <x:si>
-    <x:t>W R Berkley Corp</x:t>
-[...14 lines deleted...]
-    <x:t>LDOS US</x:t>
+    <x:t>Check Point Software Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHKP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genmab A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMAB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Epiroc Ab</x:t>
   </x:si>
   <x:si>
     <x:t>EPIA SS</x:t>
   </x:si>
   <x:si>
-    <x:t>Genmab A/S</x:t>
-[...61 lines deleted...]
-  <x:si>
     <x:t>Hannover Rueck Se</x:t>
   </x:si>
   <x:si>
     <x:t>HNR1 GR</x:t>
   </x:si>
   <x:si>
+    <x:t>F5 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFIV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logitech International Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alfa Laval Ab</x:t>
   </x:si>
   <x:si>
     <x:t>ALFA SS</x:t>
   </x:si>
   <x:si>
-    <x:t>West Pharmaceutical Services Inc</x:t>
-[...2 lines deleted...]
-    <x:t>WST US</x:t>
+    <x:t>Best Buy Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omnicom Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMC US</x:t>
   </x:si>
   <x:si>
     <x:t>Graco Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GGG US</x:t>
   </x:si>
   <x:si>
+    <x:t>Schindler Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHP SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuehne + Nagel International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shionogi &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pentair Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Admiral Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moncler Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONC IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gartner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bandai Namco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7832 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avery Dennison Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sage Group Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgi Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIB/A CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finecobank Banca Fineco Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBK IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fisher &amp; Paykel Healthcare Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FPH NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watsco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSO US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Allegion Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ALLE US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05%</x:t>
-[...29 lines deleted...]
-    <x:t>FFIV US</x:t>
+    <x:t>Singapore Exchange Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGX SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Exchange Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKHY US</x:t>
   </x:si>
   <x:si>
     <x:t>Straumann Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>STMN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>Pentair Plc</x:t>
-[...32 lines deleted...]
-    <x:t>KNIN SW</x:t>
+    <x:t>Dick's Sporting Goods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DKS US</x:t>
   </x:si>
   <x:si>
     <x:t>Carlsberg As</x:t>
   </x:si>
   <x:si>
     <x:t>CARLB DC</x:t>
   </x:si>
   <x:si>
-    <x:t>Cgi Inc</x:t>
-[...8 lines deleted...]
-    <x:t>WSO US</x:t>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coca-Cola Hbc Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCH LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neurocrine Biosciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daifuku Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6383 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonova Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOON SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toromont Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIH CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great-West Lifeco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GWO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smiths Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMIN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metso Outotec Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>METSO FH</x:t>
   </x:si>
   <x:si>
     <x:t>Belimo Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BEAN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>Sage Group Plc/The</x:t>
-[...77 lines deleted...]
-    <x:t>8697 JP</x:t>
+    <x:t>Orion Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORNBV FH</x:t>
   </x:si>
   <x:si>
     <x:t>Screen Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>7735 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Metso Outotec Oyj</x:t>
-[...8 lines deleted...]
-    <x:t>SMIN LN</x:t>
+    <x:t>Oklo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
     <x:t>Fresnillo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>FRES LN</x:t>
   </x:si>
   <x:si>
-    <x:t>Orion Oyj</x:t>
-[...8 lines deleted...]
-    <x:t>NBIX US</x:t>
+    <x:t>Gea Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G1A GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVO SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intertek Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Research Institute Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4307 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzijiang Shipbuilding Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YZJSGD SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ia Financial Corp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wise Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WISE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPIB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Addtech Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADDTB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continental Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CON GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Beiersdorf Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BEI GR</x:t>
   </x:si>
   <x:si>
-    <x:t>Toromont Industries Ltd</x:t>
-[...74 lines deleted...]
-    <x:t>WISE LN</x:t>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Futu Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coloplast A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Swedish Orphan Biovitrum Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SOBI SS</x:t>
   </x:si>
   <x:si>
-    <x:t>Addtech Ab</x:t>
-[...11 lines deleted...]
-    <x:t>SCHN SW</x:t>
+    <x:t>Auto Trader Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Erie Indemnity Co</x:t>
   </x:si>
   <x:si>
     <x:t>ERIE US</x:t>
   </x:si>
   <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Obic Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4684 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sitc International Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1308 HK</x:t>
+  </x:si>
+  <x:si>
     <x:t>Magnum Ice Cream Co Nv/The</x:t>
   </x:si>
   <x:si>
     <x:t>MICC LN</x:t>
   </x:si>
   <x:si>
-    <x:t>Futu Holdings Ltd</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Elisa Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>ELISA FH</x:t>
   </x:si>
   <x:si>
-    <x:t>American Financial Group Inc/Oh</x:t>
-[...8 lines deleted...]
-    <x:t>LUG CN</x:t>
+    <x:t>Nice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipol Assicurazioni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yokogawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6841 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Lifco Ab</x:t>
   </x:si>
   <x:si>
     <x:t>LIFCOB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>Unipol Assicurazioni Spa</x:t>
-[...2 lines deleted...]
-    <x:t>UNI IM</x:t>
+    <x:t>Ipsen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Pandora A/S</x:t>
   </x:si>
   <x:si>
     <x:t>PNDORA DC</x:t>
   </x:si>
   <x:si>
-    <x:t>Sitc International Holdings Co Ltd</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Daito Trust Construction Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1878 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02%</x:t>
-[...11 lines deleted...]
-    <x:t>PAYC US</x:t>
+    <x:t>Sanrio Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8136 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Ems-Chemie Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>EMSN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>Ipsen Sa</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Gjensidige Forsikring Asa</x:t>
   </x:si>
   <x:si>
     <x:t>GJF NO</x:t>
   </x:si>
   <x:si>
     <x:t>Unicharm Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8113 JP</x:t>
   </x:si>
   <x:si>
+    <x:t>Scout24 Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G24 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indutrade Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDT SS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kikkoman Corp</x:t>
   </x:si>
   <x:si>
     <x:t>2801 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Indutrade Ab</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Shimadzu Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7701 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Rational Ag</x:t>
   </x:si>
   <x:si>
     <x:t>RAA GR</x:t>
   </x:si>
   <x:si>
-    <x:t>Scout24 Se</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Zozo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3092 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Lotus Bakeries Nv</x:t>
   </x:si>
   <x:si>
     <x:t>LOTB BB</x:t>
   </x:si>
   <x:si>
-    <x:t>Trend Micro Inc/Japan</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cts Eventim Ag &amp; Co Kgaa</x:t>
   </x:si>
   <x:si>
     <x:t>EVD GR</x:t>
   </x:si>
   <x:si>
+    <x:t>Nemetschek Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verbund Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VER AV</x:t>
+  </x:si>
+  <x:si>
     <x:t>Otsuka Corp</x:t>
   </x:si>
   <x:si>
     <x:t>4768 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Sysmex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6869 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Nemetschek Se</x:t>
-[...8 lines deleted...]
-    <x:t>VER AV</x:t>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M3 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2413 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Tis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3626 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>M3 Inc</x:t>
-[...5 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>Buzzi Unicem Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BZU IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cvc Capital Partners Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVC NA</x:t>
   </x:si>
   <x:si>
     <x:t>Monotaro Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3064 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Cvc Capital Partners Plc</x:t>
-[...20 lines deleted...]
-    <x:t>HIK LN</x:t>
+    <x:t>Oracle Corp Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4716 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwool International A/S</x:t>
   </x:si>
   <x:si>
     <x:t>ROCKB DC</x:t>
   </x:si>
   <x:si>
-    <x:t>Oracle Corp Japan</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>MICC NA</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Software Inc/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>2299955D CN</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>1.89%</x:t>
+    <x:t>-1.29%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2149,56 +2092,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aaed3b11def48cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3c800eabddec4b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R87a48fb6897d4ccb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R105a436d08574828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R12d433080ed64511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7266009c7644f6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:D307"/>
+  <x:dimension ref="A1:D299"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4" ht="15" customHeight="1">
       <x:c r="A2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2369,4124 +2312,4012 @@
     <x:row r="14" spans="1:4" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:4" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:4" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:4" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:4" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:4" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:4" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:4" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:4" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:4" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:4" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:4" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:4" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:4" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:4" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:4" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:4" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:4" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:4" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:4" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:4" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:4" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:4" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:4" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:4" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:4" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:4" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:4" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:4" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:4" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:4" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:4" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:4" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:4" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:4" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:4" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:4" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:4" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:4" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:4" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:4" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:4" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:4" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:4" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:4" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:4" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:4" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:4" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:4" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:4" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:4" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:4" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:4" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:4" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:4" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:4" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:4" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:4" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:4" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:4" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:4" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:4" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:4" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:4" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:4" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:4" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:4" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:4" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:4" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:4" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:4" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:4" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:4" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:4" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:4" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:4" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:4" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:4" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:4" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:4" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:4" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:4" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:4" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:4" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:4" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:4" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:4" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:4" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:4" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:4" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:4" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:4" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:4" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:4" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:4" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:4" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:4" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:4" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:4" ht="15" customHeight="1">
-      <x:c r="A299" s="1">
-[...111 lines deleted...]
-      <x:c r="A307" s="2" t="s">
+      <x:c r="A299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B307" s="2" t="s">
+      <x:c r="B299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C307" s="2" t="s">
+      <x:c r="C299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D307" s="2" t="s">
+      <x:c r="D299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:D1"/>
     <x:mergeCell ref="A2:D2"/>
-    <x:mergeCell ref="A307:D307"/>
+    <x:mergeCell ref="A299:D299"/>
   </x:mergeCells>
 </x:worksheet>
 </file>