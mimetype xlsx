--- v1 (2026-03-07)
+++ v2 (2026-03-31)
@@ -1,2073 +1,2064 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3197a161d3cb4aeb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R078ef0db360e4b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QHAL_asat_20260306" sheetId="1" r:id="Rd7266009c7644f6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QHAL_asat_20260330" sheetId="1" r:id="Rf358f4b17a9c43d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="901" uniqueCount="675">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 06/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="901" uniqueCount="672">
+  <x:si>
+    <x:t>All Fund Holdings as at 30/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>META US</x:t>
   </x:si>
   <x:si>
-    <x:t>5.38%</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>4.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
-    <x:t>3.98%</x:t>
+    <x:t>3.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
-    <x:t>3.22%</x:t>
+    <x:t>3.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Visa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>V US</x:t>
   </x:si>
   <x:si>
+    <x:t>2.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asml Holding Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML NA</x:t>
+  </x:si>
+  <x:si>
     <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
     <x:t>2.82%</x:t>
   </x:si>
   <x:si>
-    <x:t>Asml Holding Nv</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>GOOG US</x:t>
   </x:si>
   <x:si>
     <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ US</x:t>
   </x:si>
   <x:si>
-    <x:t>2.13%</x:t>
+    <x:t>2.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costco Wholesale Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Netflix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NFLX US</x:t>
   </x:si>
   <x:si>
-    <x:t>1.86%</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Mastercard Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MA US</x:t>
   </x:si>
   <x:si>
-    <x:t>1.70%</x:t>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caterpillar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
-    <x:t>ROG SW</x:t>
-[...11 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>ROP SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Procter &amp; Gamble Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>PG US</x:t>
   </x:si>
   <x:si>
-    <x:t>1.42%</x:t>
-[...8 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>NOVN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>1.33%</x:t>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Coca-Cola Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>KO US</x:t>
   </x:si>
   <x:si>
-    <x:t>1.26%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Astrazeneca Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AZN LN</x:t>
   </x:si>
   <x:si>
-    <x:t>1.24%</x:t>
-[...8 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>1.20%</x:t>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CSCO US</x:t>
   </x:si>
   <x:si>
-    <x:t>1.10%</x:t>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>General Aerospace Co</x:t>
   </x:si>
   <x:si>
     <x:t>GE US</x:t>
   </x:si>
   <x:si>
-    <x:t>1.05%</x:t>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Nestle Sa</x:t>
   </x:si>
   <x:si>
     <x:t>NESN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>0.92%</x:t>
-[...8 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Unitedhealth Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UNH US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.89%</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Linde Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.77%</x:t>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
     <x:t>ABT US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.72%</x:t>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Tjx Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>TJX US</x:t>
   </x:si>
   <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
-    <x:t>Texas Instruments Inc</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>0.65%</x:t>
   </x:si>
   <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Arista Networks Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ANET US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.64%</x:t>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuitive Surgical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
-    <x:t>Qualcomm Inc</x:t>
-[...20 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>UNP US</x:t>
   </x:si>
   <x:si>
     <x:t>0.58%</x:t>
   </x:si>
   <x:si>
+    <x:t>Honeywell International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allianz Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALV GR</x:t>
+  </x:si>
+  <x:si>
     <x:t>Unilever Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ULVR LN</x:t>
   </x:si>
   <x:si>
+    <x:t>Uber Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eaton Corp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETN US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Advantest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6857 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>0.57%</x:t>
-[...14 lines deleted...]
-    <x:t>UBER US</x:t>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abb Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABBN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Accenture Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ACN US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.54%</x:t>
-[...23 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lockheed Martin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BLK US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.49%</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
-    <x:t>Lockheed Martin Corp</x:t>
-[...2 lines deleted...]
-    <x:t>LMT US</x:t>
+    <x:t>Vertex Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Intuit Inc</x:t>
   </x:si>
   <x:si>
     <x:t>INTU US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.46%</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
+    <x:t>Progressive Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Automatic Data Processing Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADP US</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
+    <x:t>Trane Technologies Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TT US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Parker-Hannifin Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PH US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.42%</x:t>
-[...11 lines deleted...]
-    <x:t>TT US</x:t>
+    <x:t>Zurich Insurance Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZURN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokio Marine Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Cme Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CME US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.38%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>L'Oreal Sa</x:t>
   </x:si>
   <x:si>
     <x:t>OR FP</x:t>
   </x:si>
   <x:si>
-    <x:t>0.37%</x:t>
-[...5 lines deleted...]
-    <x:t>ZURN SW</x:t>
+    <x:t>Rio Tinto Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO LN</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Howmet Aerospace Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HWM US</x:t>
   </x:si>
   <x:si>
-    <x:t>Rio Tinto Plc</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illinois Tool Works Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moody's Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sherwin-Williams Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muenchener Rueckversicherungs-Gesellsch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUV2 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Cintas Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CTAS US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.33%</x:t>
-[...14 lines deleted...]
-    <x:t>MCO US</x:t>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.30%</x:t>
-[...11 lines deleted...]
-    <x:t>8766 JP</x:t>
+    <x:t>Industria De Diseno Textil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITX SM</x:t>
   </x:si>
   <x:si>
     <x:t>0.29%</x:t>
   </x:si>
   <x:si>
-    <x:t>Fortinet Inc</x:t>
-[...2 lines deleted...]
-    <x:t>FTNT US</x:t>
+    <x:t>Cummins Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMI US</x:t>
   </x:si>
   <x:si>
     <x:t>Marsh &amp; Mclennan Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MMC US</x:t>
   </x:si>
   <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
     <x:t>Relx Plc</x:t>
   </x:si>
   <x:si>
     <x:t>REL LN</x:t>
   </x:si>
   <x:si>
-    <x:t>Industria De Diseno Textil Sa</x:t>
-[...8 lines deleted...]
-    <x:t>CMI US</x:t>
+    <x:t>General Dynamics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monolithic Power Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
+    <x:t>Fast Retailing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9983 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3m Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong Exchanges &amp; Clearing Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ww Grainger Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GWW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idexx Laboratories Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDXX US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hermes International</x:t>
   </x:si>
   <x:si>
     <x:t>RMS FP</x:t>
   </x:si>
   <x:si>
-    <x:t>3m Co</x:t>
-[...68 lines deleted...]
-    <x:t>ZTS US</x:t>
+    <x:t>Regeneron Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Recruit Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>6098 JP</x:t>
   </x:si>
   <x:si>
+    <x:t>Fastenal Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAST US</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.25%</x:t>
   </x:si>
   <x:si>
+    <x:t>Hoya Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7741 JP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Keyence Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6861 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Regeneron Pharmaceuticals Inc</x:t>
-[...5 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>Comfort Systems Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Autodesk Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADSK US</x:t>
   </x:si>
   <x:si>
-    <x:t>Fastenal Co</x:t>
-[...8 lines deleted...]
-    <x:t>7741 JP</x:t>
+    <x:t>Monster Beverage Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shin-Etsu Chemical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4063 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nintendo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7974 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22%</x:t>
-[...5 lines deleted...]
-    <x:t>MNST US</x:t>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Copco Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATCOA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferrari Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RACE IM</x:t>
   </x:si>
   <x:si>
     <x:t>Chipotle Mexican Grill Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CMG US</x:t>
   </x:si>
   <x:si>
-    <x:t>Atlas Copco Ab</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Compass Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CPG LN</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Reckitt Benckiser Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RKT LN</x:t>
   </x:si>
   <x:si>
-    <x:t>Nintendo Co Ltd</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ameriprise Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMP US</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
+    <x:t>Ferguson Enterprises Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERG US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Canadian National Railway Co</x:t>
   </x:si>
   <x:si>
     <x:t>CNR CN</x:t>
   </x:si>
   <x:si>
-    <x:t>Ferguson Enterprises Inc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
+    <x:t>Electronic Arts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Disco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6146 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Edwards Lifesciences Corp</x:t>
-[...8 lines deleted...]
-    <x:t>EA US</x:t>
+    <x:t>Emcor Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EME US</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
+    <x:t>Fujikura Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5803 JP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Old Dominion Freight Line Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ODFL US</x:t>
   </x:si>
   <x:si>
+    <x:t>Holcim Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garmin Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paypal Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PYPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Pacific Land Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TPL US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Public Storage</x:t>
   </x:si>
   <x:si>
     <x:t>PSA US</x:t>
   </x:si>
   <x:si>
-    <x:t>0.15%</x:t>
+    <x:t>Celestica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLS CN</x:t>
   </x:si>
   <x:si>
     <x:t>Chugai Pharmaceutical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4519 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Paypal Holdings Inc</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
-    <x:t>Fujikura Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>5803 JP</x:t>
+    <x:t>Rockwell Automation Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paychex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hartford Insurance Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandvik Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAND SS</x:t>
   </x:si>
   <x:si>
     <x:t>Resmed Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RMD US</x:t>
   </x:si>
   <x:si>
-    <x:t>Texas Pacific Land Corp</x:t>
-[...14 lines deleted...]
-    <x:t>PAYX US</x:t>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Partners Group Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinross Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Horton Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiichi Sankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4568 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Experian Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jabil Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kone Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNEBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geberit Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEBN SW</x:t>
   </x:si>
   <x:si>
     <x:t>3i Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>III LN</x:t>
   </x:si>
   <x:si>
-    <x:t>Sandvik Ab</x:t>
-[...23 lines deleted...]
-    <x:t>DHI US</x:t>
+    <x:t>Williams-Sonoma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Brands Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMB LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Givaudan Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIVN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otsuka Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Music Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>UMG NA</x:t>
   </x:si>
   <x:si>
-    <x:t>Experian Plc</x:t>
-[...41 lines deleted...]
-    <x:t>CPRT US</x:t>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cboe Global Markets Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBOE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATCOB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Ulta Beauty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ULTA US</x:t>
   </x:si>
   <x:si>
-    <x:t>Kone Oyj</x:t>
-[...76 lines deleted...]
-  <x:si>
     <x:t>Adyen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ADYEN NA</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10%</x:t>
+    <x:t>Hubbell Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBB US</x:t>
   </x:si>
   <x:si>
     <x:t>Veeva Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VEEV US</x:t>
   </x:si>
   <x:si>
+    <x:t>Lasertec Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6920 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tractor Supply Co</x:t>
   </x:si>
   <x:si>
     <x:t>TSCO US</x:t>
   </x:si>
   <x:si>
-    <x:t>Otsuka Holdings Co Ltd</x:t>
-[...5 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>Expeditors International Of Washington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Next Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Pultegroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PHM US</x:t>
   </x:si>
   <x:si>
+    <x:t>United Therapeutics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Asset Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAM CN</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sika Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SIKA SW</x:t>
   </x:si>
   <x:si>
-    <x:t>Hubbell Inc</x:t>
-[...8 lines deleted...]
-    <x:t>NXT LN</x:t>
+    <x:t>Nvr Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veralto Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLTO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darden Restaurants Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Church &amp; Dwight Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCM US</x:t>
   </x:si>
   <x:si>
     <x:t>Lululemon Athletica Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LULU US</x:t>
   </x:si>
   <x:si>
-    <x:t>Expeditors International Of Washington</x:t>
-[...47 lines deleted...]
-    <x:t>DRI US</x:t>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ppg Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T Rowe Price Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techtronic Industries Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>669 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ch Robinson Worldwide Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHRW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vat Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VACN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7936 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deckers Outdoor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DECK US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadridge Financial Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BR US</x:t>
   </x:si>
   <x:si>
-    <x:t>Church &amp; Dwight Co Inc</x:t>
-[...26 lines deleted...]
-    <x:t>PPG US</x:t>
+    <x:t>Wolters Kluwer Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rollins Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wartsila Oyj Abp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WRT1V FH</x:t>
   </x:si>
   <x:si>
     <x:t>Mtu Aero Engines Ag</x:t>
   </x:si>
   <x:si>
     <x:t>MTX GR</x:t>
   </x:si>
   <x:si>
+    <x:t>Waters Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leidos Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LDOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>W R Berkley Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WRB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snap-On Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLMA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RO SW</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lennox International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LII US</x:t>
   </x:si>
   <x:si>
-    <x:t>Kongsberg Gruppen Asa</x:t>
-[...92 lines deleted...]
-    <x:t>HLMA LN</x:t>
+    <x:t>Hannover Rueck Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HNR1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cdw Corp/De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F5 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFIV US</x:t>
   </x:si>
   <x:si>
     <x:t>Publicis Groupe Sa</x:t>
   </x:si>
   <x:si>
     <x:t>PUB FP</x:t>
   </x:si>
   <x:si>
-    <x:t>Cdw Corp/De</x:t>
-[...2 lines deleted...]
-    <x:t>CDW US</x:t>
+    <x:t>Logitech International Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genmab A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMAB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Carlisle Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CSL US</x:t>
   </x:si>
   <x:si>
+    <x:t>Best Buy Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epiroc Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPIA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alfa Laval Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALFA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Exchange Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGX SP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Check Point Software Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CHKP US</x:t>
   </x:si>
   <x:si>
-    <x:t>Genmab A/S</x:t>
-[...44 lines deleted...]
-    <x:t>BBY US</x:t>
+    <x:t>Shionogi &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Admiral Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuehne + Nagel International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Graco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bandai Namco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7832 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schindler Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHP SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sage Group Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGE LN</x:t>
   </x:si>
   <x:si>
     <x:t>Omnicom Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OMC US</x:t>
   </x:si>
   <x:si>
-    <x:t>Graco Inc</x:t>
-[...23 lines deleted...]
-    <x:t>4507 JP</x:t>
+    <x:t>Finecobank Banca Fineco Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBK IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgi Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIB/A CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moncler Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONC IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gartner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegion Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avery Dennison Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVY US</x:t>
   </x:si>
   <x:si>
     <x:t>Pentair Plc</x:t>
   </x:si>
   <x:si>
     <x:t>PNR US</x:t>
   </x:si>
   <x:si>
-    <x:t>Admiral Group Plc</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Fisher &amp; Paykel Healthcare Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>FPH NZ</x:t>
   </x:si>
   <x:si>
+    <x:t>Straumann Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKHY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dick's Sporting Goods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DKS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Exchange Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8697 JP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Watsco Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WSO US</x:t>
   </x:si>
   <x:si>
-    <x:t>Allegion Plc</x:t>
-[...38 lines deleted...]
-    <x:t>DKS US</x:t>
+    <x:t>Neurocrine Biosciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daifuku Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6383 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coca-Cola Hbc Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCH LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great-West Lifeco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GWO CN</x:t>
   </x:si>
   <x:si>
     <x:t>Carlsberg As</x:t>
   </x:si>
   <x:si>
     <x:t>CARLB DC</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04%</x:t>
-[...17 lines deleted...]
-    <x:t>6383 JP</x:t>
+    <x:t>Orion Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORNBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toromont Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIH CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
   </x:si>
   <x:si>
     <x:t>Sonova Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SOON SW</x:t>
   </x:si>
   <x:si>
-    <x:t>Bureau Veritas Sa</x:t>
-[...14 lines deleted...]
-    <x:t>GWO CN</x:t>
+    <x:t>Gea Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G1A GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Screen Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7735 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Smiths Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SMIN LN</x:t>
   </x:si>
   <x:si>
+    <x:t>Nomura Research Institute Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4307 JP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Metso Outotec Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>METSO FH</x:t>
   </x:si>
   <x:si>
     <x:t>Belimo Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BEAN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>Orion Oyj</x:t>
-[...8 lines deleted...]
-    <x:t>7735 JP</x:t>
+    <x:t>Evolution Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVO SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresnillo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRES LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wise Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WISE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ia Financial Corp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzijiang Shipbuilding Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YZJSGD SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intertek Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRK LN</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresnillo Plc</x:t>
-[...47 lines deleted...]
-    <x:t>WISE LN</x:t>
+    <x:t>Addtech Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADDTB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sitc International Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1308 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedish Orphan Biovitrum Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOBI SS</x:t>
   </x:si>
   <x:si>
     <x:t>EPIB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>Addtech Ab</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Continental Ag</x:t>
   </x:si>
   <x:si>
     <x:t>CON GR</x:t>
   </x:si>
   <x:si>
+    <x:t>Obic Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4684 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auto Trader Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTO LN</x:t>
+  </x:si>
+  <x:si>
     <x:t>SCHN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Beiersdorf Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BEI GR</x:t>
   </x:si>
   <x:si>
+    <x:t>Futu Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coloplast A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magnum Ice Cream Co Nv/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MICC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elisa Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELISA FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erie Indemnity Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERIE US</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
-    <x:t>Futu Holdings Ltd</x:t>
-[...56 lines deleted...]
-    <x:t>ELISA FH</x:t>
+    <x:t>Unipol Assicurazioni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daito Trust Construction Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1878 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yokogawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6841 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ipsen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lifco Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIFCOB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pandora A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNDORA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NICE IT</x:t>
   </x:si>
   <x:si>
-    <x:t>Unipol Assicurazioni Spa</x:t>
-[...35 lines deleted...]
-    <x:t>1878 JP</x:t>
+    <x:t>Ems-Chemie Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMSN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicharm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8113 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Sanrio Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>8136 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>Ems-Chemie Holding Ag</x:t>
-[...2 lines deleted...]
-    <x:t>EMSN SW</x:t>
+    <x:t>Kikkoman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2801 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Gjensidige Forsikring Asa</x:t>
   </x:si>
   <x:si>
     <x:t>GJF NO</x:t>
   </x:si>
   <x:si>
-    <x:t>Unicharm Corp</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Scout24 Se</x:t>
   </x:si>
   <x:si>
     <x:t>G24 GR</x:t>
   </x:si>
   <x:si>
     <x:t>Indutrade Ab</x:t>
   </x:si>
   <x:si>
     <x:t>INDT SS</x:t>
   </x:si>
   <x:si>
-    <x:t>Kikkoman Corp</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Shimadzu Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7701 JP</x:t>
   </x:si>
   <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lotus Bakeries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOTB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verbund Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VER AV</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rational Ag</x:t>
   </x:si>
   <x:si>
     <x:t>RAA GR</x:t>
   </x:si>
   <x:si>
-    <x:t>Zozo Inc</x:t>
-[...8 lines deleted...]
-    <x:t>LOTB BB</x:t>
+    <x:t>Otsuka Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4768 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3626 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nemetschek Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M3 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2413 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysmex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6869 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buzzi Unicem Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BZU IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Cts Eventim Ag &amp; Co Kgaa</x:t>
   </x:si>
   <x:si>
     <x:t>EVD GR</x:t>
   </x:si>
   <x:si>
-    <x:t>Nemetschek Se</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Cvc Capital Partners Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CVC NA</x:t>
   </x:si>
   <x:si>
     <x:t>Monotaro Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3064 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp Japan</x:t>
   </x:si>
   <x:si>
     <x:t>4716 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwool International A/S</x:t>
   </x:si>
   <x:si>
     <x:t>ROCKB DC</x:t>
   </x:si>
   <x:si>
     <x:t>MICC NA</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Software Inc/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>2299955D CN</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>-1.29%</x:t>
+    <x:t>-2.96%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2092,51 +2083,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R105a436d08574828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R12d433080ed64511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7266009c7644f6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c0a1513aea4d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5e0825d2e68447a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf358f4b17a9c43d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:D299"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2264,113 +2255,113 @@
         <x:v>25</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>47</x:v>
@@ -2438,3886 +2429,3886 @@
     <x:row r="23" spans="1:4" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:4" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:4" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:4" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:4" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:4" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:4" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:4" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:4" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:4" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:4" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:4" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:4" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:4" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:4" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:4" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:4" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:4" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:4" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:4" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:4" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:4" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:4" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:4" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:4" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:4" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:4" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:4" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:4" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:4" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:4" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:4" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:4" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:4" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:4" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:4" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:4" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:4" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:4" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:4" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:4" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:4" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:4" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:4" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:4" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:4" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:4" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:4" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:4" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:4" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:4" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:4" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:4" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:4" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:4" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:4" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:4" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:4" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:4" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:4" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:4" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:4" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:4" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:4" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:4" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:4" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:4" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:4" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:4" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:4" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:4" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:4" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:4" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:4" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:4" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:4" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:4" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:4" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:4" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:4" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:4" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:4" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:4" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:4" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:4" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:4" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:4" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:4" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:4" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:4" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:4" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:4" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:4" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:4" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:4" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:4" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:4" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:4" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:4" ht="15" customHeight="1">
       <x:c r="A299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:D1"/>
     <x:mergeCell ref="A2:D2"/>
     <x:mergeCell ref="A299:D299"/>
   </x:mergeCells>
 </x:worksheet>
 </file>