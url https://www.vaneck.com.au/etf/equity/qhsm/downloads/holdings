--- v0 (2026-01-20)
+++ v1 (2026-02-17)
@@ -1,2067 +1,2091 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aa17d8950e94d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296fd34184814473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QHSM_asat_20260120" sheetId="1" r:id="R73ca732ba6c64763"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QHSM_asat_20260217" sheetId="1" r:id="R4498af26b0954333"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="673">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 20/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="681">
+  <x:si>
+    <x:t>All Fund Holdings as at 17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Curtiss-Wright Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CW US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,045</x:t>
-[...5 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>5,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,043,137.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>11,666</x:t>
-[...5 lines deleted...]
-    <x:t>1.68%</x:t>
+    <x:t>12,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,876,157.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Casey's General Stores Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CASY US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,567</x:t>
-[...5 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>4,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,442,654.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodward Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WWD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,272,706.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qxo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QXO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,840,553.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fabrinet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,787,141.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lincoln Electric Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LECO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,670,605.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Bwx Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BWXT US</x:t>
   </x:si>
   <x:si>
-    <x:t>12,394</x:t>
-[...35 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>12,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,628,793.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carpenter Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,538,693.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Topbuild Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,363,890.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itt Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,274,869.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toll Brothers Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,065,267.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>East West Bancorp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EWBC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,046,923.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Donaldson Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,929,578.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evercore Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,713,502.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mueller Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,674,117.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tower Semiconductor Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSEM IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,628,258.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sterling Infrastructure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STRL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,550,837.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bj's Wholesale Club Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,541,665.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelixis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,523,591.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Drainage Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,517,927.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Medpace Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MEDP US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,993</x:t>
-[...122 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>4,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,496,616.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Align Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,482,588.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lattice Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,411,372.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generac Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,374,685.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Borgwarner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,353,644.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weir Group Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEIR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,349,867.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interdigital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,326,937.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Times Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,314,798.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imi Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,271,907.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globe Life Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,257,879.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Industrial Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,222,271.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Manhattan Associates Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MANH US</x:t>
   </x:si>
   <x:si>
-    <x:t>10,782</x:t>
-[...59 lines deleted...]
-    <x:t>$2,576,005.04</x:t>
+    <x:t>11,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,212,290.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stifel Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,167,510.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toro Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,148,357.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Roadhouse Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXRH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A O Smith Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,132,441.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caci International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CACI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,125,428.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unum Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,119,223.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rambus Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMBS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,113,558.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allison Transmission Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,075,792.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modine Manufacturing Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,069,318.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaztransport Et Technigaz Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTT FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,066,620.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Armstrong World Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AWI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,050,974.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPLM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,033,980.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Owens Corning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,014,287.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flowserve Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,006,734.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encompass Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,990,279.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Houlihan Lokey Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,980,837.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crane Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,968,698.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sei Investments Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEIC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,965,191.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Games Workshop Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,951,973.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saia Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,925,806.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurant Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,918,253.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinsale Capital Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,906,654.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autoliv Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,905,035.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tetra Tech Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTEK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,904,765.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pool Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POOL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,903,956.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acuity Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,887,501.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watts Water Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,868,887.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valmont Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,858,367.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,833,009.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Republic International Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,813,047.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accelleron Industries Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,805,224.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,804,685.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epam Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,804,415.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGNX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,797,941.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptargroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,790,927.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globus Medical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,783,913.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Popular Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPOP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,782,295.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primerica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,782,025.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simpson Manufacturing Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,765,030.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-Techne Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,731,310.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Factset Research Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FDS US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,646</x:t>
-[...164 lines deleted...]
-    <x:t>$2,277,412.74</x:t>
+    <x:t>5,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,697,591.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Installed Building Products Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,680,326.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eagle Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,674,122.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOG/A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,669,805.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skyworks Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWKS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,667,108.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemed Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,603,984.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cirrus Logic Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRUS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,562,981.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finning International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,554,349.23</x:t>
   </x:si>
   <x:si>
     <x:t>Molina Healthcare Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MOH US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,803</x:t>
-[...359 lines deleted...]
-    <x:t>$1,851,979.95</x:t>
+    <x:t>8,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,542,749.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,537,084.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konecranes Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCR FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,536,814.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal Signal Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,528,991.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingredion Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,492,574.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yaskawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,489,876.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sprouts Farmers Market Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,460,742.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Sanmina-Sci Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SANM US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,846</x:t>
-[...236 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>7,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,458,315.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kokusai Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6525 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,423,516.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,408,409.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Msa Safety Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,398,698.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ig Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,396,540.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zurn Elkay Water Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZWS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,385,750.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esab Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,385,480.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Fuel Gas Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,370,643.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niterra Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5334 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,360,392.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,359,043.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aaon Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,347,983.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyo Suisan Kaisha Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2875 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,345,825.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viper Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,302,934.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Icg Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ICG LN</x:t>
   </x:si>
   <x:si>
-    <x:t>38,450</x:t>
-[...2 lines deleted...]
-    <x:t>$1,554,748.60</x:t>
+    <x:t>39,711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,301,045.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enersys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,294,301.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taylor Morrison Home Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,282,432.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andritz Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANDR AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,267,326.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ringkjoebing Landbobank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RILBA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,265,437.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esco Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,265,167.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ollie's Bargain Outlet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,254,107.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Howden Joinery Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HWDN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,252,759.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerce Bancshares Inc/Mo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,249,252.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swissquote Group Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SQN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,242,508.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genpact Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,233,875.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galenica Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALE SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,211,755.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mgic Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,209,058.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avanza Bank Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,207,439.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hamilton Lane Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLNE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,176,956.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essent Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,171,022.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piper Sandler Cos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIPR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,169,943.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,165,896.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordnet Ab Publ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAVE SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,158,343.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Display Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,156,455.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Everus Construction Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,155,376.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rightmove Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>139,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,140,809.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azimut Holding Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZM IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,133,795.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand Canyon Education Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,133,256.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janus Henderson Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,132,986.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vontier Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,122,195.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortune Brands Innovations Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,083,620.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aak Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAK SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,073,369.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fti Consulting Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,059,611.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rli Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,054,216.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technip Energies Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,051,249.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newmarket Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,036,142.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zealand Pharma A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZEAL DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exlservice Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,033,175.56</x:t>
   </x:si>
   <x:si>
     <x:t>Baycurrent Consulting Inc</x:t>
   </x:si>
   <x:si>
     <x:t>6532 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>24,760</x:t>
-[...212 lines deleted...]
-    <x:t>$1,357,955.32</x:t>
+    <x:t>25,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,032,636.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanwa Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5929 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,024,003.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Badger Meter Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,292.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Paylocity Holding Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PCTY US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,437</x:t>
-[...119 lines deleted...]
-    <x:t>$1,290,452.23</x:t>
+    <x:t>6,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,548.49</x:t>
   </x:si>
   <x:si>
     <x:t>Qualys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QLYS US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,402</x:t>
-[...65 lines deleted...]
-    <x:t>$1,267,588.28</x:t>
+    <x:t>6,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$981,112.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temenos Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$967,354.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ralliant Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$955,754.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ul Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$937,141.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corcept Therapeutics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$858,102.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morningstar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$797,946.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pegasystems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEGA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$748,310.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Hims &amp; Hers Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HIMS US</x:t>
   </x:si>
   <x:si>
-    <x:t>27,012</x:t>
-[...401 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>27,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$643,104.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Doximity Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DOCS US</x:t>
   </x:si>
   <x:si>
-    <x:t>15,696</x:t>
-[...35 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>16,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$573,776.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Omnicom Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OMC US</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,069,158.25</x:t>
+    <x:t>$2,703,431.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2086,51 +2110,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd55862611e24c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8eea8caf23b042a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R73ca732ba6c64763" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f15d912b6445e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R847ab776bbe24a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4498af26b0954333" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F154"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="46" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -2438,2771 +2462,2771 @@
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
         <x:v>466</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
         <x:v>488</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
         <x:v>518</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
         <x:v>531</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
         <x:v>552</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="F134" s="1" t="s">
         <x:v>587</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
         <x:v>624</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="F144" s="1" t="s">
         <x:v>633</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>