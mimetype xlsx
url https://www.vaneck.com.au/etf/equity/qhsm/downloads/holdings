--- v1 (2026-02-17)
+++ v2 (2026-03-10)
@@ -1,2091 +1,2034 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296fd34184814473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e63e5fdade49b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QHSM_asat_20260217" sheetId="1" r:id="R4498af26b0954333"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QHSM_asat_20260309" sheetId="1" r:id="R369d5e57a569438b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="681">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 17/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="754" uniqueCount="662">
+  <x:si>
+    <x:t>All Fund Holdings as at 09/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>Curtiss-Wright Corp</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>12,049</x:t>
-[...20 lines deleted...]
-    <x:t>1.63%</x:t>
+    <x:t>12,947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,172,124.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Woodward Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WWD US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,962</x:t>
-[...5 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>8,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,566,434.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fabrinet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,055,796.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carpenter Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,911,371.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bwx Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,833,481.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lincoln Electric Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LECO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,552,815.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Qxo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QXO US</x:t>
   </x:si>
   <x:si>
-    <x:t>100,298</x:t>
-[...65 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>107,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,353,999.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itt Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,244,954.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>East West Bancorp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EWBC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,981,450.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medpace Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEDP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,976,697.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toll Brothers Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,955,047.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mueller Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,782,370.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Times Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,768,376.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evercore Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,639,000.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manhattan Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,603,884.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bj's Wholesale Club Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,595,963.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelixis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,588,834.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Donaldson Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,575,368.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Topbuild Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,317</x:t>
-[...107 lines deleted...]
-    <x:t>$2,628,258.34</x:t>
+    <x:t>4,639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,564,279.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Align Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,508,040.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sterling Infrastructure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STRL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,496,687.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.96%</x:t>
   </x:si>
   <x:si>
-    <x:t>Sterling Infrastructure Inc</x:t>
-[...23 lines deleted...]
-    <x:t>$2,541,665.82</x:t>
+    <x:t>Caci International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CACI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,476,884.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globe Life Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,413,253.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.93%</x:t>
   </x:si>
   <x:si>
-    <x:t>Exelixis Inc</x:t>
-[...8 lines deleted...]
-    <x:t>$2,523,591.99</x:t>
+    <x:t>Imi Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,409,292.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interdigital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,402,691.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaztransport Et Technigaz Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTT FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,400,051.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unum Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,358,598.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generac Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,340,644.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Drainage Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WMS US</x:t>
   </x:si>
   <x:si>
-    <x:t>10,411</x:t>
-[...32 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>11,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,333,251.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toro Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,315,297.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Industrial Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,306,056.23</x:t>
   </x:si>
   <x:si>
     <x:t>Lattice Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>LSCC US</x:t>
   </x:si>
   <x:si>
-    <x:t>17,461</x:t>
-[...20 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>18,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,289,686.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allison Transmission Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,234,767.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Roadhouse Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXRH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,209,156.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sei Investments Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEIC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,207,308.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stifel Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,167,439.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weir Group Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEIR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,140,244.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Games Workshop Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,136,547.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurant Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,132,059.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPLM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,127,306.51</x:t>
   </x:si>
   <x:si>
     <x:t>Borgwarner Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BWA US</x:t>
   </x:si>
   <x:si>
-    <x:t>26,495</x:t>
-[...98 lines deleted...]
-    <x:t>$2,212,290.53</x:t>
+    <x:t>28,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,105,127.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.81%</x:t>
   </x:si>
   <x:si>
-    <x:t>Stifel Financial Corp</x:t>
-[...8 lines deleted...]
-    <x:t>$2,167,510.60</x:t>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,098,527.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encompass Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,095,622.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinsale Capital Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,071,595.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
-    <x:t>Toro Co/The</x:t>
-[...8 lines deleted...]
-    <x:t>$2,148,357.74</x:t>
+    <x:t>A O Smith Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,040,703.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>Texas Roadhouse Inc</x:t>
-[...17 lines deleted...]
-    <x:t>$2,132,441.98</x:t>
+    <x:t>Crane Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,034,895.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.78%</x:t>
   </x:si>
   <x:si>
-    <x:t>Caci International Inc</x:t>
-[...20 lines deleted...]
-    <x:t>$2,119,223.81</x:t>
+    <x:t>Factset Research Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,020,637.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primerica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,982,088.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Rambus Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RMBS US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,656</x:t>
-[...17 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>15,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,981,032.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tetra Tech Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTEK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,962,814.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Houlihan Lokey Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,073</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,957,269.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saia Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,951,989.21</x:t>
   </x:si>
   <x:si>
     <x:t>Modine Manufacturing Co</x:t>
   </x:si>
   <x:si>
     <x:t>MOD US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,757</x:t>
-[...14 lines deleted...]
-    <x:t>$2,066,620.87</x:t>
+    <x:t>7,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,941,163.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,933,770.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Republic International Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,931,658.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globus Medical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,912,648.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watts Water Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,888,621.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Armstrong World Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AWI US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,240</x:t>
-[...17 lines deleted...]
-    <x:t>$2,033,980.08</x:t>
+    <x:t>7,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,868,291.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flowserve Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,849,544.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acuity Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,845,320.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sprouts Farmers Market Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,843,472.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autoliv Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,835,022.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accelleron Industries Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,818,653.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptargroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,799,114.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valmont Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,798,058.50</x:t>
   </x:si>
   <x:si>
     <x:t>Owens Corning</x:t>
   </x:si>
   <x:si>
     <x:t>OC US</x:t>
   </x:si>
   <x:si>
-    <x:t>10,612</x:t>
-[...149 lines deleted...]
-    <x:t>$1,904,765.69</x:t>
+    <x:t>11,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,786,441.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molina Healthcare Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,785,913.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Popular Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPOP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,772,183.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOG/A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,767,166.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epam Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,715,680.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simpson Manufacturing Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,703,535.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-Techne Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,688,221.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Pool Corp</x:t>
   </x:si>
   <x:si>
     <x:t>POOL US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,063</x:t>
-[...110 lines deleted...]
-    <x:t>$1,804,415.48</x:t>
+    <x:t>5,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,659,441.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finning International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,650,200.53</x:t>
   </x:si>
   <x:si>
     <x:t>Cognex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CGNX US</x:t>
   </x:si>
   <x:si>
-    <x:t>21,620</x:t>
-[...92 lines deleted...]
-    <x:t>$1,697,591.06</x:t>
+    <x:t>23,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,640,167.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Installed Building Products Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,619,572.81</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>Installed Building Products Inc</x:t>
-[...8 lines deleted...]
-    <x:t>$1,680,326.51</x:t>
+    <x:t>Konecranes Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCR FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,612,179.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skyworks Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWKS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,595,809.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,584,720.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Fuel Gas Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,581,552.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingredion Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,570,990.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kokusai Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6525 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,544,587.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cirrus Logic Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRUS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,527,953.68</x:t>
   </x:si>
   <x:si>
     <x:t>Eagle Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EXP US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,034</x:t>
-[...29 lines deleted...]
-    <x:t>$1,667,108.34</x:t>
+    <x:t>5,409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,519,504.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niterra Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5334 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,504,454.82</x:t>
   </x:si>
   <x:si>
     <x:t>Chemed Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CHE US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,396</x:t>
-[...17 lines deleted...]
-    <x:t>$1,562,981.51</x:t>
+    <x:t>2,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,499,174.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal Signal Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,496,797.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genpact Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,493,629.51</x:t>
   </x:si>
   <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
-    <x:t>Finning International Inc</x:t>
-[...20 lines deleted...]
-    <x:t>$1,542,749.61</x:t>
+    <x:t>Argan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,488,876.93</x:t>
   </x:si>
   <x:si>
     <x:t>Agco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AGCO US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,735</x:t>
-[...44 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>8,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,469,602.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ig Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,468,018.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyo Suisan Kaisha Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2875 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,409,139.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viper Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,408,083.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zurn Elkay Water Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZWS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,388,280.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Msa Safety Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,377,719.42</x:t>
   </x:si>
   <x:si>
     <x:t>Yaskawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6506 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>29,832</x:t>
-[...17 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>32,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,374,287.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esco Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,361,613.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swissquote Group Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SQN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,344,979.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Howden Joinery Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HWDN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,342,867.19</x:t>
   </x:si>
   <x:si>
     <x:t>Sanmina-Sci Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SANM US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,071</x:t>
-[...41 lines deleted...]
-    <x:t>$1,398,698.50</x:t>
+    <x:t>7,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,334,154.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
-    <x:t>Ig Group Holdings Plc</x:t>
-[...20 lines deleted...]
-    <x:t>$1,385,750.09</x:t>
+    <x:t>Rightmove Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,332,305.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Everus Construction Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,313,559.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mgic Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,304,318.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ollie's Bargain Outlet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,302,734.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avanza Bank Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,297,717.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,289,796.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janus Henderson Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,286,628.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aaon Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,277,915.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerce Bancshares Inc/Mo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,272,898.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ringkjoebing Landbobank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RILBA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,270,522.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andritz Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANDR AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand Canyon Education Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taylor Morrison Home Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,237,254.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paylocity Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCTY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,224,844.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essent Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,222,204.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newmarket Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,215,603.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enersys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,215,075.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exlservice Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,212,435.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temenos Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,211,907.27</x:t>
   </x:si>
   <x:si>
     <x:t>Esab Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ESAB US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,265</x:t>
-[...146 lines deleted...]
-    <x:t>$1,265,437.74</x:t>
+    <x:t>7,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,201,081.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
-    <x:t>Esco Technologies Inc</x:t>
-[...68 lines deleted...]
-    <x:t>$1,233,875.98</x:t>
+    <x:t>Nordnet Ab Publ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAVE SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,196,593.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galenica Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALE SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,189,200.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fti Consulting Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,188,672.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baycurrent Consulting Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6532 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,186,296.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ul Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,176,526.97</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
-    <x:t>Galenica Ag</x:t>
-[...8 lines deleted...]
-    <x:t>$1,211,755.77</x:t>
+    <x:t>Piper Sandler Cos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIPR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,154,084.24</x:t>
   </x:si>
   <x:si>
     <x:t>0.44%</x:t>
   </x:si>
   <x:si>
-    <x:t>Mgic Investment Corp</x:t>
-[...20 lines deleted...]
-    <x:t>$1,207,439.63</x:t>
+    <x:t>Technip Energies Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,144,843.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rli Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,144,579.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azimut Holding Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZM IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,136,922.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,121,608.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vontier Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,116,855.72</x:t>
   </x:si>
   <x:si>
     <x:t>Hamilton Lane Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HLNE US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,778</x:t>
-[...53 lines deleted...]
-    <x:t>$1,158,343.56</x:t>
+    <x:t>7,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,108,142.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aak Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAK SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,079,363.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanwa Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5929 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,075,138.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Badger Meter Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,056,920.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ralliant Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,048,471.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortune Brands Innovations Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,046,095.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morningstar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,028,140.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QLYS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,000,681.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Display Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OLED US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,546</x:t>
-[...158 lines deleted...]
-    <x:t>$1,036,142.90</x:t>
+    <x:t>7,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$974,278.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
+    <x:t>Pegasystems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEGA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$874,210.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corcept Therapeutics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$788,399.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hims &amp; Hers Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$673,545.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Zealand Pharma A/S</x:t>
   </x:si>
   <x:si>
     <x:t>ZEAL DC</x:t>
   </x:si>
   <x:si>
-    <x:t>11,833</x:t>
-[...176 lines deleted...]
-    <x:t>$643,104.58</x:t>
+    <x:t>12,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$660,872.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doximity Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOCS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$629,980.56</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
-    <x:t>Doximity Inc</x:t>
-[...17 lines deleted...]
-    <x:t>OMC US</x:t>
+    <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...11 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>$-4,050,949.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.56%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2110,62 +2053,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f15d912b6445e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R847ab776bbe24a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4498af26b0954333" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeec717d5cf04bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfa40b72a62e144a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R369d5e57a569438b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F154"/>
+  <x:dimension ref="A1:F150"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="46" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
-    <x:col min="5" max="5" width="20" customWidth="1"/>
+    <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:6" ht="15" customHeight="1">
       <x:c r="A2" s="2" t="s">
@@ -2382,1351 +2325,1351 @@
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
@@ -3742,231 +3685,231 @@
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="D84" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="E84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
         <x:v>392</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
@@ -3982,1071 +3925,1071 @@
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="D94" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="D95" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="D96" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="D97" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
         <x:v>435</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="D100" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="E103" s="1" t="s">
+      <x:c r="F103" s="1" t="s">
         <x:v>461</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="E105" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
+      <x:c r="D108" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
+      <x:c r="E108" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="E108" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
+      <x:c r="D109" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
+      <x:c r="E109" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="E109" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="E110" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="C111" s="1" t="s">
+      <x:c r="E111" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
+      <x:c r="F111" s="1" t="s">
         <x:v>495</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
+      <x:c r="D112" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="E112" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="D113" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="E113" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="D114" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
         <x:v>519</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="F128" s="1" t="s">
         <x:v>565</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="D129" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="C129" s="1" t="s">
+      <x:c r="F129" s="1" t="s">
         <x:v>570</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
+      <x:c r="E130" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="E137" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="F137" s="1" t="s">
         <x:v>605</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="C138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="C139" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="D139" s="1" t="s">
+      <x:c r="F139" s="1" t="s">
         <x:v>614</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="C140" s="1" t="s">
+      <x:c r="D140" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="D140" s="1" t="s">
+      <x:c r="E140" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="E140" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
+      <x:c r="D141" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
+      <x:c r="E141" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="E141" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
+      <x:c r="E142" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
+      <x:c r="F142" s="1" t="s">
         <x:v>627</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
+      <x:c r="D143" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="E143" s="1" t="s">
+      <x:c r="F143" s="1" t="s">
         <x:v>632</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="C144" s="1" t="s">
+      <x:c r="D144" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="D144" s="1" t="s">
+      <x:c r="E144" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="E144" s="1" t="s">
+      <x:c r="F144" s="1" t="s">
         <x:v>637</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
@@ -5096,142 +5039,62 @@
       </x:c>
       <x:c r="C148" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="E149" s="1" t="s">
+      <x:c r="F149" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="F149" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A150" s="1">
-[...79 lines deleted...]
-      <x:c r="A154" s="2" t="s">
+      <x:c r="A150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B154" s="2" t="s">
+      <x:c r="B150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C154" s="2" t="s">
+      <x:c r="C150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D154" s="2" t="s">
+      <x:c r="D150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E154" s="2" t="s">
+      <x:c r="E150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F154" s="2" t="s">
+      <x:c r="F150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A154:F154"/>
+    <x:mergeCell ref="A150:F150"/>
   </x:mergeCells>
 </x:worksheet>
 </file>