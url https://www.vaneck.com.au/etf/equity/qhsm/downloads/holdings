--- v2 (2026-03-10)
+++ v3 (2026-03-31)
@@ -1,2034 +1,2058 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e63e5fdade49b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e88f9fda4ec47b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QHSM_asat_20260309" sheetId="1" r:id="R369d5e57a569438b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QHSM_asat_20260330" sheetId="1" r:id="Rd9d168f032984aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="754" uniqueCount="662">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 09/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="759" uniqueCount="670">
+  <x:si>
+    <x:t>All Fund Holdings as at 30/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Fabrinet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,594,283.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>12,947</x:t>
-[...5 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>12,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,409,438.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Woodward Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WWD US</x:t>
   </x:si>
   <x:si>
-    <x:t>8,555</x:t>
-[...2 lines deleted...]
-    <x:t>$4,566,434.91</x:t>
+    <x:t>8,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,307,394.42</x:t>
   </x:si>
   <x:si>
     <x:t>1.76%</x:t>
   </x:si>
   <x:si>
-    <x:t>Fabrinet</x:t>
-[...8 lines deleted...]
-    <x:t>$4,055,796.86</x:t>
+    <x:t>Bwx Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,995,183.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carpenter Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,825,024.99</x:t>
   </x:si>
   <x:si>
     <x:t>1.56%</x:t>
   </x:si>
   <x:si>
-    <x:t>Carpenter Technology Corp</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Lincoln Electric Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LECO US</x:t>
   </x:si>
   <x:si>
-    <x:t>9,495</x:t>
-[...5 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>9,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,375,826.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itt Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,243,143.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Qxo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QXO US</x:t>
   </x:si>
   <x:si>
-    <x:t>107,774</x:t>
-[...20 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>106,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,929,666.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>East West Bancorp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EWBC US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,644</x:t>
-[...5 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>19,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,927,893.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Medpace Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MEDP US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,431</x:t>
-[...2 lines deleted...]
-    <x:t>$2,976,697.73</x:t>
+    <x:t>4,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,866,363.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Times Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,861,552.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bj's Wholesale Club Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,682,784.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sterling Infrastructure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STRL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,666,831.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mueller Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,644,042.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Toll Brothers Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TOL US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,017</x:t>
-[...32 lines deleted...]
-    <x:t>$2,768,376.41</x:t>
+    <x:t>13,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,635,180.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelixis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,598,971.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Evercore Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EVR US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,396</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>6,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,558,963.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Donaldson Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,444,764.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lattice Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,431,597.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Align Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,408,808.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaztransport Et Technigaz Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTT FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,403,237.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPLM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,352,848.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unum Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,348,797.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Topbuild Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,317,905.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globe Life Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,303,219.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caci International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CACI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,276,378.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Industrial Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,254,602.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generac Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,239,916.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modine Manufacturing Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,227,255.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imi Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,217,380.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Games Workshop Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,214,341.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Borgwarner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,213,835.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allison Transmission Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,196,869.91</x:t>
   </x:si>
   <x:si>
     <x:t>Manhattan Associates Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MANH US</x:t>
   </x:si>
   <x:si>
-    <x:t>11,965</x:t>
-[...128 lines deleted...]
-    <x:t>$2,409,292.78</x:t>
+    <x:t>11,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,185,475.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toro Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,157,622.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Drainage Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,128,249.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stifel Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,110,777.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Roadhouse Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXRH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,071,783.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sei Investments Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEIC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,061,148.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurant Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,048,740.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,045,702.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Interdigital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IDCC US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,714</x:t>
-[...158 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>4,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,035,826.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rambus Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMBS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,025,951.60</x:t>
   </x:si>
   <x:si>
     <x:t>Weir Group Plc/The</x:t>
   </x:si>
   <x:si>
     <x:t>WEIR LN</x:t>
   </x:si>
   <x:si>
-    <x:t>37,308</x:t>
-[...56 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>36,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,957,837.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encompass Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,920,108.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primerica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,904,916.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accelleron Industries Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,868,706.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A O Smith Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,859,337.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globus Medical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,847,690.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinsale Capital Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,830,218.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Republic International Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,828,446.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saia Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,821,609.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acuity Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,814,772.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Armstrong World Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AWI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,808,695.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Houlihan Lokey Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,808,189.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sprouts Farmers Market Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,785,653.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Factset Research Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,781,854.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watts Water Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,778,309.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Popular Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPOP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,769,447.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flowserve Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,758,306.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crane Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,756,027.29</x:t>
   </x:si>
   <x:si>
     <x:t>Dundee Precious Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DPM CN</x:t>
   </x:si>
   <x:si>
-    <x:t>36,531</x:t>
-[...98 lines deleted...]
-    <x:t>$1,981,032.74</x:t>
+    <x:t>36,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,716,019.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Owens Corning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,709,183.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autoliv Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,702,346.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cirrus Logic Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRUS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,687,913.19</x:t>
   </x:si>
   <x:si>
     <x:t>Tetra Tech Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TTEK US</x:t>
   </x:si>
   <x:si>
-    <x:t>39,431</x:t>
-[...41 lines deleted...]
-    <x:t>$1,941,163.89</x:t>
+    <x:t>38,944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,683,608.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valmont Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,669,428.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptargroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,668,922.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molina Healthcare Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,663,858.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Fuel Gas Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,628,661.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOG/A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,615,747.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-Techne Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,603,087.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epam Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,597,009.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGNX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,585,108.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finning International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,584,602.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skyworks Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWKS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,568,650.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pool Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POOL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,550,418.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simpson Manufacturing Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,548,646.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingredion Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,540,290.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ig Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,534,972.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viper Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,534,466.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niterra Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5334 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,531,427.98</x:t>
   </x:si>
   <x:si>
     <x:t>Oceanagold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OGC CN</x:t>
   </x:si>
   <x:si>
-    <x:t>35,420</x:t>
-[...287 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>34,983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,496,991.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal Signal Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,471,416.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konecranes Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCR FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,462,554.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esco Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,433,434.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanmina-Sci Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,426,091.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eagle Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,413,937.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Everus Construction Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,403,808.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,403,555.77</x:t>
   </x:si>
   <x:si>
     <x:t>Installed Building Products Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IBP US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,709</x:t>
-[...71 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>3,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,394,946.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemed Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,360,762.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,352,660.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enersys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,347,849.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genpact Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,315,944.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Kokusai Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6525 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>27,348</x:t>
-[...119 lines deleted...]
-    <x:t>$1,468,018.39</x:t>
+    <x:t>27,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,315,691.11</x:t>
   </x:si>
   <x:si>
     <x:t>Toyo Suisan Kaisha Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2875 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>13,262</x:t>
-[...17 lines deleted...]
-    <x:t>$1,408,083.11</x:t>
+    <x:t>13,099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,309,107.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Zurn Elkay Water Solutions Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ZWS US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,521</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>20,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,305,309.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janus Henderson Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,292,648.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avanza Bank Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,289,357.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand Canyon Education Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,276,443.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mgic Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,270,366.10</x:t>
   </x:si>
   <x:si>
     <x:t>Msa Safety Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MSA US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,261</x:t>
-[...2 lines deleted...]
-    <x:t>$1,377,719.42</x:t>
+    <x:t>5,196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,246,564.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Yaskawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6506 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>32,055</x:t>
-[...17 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>31,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,240,740.27</x:t>
   </x:si>
   <x:si>
     <x:t>Swissquote Group Holding Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SQN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>1,782</x:t>
-[...2 lines deleted...]
-    <x:t>$1,344,979.44</x:t>
+    <x:t>1,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,228,586.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ul Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,223,015.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerce Bancshares Inc/Mo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,220,230.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,214,912.61</x:t>
   </x:si>
   <x:si>
     <x:t>Howden Joinery Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HWDN LN</x:t>
   </x:si>
   <x:si>
-    <x:t>81,496</x:t>
-[...17 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>80,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,210,608.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ringkjoebing Landbobank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RILBA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,208,329.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fti Consulting Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,207,569.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essent Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,198,960.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newmarket Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,194,149.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordnet Ab Publ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAVE SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,187,312.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aaon Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,183,767.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technip Energies Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,181,488.59</x:t>
   </x:si>
   <x:si>
     <x:t>Rightmove Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RMV LN</x:t>
   </x:si>
   <x:si>
-    <x:t>149,912</x:t>
-[...29 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>148,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,180,222.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andritz Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANDR AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,163,257.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taylor Morrison Home Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,163,004.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piper Sandler Cos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIPR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,151,103.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baycurrent Consulting Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6532 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,121,730.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exlservice Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,117,679.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azimut Holding Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZM IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,113,627.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,108,310.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galenica Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALE SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,107,550.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temenos Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,094,130.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paylocity Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCTY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,079,444.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Ollie's Bargain Outlet Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OLLI US</x:t>
   </x:si>
   <x:si>
-    <x:t>8,378</x:t>
-[...185 lines deleted...]
-    <x:t>$1,211,907.27</x:t>
+    <x:t>8,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,072,100.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rli Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,049,311.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Badger Meter Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,039,942.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aak Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAK SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,035,131.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vontier Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,026,775.87</x:t>
   </x:si>
   <x:si>
     <x:t>Esab Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ESAB US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,806</x:t>
-[...146 lines deleted...]
-    <x:t>$1,116,855.72</x:t>
+    <x:t>7,710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,025,003.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanwa Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5929 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,179.50</x:t>
   </x:si>
   <x:si>
     <x:t>Hamilton Lane Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HLNE US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,284</x:t>
-[...44 lines deleted...]
-    <x:t>$1,056,920.44</x:t>
+    <x:t>7,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$989,553.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Ralliant Corp</x:t>
   </x:si>
   <x:si>
     <x:t>RAL US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,453</x:t>
-[...5 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>16,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$941,443.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Display Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$926,503.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corcept Therapeutics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$879,153.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Fortune Brands Innovations Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FBIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,042</x:t>
-[...2 lines deleted...]
-    <x:t>$1,046,095.12</x:t>
+    <x:t>15,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$877,887.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QLYS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$872,316.37</x:t>
   </x:si>
   <x:si>
     <x:t>Morningstar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MORN US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,788</x:t>
-[...32 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>3,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$851,552.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hims &amp; Hers Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$832,815.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zealand Pharma A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZEAL DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$809,519.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Pegasystems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PEGA US</x:t>
   </x:si>
   <x:si>
-    <x:t>12,963</x:t>
-[...50 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>12,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$749,255.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Doximity Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DOCS US</x:t>
   </x:si>
   <x:si>
-    <x:t>17,415</x:t>
-[...2 lines deleted...]
-    <x:t>$629,980.56</x:t>
+    <x:t>17,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$591,503.93</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>724078100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,278.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-4,050,949.94</x:t>
-[...2 lines deleted...]
-    <x:t>-1.56%</x:t>
+    <x:t>$-7,934,178.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.24%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2053,60 +2077,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeec717d5cf04bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfa40b72a62e144a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R369d5e57a569438b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e7cc64d34924fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R367ab73877e24c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd9d168f032984aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F150"/>
+  <x:dimension ref="A1:F151"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="46" customWidth="1"/>
-    <x:col min="3" max="3" width="14" customWidth="1"/>
+    <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -2325,71 +2349,71 @@
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
@@ -2425,2676 +2449,2696 @@
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="D82" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="E83" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="D84" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="E84" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="D90" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="D92" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
         <x:v>440</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
         <x:v>466</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
         <x:v>475</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
         <x:v>501</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
         <x:v>522</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
         <x:v>539</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
         <x:v>552</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="F128" s="1" t="s">
         <x:v>561</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s">
         <x:v>578</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
         <x:v>618</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A150" s="2" t="s">
+      <x:c r="A150" s="1">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="B150" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="D150" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A151" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B150" s="2" t="s">
+      <x:c r="B151" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C150" s="2" t="s">
+      <x:c r="C151" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D150" s="2" t="s">
+      <x:c r="D151" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E150" s="2" t="s">
+      <x:c r="E151" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F150" s="2" t="s">
+      <x:c r="F151" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A150:F150"/>
+    <x:mergeCell ref="A151:F151"/>
   </x:mergeCells>
 </x:worksheet>
 </file>