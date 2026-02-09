--- v0 (2026-01-19)
+++ v1 (2026-02-09)
@@ -1,2079 +1,2100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R983cabe2496a403e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc86460250fa4acd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QSML_asat_20260119" sheetId="1" r:id="Ra7db27e748c74ee1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QSML_asat_20260206" sheetId="1" r:id="R1087734612ff47b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="677">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 19/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="684">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Curtiss-Wright Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CW US</x:t>
   </x:si>
   <x:si>
-    <x:t>31,006</x:t>
-[...5 lines deleted...]
-    <x:t>1.83%</x:t>
+    <x:t>31,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,847,543.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>71,699</x:t>
-[...5 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>71,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,304,152.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Casey's General Stores Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CASY US</x:t>
   </x:si>
   <x:si>
-    <x:t>28,066</x:t>
-[...5 lines deleted...]
-    <x:t>1.60%</x:t>
+    <x:t>28,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,578,430.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodward Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WWD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,374,082.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fabrinet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,217,417.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lincoln Electric Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LECO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,517,629.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Bwx Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BWXT US</x:t>
   </x:si>
   <x:si>
-    <x:t>76,173</x:t>
-[...35 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>76,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,522,738.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carpenter Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,506,397.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itt Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,105,642.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qxo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QXO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>599,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,678,909.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>East West Bancorp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EWBC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,094,018.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Medpace Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MEDP US</x:t>
   </x:si>
   <x:si>
-    <x:t>24,539</x:t>
-[...35 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>24,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,059,011.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Topbuild Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,048,488.97</x:t>
   </x:si>
   <x:si>
     <x:t>Evercore Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EVR US</x:t>
   </x:si>
   <x:si>
-    <x:t>35,420</x:t>
-[...47 lines deleted...]
-    <x:t>$18,763,146.28</x:t>
+    <x:t>35,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,155,823.39</x:t>
   </x:si>
   <x:si>
     <x:t>1.12%</x:t>
   </x:si>
   <x:si>
+    <x:t>Donaldson Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,590,607.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toll Brothers Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,049,267.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mueller Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MLI US</x:t>
   </x:si>
   <x:si>
-    <x:t>94,166</x:t>
-[...17 lines deleted...]
-    <x:t>$18,646,228.08</x:t>
+    <x:t>94,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,902,729.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tower Semiconductor Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSEM IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,746,083.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Drainage Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,568,305.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelixis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,205,131.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Align Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,031,560.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bj's Wholesale Club Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,966,355.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stifel Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,340,348.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sterling Infrastructure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STRL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,094,547.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Industrial Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,965,128.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interdigital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,879,285.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caci International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CACI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,823,890.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globe Life Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,822,939.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imi Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>249,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,793,221.15</x:t>
   </x:si>
   <x:si>
     <x:t>Manhattan Associates Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MANH US</x:t>
   </x:si>
   <x:si>
-    <x:t>66,262</x:t>
-[...62 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>66,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,773,832.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weir Group Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEIR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,711,077.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Roadhouse Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXRH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,670,305.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rambus Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMBS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,383,639.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unum Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,295,334.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Times Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,029,311.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurant Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,936,249.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tetra Tech Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTEK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,919,086.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lattice Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,864,994.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinsale Capital Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,816,915.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sei Investments Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEIC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,722,159.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toro Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,704,961.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A O Smith Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,617,072.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saia Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,529,914.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Houlihan Lokey Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,452,427.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modine Manufacturing Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,428,414.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPLM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,346,874.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allison Transmission Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,283,530.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Owens Corning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,281,403.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Armstrong World Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AWI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,237,936.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acuity Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,231,020.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epam Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,204,738.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaztransport Et Technigaz Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTT FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,146,484.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Games Workshop Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,996,970.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primerica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,812,424.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Borgwarner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,799,140.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generac Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,704,374.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-Techne Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,628,573.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crane Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,612,727.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autoliv Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,558,531.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flowserve Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,526,029.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pool Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POOL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,491,242.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encompass Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,478,957.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valmont Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,163,743.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Popular Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPOP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,994,468.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watts Water Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,946,376.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accelleron Industries Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,933,816.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203,105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,833,724.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Republic International Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,723,737.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globus Medical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,718,546.46</x:t>
   </x:si>
   <x:si>
     <x:t>Factset Research Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FDS US</x:t>
   </x:si>
   <x:si>
-    <x:t>34,702</x:t>
-[...161 lines deleted...]
-    <x:t>$14,062,394.76</x:t>
+    <x:t>34,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,308,743.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptargroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,168,952.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOG/A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,053,368.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skyworks Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWKS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,049,713.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simpson Manufacturing Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,889,659.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eagle Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,693,514.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Installed Building Products Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,680,053.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,564,397.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cirrus Logic Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRUS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,301,434.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finning International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,299,326.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemed Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,148,426.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingredion Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,133,947.68</x:t>
   </x:si>
   <x:si>
     <x:t>Molina Healthcare Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MOH US</x:t>
   </x:si>
   <x:si>
-    <x:t>47,952</x:t>
-[...368 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>48,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,050,356.03</x:t>
   </x:si>
   <x:si>
     <x:t>Sanmina-Sci Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SANM US</x:t>
   </x:si>
   <x:si>
-    <x:t>42,077</x:t>
-[...86 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>42,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,031,225.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konecranes Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCR FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,980,724.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal Signal Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,927,027.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,742,448.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Sprouts Farmers Market Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SFM US</x:t>
   </x:si>
   <x:si>
-    <x:t>89,108</x:t>
-[...110 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>89,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,595,513.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zurn Elkay Water Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZWS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,594,103.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yaskawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>178,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,453,562.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kokusai Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6525 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,352,887.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ig Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,315,179.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esab Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,303,006.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Fuel Gas Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,113,536.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Msa Safety Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,063,690.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genpact Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>139,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,041,105.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piper Sandler Cos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIPR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,963,677.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyo Suisan Kaisha Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2875 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,944,186.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortune Brands Innovations Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,872,555.78</x:t>
   </x:si>
   <x:si>
     <x:t>Icg Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ICG LN</x:t>
   </x:si>
   <x:si>
-    <x:t>236,315</x:t>
-[...29 lines deleted...]
-    <x:t>$9,548,359.48</x:t>
+    <x:t>237,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,836,817.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGNX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,811,161.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ringkjoebing Landbobank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RILBA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,769,623.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aaon Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,754,449.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerce Bancshares Inc/Mo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,751,366.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avanza Bank Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>139,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,742,470.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swissquote Group Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SQN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,739,294.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,683,596.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newmarket Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,626,959.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hamilton Lane Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLNE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,612,932.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viper Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,611,971.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Howden Joinery Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HWDN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>453,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,506,081.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essent Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,502,657.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enersys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,497,646.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andritz Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANDR AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,483,957.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ollie's Bargain Outlet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,479,768.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mgic Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,466,213.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niterra Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5334 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,400,691.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taylor Morrison Home Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,317,946.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rightmove Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>833,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,252,701.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand Canyon Education Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,197,445.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esco Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,190,401.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordnet Ab Publ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAVE SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,100,877.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galenica Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALE SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,091,969.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azimut Holding Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZM IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,080,843.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,035,266.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fti Consulting Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,020,061.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vontier Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,814,773.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>197,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,811,227.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Display Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,759,964.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janus Henderson Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,714,323.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Baycurrent Consulting Inc</x:t>
   </x:si>
   <x:si>
     <x:t>6532 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>152,180</x:t>
-[...41 lines deleted...]
-    <x:t>$9,420,257.52</x:t>
+    <x:t>152,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,703,473.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paylocity Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCTY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,680,773.18</x:t>
   </x:si>
   <x:si>
     <x:t>Exlservice Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EXLS US</x:t>
   </x:si>
   <x:si>
-    <x:t>144,680</x:t>
-[...293 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>145,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,571,737.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aak Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAK SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163,303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,567,926.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zealand Pharma A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZEAL DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,504,324.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Everus Construction Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,443,648.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rli Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,364,387.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technip Energies Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,325,849.20</x:t>
   </x:si>
   <x:si>
     <x:t>Qualys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QLYS US</x:t>
   </x:si>
   <x:si>
-    <x:t>39,342</x:t>
-[...50 lines deleted...]
-    <x:t>$7,864,396.04</x:t>
+    <x:t>39,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,246,168.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temenos Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,092,113.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Badger Meter Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,969,337.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanwa Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5929 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,866,112.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ul Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,767,257.41</x:t>
   </x:si>
   <x:si>
     <x:t>Hims &amp; Hers Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HIMS US</x:t>
   </x:si>
   <x:si>
-    <x:t>166,006</x:t>
-[...158 lines deleted...]
-    <x:t>$7,302,556.62</x:t>
+    <x:t>166,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,475,746.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corcept Therapeutics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,283,453.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Ralliant Corp</x:t>
   </x:si>
   <x:si>
     <x:t>RAL US</x:t>
   </x:si>
   <x:si>
-    <x:t>91,102</x:t>
-[...143 lines deleted...]
-    <x:t>$6,756,573.15</x:t>
+    <x:t>91,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,158,892.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Morningstar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MORN US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,975</x:t>
-[...92 lines deleted...]
-    <x:t>$6,320,634.92</x:t>
+    <x:t>21,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,973,191.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pegasystems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEGA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,127,151.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Doximity Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DOCS US</x:t>
   </x:si>
   <x:si>
-    <x:t>96,456</x:t>
-[...35 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>96,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,832,609.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Omnicom Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OMC US</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$119.44</x:t>
+    <x:t>$99.72</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$984,570.57</x:t>
-[...2 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>$680,053.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2098,51 +2119,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73f169840b624d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re3ae2fd48f7046f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7db27e748c74ee1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c18316af3fc4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R90b1a62c046a49f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1087734612ff47b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F154"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="46" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -2430,2791 +2451,2791 @@
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="D73" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
         <x:v>421</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>434</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
         <x:v>460</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
         <x:v>489</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="F128" s="1" t="s">
         <x:v>565</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="F130" s="1" t="s">
         <x:v>574</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="E133" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="F133" s="1" t="s">
         <x:v>587</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
         <x:v>617</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
         <x:v>626</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>