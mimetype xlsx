--- v1 (2026-02-09)
+++ v2 (2026-03-01)
@@ -1,2100 +1,2085 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc86460250fa4acd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea1556c401b74037" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QSML_asat_20260206" sheetId="1" r:id="R1087734612ff47b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QSML_asat_20260227" sheetId="1" r:id="Ra89acbb1182e419b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="684">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 06/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="679">
+  <x:si>
+    <x:t>All Fund Holdings as at 27/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Curtiss-Wright Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CW US</x:t>
   </x:si>
   <x:si>
-    <x:t>31,128</x:t>
-[...5 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>31,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,771,665.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>71,982</x:t>
-[...5 lines deleted...]
-    <x:t>1.68%</x:t>
+    <x:t>72,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,459,817.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Casey's General Stores Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CASY US</x:t>
   </x:si>
   <x:si>
-    <x:t>28,177</x:t>
-[...5 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>28,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,268,706.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Woodward Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WWD US</x:t>
   </x:si>
   <x:si>
-    <x:t>47,565</x:t>
-[...2 lines deleted...]
-    <x:t>$26,374,082.41</x:t>
+    <x:t>47,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,966,342.85</x:t>
   </x:si>
   <x:si>
     <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Fabrinet</x:t>
   </x:si>
   <x:si>
     <x:t>FN US</x:t>
   </x:si>
   <x:si>
-    <x:t>32,277</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>32,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,858,640.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bwx Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,234,504.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carpenter Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,111,270.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Lincoln Electric Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LECO US</x:t>
   </x:si>
   <x:si>
-    <x:t>52,787</x:t>
-[...17 lines deleted...]
-    <x:t>$21,522,738.46</x:t>
+    <x:t>53,099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,387,867.90</x:t>
   </x:si>
   <x:si>
     <x:t>1.33%</x:t>
   </x:si>
   <x:si>
-    <x:t>Carpenter Technology Corp</x:t>
-[...8 lines deleted...]
-    <x:t>$20,506,397.53</x:t>
+    <x:t>Qxo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QXO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>602,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,256,959.61</x:t>
   </x:si>
   <x:si>
     <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Itt Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ITT US</x:t>
   </x:si>
   <x:si>
-    <x:t>68,096</x:t>
-[...17 lines deleted...]
-    <x:t>$19,678,909.51</x:t>
+    <x:t>68,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,455,099.47</x:t>
   </x:si>
   <x:si>
     <x:t>1.21%</x:t>
   </x:si>
   <x:si>
+    <x:t>Toll Brothers Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,296,726.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
     <x:t>East West Bancorp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EWBC US</x:t>
   </x:si>
   <x:si>
-    <x:t>109,210</x:t>
-[...5 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>109,855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,871,713.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Topbuild Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,318,455.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mueller Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,740,906.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Medpace Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MEDP US</x:t>
   </x:si>
   <x:si>
-    <x:t>24,636</x:t>
-[...17 lines deleted...]
-    <x:t>$19,048,488.97</x:t>
+    <x:t>24,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,709,060.13</x:t>
   </x:si>
   <x:si>
     <x:t>Evercore Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EVR US</x:t>
   </x:si>
   <x:si>
-    <x:t>35,560</x:t>
-[...5 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>35,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,502,450.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Times Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,095,549.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelixis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,092,300.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Align Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,063,683.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Drainage Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,042,044.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tower Semiconductor Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSEM IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,011,510.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sterling Infrastructure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STRL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,871,153.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Donaldson Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DCI US</x:t>
   </x:si>
   <x:si>
-    <x:t>113,041</x:t>
-[...95 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>113,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,800,465.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Bj's Wholesale Club Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BJ US</x:t>
   </x:si>
   <x:si>
-    <x:t>104,444</x:t>
-[...5 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>105,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,564,052.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generac Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,214,134.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lattice Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,079,274.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weir Group Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEIR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>208,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,863,392.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imi Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,641,829.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interdigital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,557,980.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globe Life Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,554,131.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caci International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CACI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,485,982.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Industrial Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,377,392.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allison Transmission Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,164,188.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaztransport Et Technigaz Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTT FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,035,336.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modine Manufacturing Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,948,128.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Roadhouse Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXRH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,946,263.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Borgwarner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,862,103.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manhattan Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,716,715.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unum Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,649,800.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toro Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,649,471.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPLM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,649,225.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>204,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,414,627.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Games Workshop Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,323,267.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A O Smith Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,323,044.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rambus Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMBS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,316,638.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sei Investments Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEIC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,115,552.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saia Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,091,444.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurant Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,072,439.31</x:t>
   </x:si>
   <x:si>
     <x:t>Stifel Financial Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SF US</x:t>
   </x:si>
   <x:si>
-    <x:t>76,928</x:t>
-[...179 lines deleted...]
-    <x:t>$12,936,249.63</x:t>
+    <x:t>116,073</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,060,904.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinsale Capital Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,928,224.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,823,214.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flowserve Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,807,011.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crane Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,737,185.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Houlihan Lokey Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,660,954.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encompass Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,620,731.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globus Medical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,523,913.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watts Water Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,148,049.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acuity Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,108,868.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Tetra Tech Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TTEK US</x:t>
   </x:si>
   <x:si>
-    <x:t>219,224</x:t>
-[...134 lines deleted...]
-    <x:t>$12,283,530.66</x:t>
+    <x:t>220,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,090,205.26</x:t>
   </x:si>
   <x:si>
     <x:t>Owens Corning</x:t>
   </x:si>
   <x:si>
     <x:t>OC US</x:t>
   </x:si>
   <x:si>
-    <x:t>63,393</x:t>
-[...2 lines deleted...]
-    <x:t>$12,281,403.05</x:t>
+    <x:t>63,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,922,834.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Republic International Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,884,760.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accelleron Industries Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,870,381.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autoliv Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,770,324.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptargroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,760,753.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primerica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,741,527.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valmont Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,719,757.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Factset Research Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,661,761.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Armstrong World Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AWI US</x:t>
   </x:si>
   <x:si>
-    <x:t>43,251</x:t>
-[...17 lines deleted...]
-    <x:t>$12,231,020.72</x:t>
+    <x:t>43,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,592,103.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molina Healthcare Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,468,004.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOG/A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,347,566.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-Techne Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,160,432.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Popular Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPOP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,082,907.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGNX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,918,407.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simpson Manufacturing Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,744,636.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konecranes Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCR FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,741,643.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pool Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POOL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,700,215.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Installed Building Products Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,539,600.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skyworks Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWKS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,535,640.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finning International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,511,273.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eagle Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,499,367.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sprouts Farmers Market Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,327,944.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanmina-Sci Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,257,646.10</x:t>
   </x:si>
   <x:si>
     <x:t>Epam Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EPAM US</x:t>
   </x:si>
   <x:si>
-    <x:t>45,807</x:t>
-[...356 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>46,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,116,474.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Cirrus Logic Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CRUS US</x:t>
   </x:si>
   <x:si>
-    <x:t>45,644</x:t>
-[...17 lines deleted...]
-    <x:t>$9,299,326.37</x:t>
+    <x:t>45,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,091,955.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,987,478.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,917,986.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,902,329.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kokusai Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6525 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,886,434.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yaskawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,886,008.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingredion Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,833,932.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal Signal Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,807,278.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niterra Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5334 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,787,716.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Fuel Gas Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,516,057.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Howden Joinery Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HWDN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>455,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,341,306.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Chemed Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CHE US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,316</x:t>
-[...98 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>14,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,284,771.62</x:t>
   </x:si>
   <x:si>
     <x:t>Zurn Elkay Water Solutions Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ZWS US</x:t>
   </x:si>
   <x:si>
-    <x:t>114,086</x:t>
-[...29 lines deleted...]
-    <x:t>$8,352,887.45</x:t>
+    <x:t>114,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,209,519.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
+    <x:t>Toyo Suisan Kaisha Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2875 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,196,555.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viper Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,168,677.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Msa Safety Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,068,663.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aaon Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,048,568.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Everus Construction Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,917,055.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ig Group Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>IGG LN</x:t>
   </x:si>
   <x:si>
-    <x:t>316,761</x:t>
-[...2 lines deleted...]
-    <x:t>$8,315,179.35</x:t>
+    <x:t>318,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,820,576.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genpact Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,820,543.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esco Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,791,276.98</x:t>
   </x:si>
   <x:si>
     <x:t>Esab Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ESAB US</x:t>
   </x:si>
   <x:si>
-    <x:t>43,398</x:t>
-[...41 lines deleted...]
-    <x:t>$8,041,105.54</x:t>
+    <x:t>43,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,728,828.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andritz Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANDR AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,691,777.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,559,338.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ringkjoebing Landbobank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RILBA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,531,080.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swissquote Group Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SQN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,489,682.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taylor Morrison Home Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,316,085.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avanza Bank Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,208,587.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janus Henderson Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,174,613.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mgic Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,173,019.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enersys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,153,552.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerce Bancshares Inc/Mo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,085,086.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rightmove Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>838,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,077,096.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ollie's Bargain Outlet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,042,313.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technip Energies Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,994,402.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essent Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,915,345.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortune Brands Innovations Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,840,288.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galenica Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALE SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,815,294.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azimut Holding Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZM IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,780,831.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ul Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,699,334.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordnet Ab Publ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAVE SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,684,526.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand Canyon Education Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,671,273.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temenos Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,579,454.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vontier Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,550,700.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>199,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,535,055.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newmarket Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,523,186.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exlservice Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,407,026.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanwa Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5929 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,399,789.99</x:t>
   </x:si>
   <x:si>
     <x:t>Piper Sandler Cos</x:t>
   </x:si>
   <x:si>
     <x:t>PIPR US</x:t>
   </x:si>
   <x:si>
-    <x:t>15,313</x:t>
-[...143 lines deleted...]
-    <x:t>$7,626,959.71</x:t>
+    <x:t>15,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,387,926.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fti Consulting Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,379,535.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rli Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,355,300.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aak Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAK SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,320,399.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baycurrent Consulting Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6532 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,222,679.38</x:t>
   </x:si>
   <x:si>
     <x:t>Hamilton Lane Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HLNE US</x:t>
   </x:si>
   <x:si>
-    <x:t>40,495</x:t>
-[...245 lines deleted...]
-    <x:t>$6,811,227.13</x:t>
+    <x:t>40,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,998,357.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paylocity Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCTY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,970,102.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Badger Meter Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,950,254.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ralliant Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,924,325.69</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Display Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OLED US</x:t>
   </x:si>
   <x:si>
-    <x:t>39,108</x:t>
-[...68 lines deleted...]
-    <x:t>$6,567,926.80</x:t>
+    <x:t>39,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,889,394.29</x:t>
   </x:si>
   <x:si>
     <x:t>Zealand Pharma A/S</x:t>
   </x:si>
   <x:si>
     <x:t>ZEAL DC</x:t>
   </x:si>
   <x:si>
-    <x:t>70,699</x:t>
-[...41 lines deleted...]
-    <x:t>$6,325,849.20</x:t>
+    <x:t>71,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,737,191.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morningstar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,443,701.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Qualys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QLYS US</x:t>
   </x:si>
   <x:si>
-    <x:t>39,498</x:t>
-[...59 lines deleted...]
-    <x:t>$5,767,257.41</x:t>
+    <x:t>39,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,155,429.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corcept Therapeutics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,568,637.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pegasystems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEGA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,448,904.30</x:t>
   </x:si>
   <x:si>
     <x:t>Hims &amp; Hers Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HIMS US</x:t>
   </x:si>
   <x:si>
-    <x:t>166,663</x:t>
-[...65 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>167,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,415,769.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Doximity Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DOCS US</x:t>
   </x:si>
   <x:si>
-    <x:t>96,838</x:t>
-[...5 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>97,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,352,966.00</x:t>
   </x:si>
   <x:si>
     <x:t>Omnicom Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OMC US</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$99.72</x:t>
+    <x:t>$119.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$680,053.14</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$833,467.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2119,51 +2104,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c18316af3fc4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R90b1a62c046a49f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1087734612ff47b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f787077eddb482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R50754e56f6e8446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra89acbb1182e419b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F154"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="46" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -2451,91 +2436,91 @@
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
@@ -2551,431 +2536,431 @@
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
@@ -2991,2251 +2976,2251 @@
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
         <x:v>386</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
+      <x:c r="F108" s="1" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
+      <x:c r="E109" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="F110" s="1" t="s">
         <x:v>491</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="C111" s="1" t="s">
+      <x:c r="E111" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
+      <x:c r="E112" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="F113" s="1" t="s">
         <x:v>504</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="E114" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="F114" s="1" t="s">
         <x:v>509</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="D115" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
+      <x:c r="E115" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="E115" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
+      <x:c r="D116" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="E116" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="E116" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
+      <x:c r="D117" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="D117" s="1" t="s">
+      <x:c r="E117" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="E117" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
+      <x:c r="D118" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="D118" s="1" t="s">
+      <x:c r="E118" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="E118" s="1" t="s">
+      <x:c r="F118" s="1" t="s">
         <x:v>526</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
+      <x:c r="D121" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
+      <x:c r="E121" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="E121" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="C122" s="1" t="s">
+      <x:c r="D122" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D122" s="1" t="s">
+      <x:c r="E122" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="E122" s="1" t="s">
+      <x:c r="F122" s="1" t="s">
         <x:v>543</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
+      <x:c r="D123" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
+      <x:c r="E123" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="E123" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
+      <x:c r="D124" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
+      <x:c r="E124" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="E124" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="C125" s="1" t="s">
+      <x:c r="D125" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
+      <x:c r="E125" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="E125" s="1" t="s">
+      <x:c r="F125" s="1" t="s">
         <x:v>556</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="C128" s="1" t="s">
+      <x:c r="D128" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="D128" s="1" t="s">
+      <x:c r="E128" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="E128" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="C129" s="1" t="s">
+      <x:c r="D129" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="D129" s="1" t="s">
+      <x:c r="E129" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="E129" s="1" t="s">
+      <x:c r="F129" s="1" t="s">
         <x:v>573</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
+      <x:c r="D130" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
+      <x:c r="E130" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="E130" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="D131" s="1" t="s">
+      <x:c r="E131" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="E131" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
+      <x:c r="D132" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="E132" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="D133" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="C133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="D133" s="1" t="s">
+      <x:c r="F133" s="1" t="s">
         <x:v>590</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="C134" s="1" t="s">
+      <x:c r="D134" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="D134" s="1" t="s">
+      <x:c r="E134" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="E134" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="C135" s="1" t="s">
+      <x:c r="D135" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="D135" s="1" t="s">
+      <x:c r="E135" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="E135" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="C136" s="1" t="s">
+      <x:c r="E136" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="D136" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="C137" s="1" t="s">
+      <x:c r="E137" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="D137" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="C138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
+      <x:c r="F138" s="1" t="s">
         <x:v>611</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="C139" s="1" t="s">
+      <x:c r="D139" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="D139" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="E139" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="C140" s="1" t="s">
+      <x:c r="E140" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="D140" s="1" t="s">
+      <x:c r="F140" s="1" t="s">
         <x:v>620</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
+      <x:c r="D141" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
+      <x:c r="E141" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="E141" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
+      <x:c r="E142" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="C144" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
         <x:v>641</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="C146" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="C146" s="1" t="s">
+      <x:c r="F146" s="1" t="s">
         <x:v>646</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="C147" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="C147" s="1" t="s">
+      <x:c r="F147" s="1" t="s">
         <x:v>651</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="C148" s="1" t="s">
+      <x:c r="F148" s="1" t="s">
         <x:v>656</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="D149" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="C149" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="D150" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
         <x:v>665</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F154" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>