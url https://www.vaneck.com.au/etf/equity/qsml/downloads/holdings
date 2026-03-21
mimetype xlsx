--- v2 (2026-03-01)
+++ v3 (2026-03-21)
@@ -1,2085 +1,2046 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea1556c401b74037" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c17f5a0d994b7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QSML_asat_20260227" sheetId="1" r:id="Ra89acbb1182e419b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QSML_asat_20260320" sheetId="1" r:id="Rd708e1554dfc4b5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="679">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 27/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="754" uniqueCount="666">
+  <x:si>
+    <x:t>All Fund Holdings as at 20/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>Curtiss-Wright Corp</x:t>
-[...11 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>Woodward Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WWD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,065,259.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fabrinet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,991,505.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>72,408</x:t>
-[...50 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>75,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,125,928.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Bwx Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BWXT US</x:t>
   </x:si>
   <x:si>
-    <x:t>76,927</x:t>
-[...5 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>80,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,928,772.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Carpenter Technology Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CRS US</x:t>
   </x:si>
   <x:si>
-    <x:t>39,585</x:t>
-[...5 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>41,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,160,733.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Lincoln Electric Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LECO US</x:t>
   </x:si>
   <x:si>
-    <x:t>53,099</x:t>
-[...5 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>55,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,184,325.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itt Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,068,313.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Qxo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QXO US</x:t>
   </x:si>
   <x:si>
-    <x:t>602,761</x:t>
-[...20 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>627,841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,096,382.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>East West Bancorp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EWBC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,144,383.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medpace Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEDP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,909,133.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Times Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,223,191.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Toll Brothers Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TOL US</x:t>
   </x:si>
   <x:si>
-    <x:t>78,393</x:t>
-[...20 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>81,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,849,378.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sterling Infrastructure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STRL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,822,931.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mueller Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,477,538.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bj's Wholesale Club Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,040,037.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelixis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,910,598.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaztransport Et Technigaz Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTT FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,775,305.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lattice Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,744,976.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Align Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,734,509.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evercore Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,556,745.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caci International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CACI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,293,568.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Donaldson Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,156,912.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manhattan Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,850,250.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interdigital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,760,219.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPLM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,586,877.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unum Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,572,473.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globe Life Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,556,292.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generac Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,364,402.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Topbuild Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>25,941</x:t>
-[...86 lines deleted...]
-    <x:t>$15,063,683.94</x:t>
+    <x:t>27,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,325,392.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imi Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>261,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,929,678.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Roadhouse Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXRH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,818,828.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Industrial Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,814,777.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toro Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,662,066.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Games Workshop Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,491,860.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Drainage Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WMS US</x:t>
   </x:si>
   <x:si>
-    <x:t>62,564</x:t>
-[...89 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>65,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,471,199.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allison Transmission Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,435,135.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Borgwarner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,358,009.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rambus Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMBS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,336,908.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sei Investments Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEIC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,239,733.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stifel Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,081,707.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modine Manufacturing Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,074,752.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurant Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,752,568.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accelleron Industries Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,642,147.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Weir Group Plc/The</x:t>
   </x:si>
   <x:si>
     <x:t>WEIR LN</x:t>
   </x:si>
   <x:si>
-    <x:t>208,647</x:t>
-[...194 lines deleted...]
-    <x:t>$12,649,225.22</x:t>
+    <x:t>217,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,305,716.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sprouts Farmers Market Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,259,682.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encompass Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,124,482.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primerica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,035,853.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globus Medical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,991,106.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Factset Research Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,834,687.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crane Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,761,715.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A O Smith Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,757,430.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Armstrong World Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AWI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,652,328.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinsale Capital Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,551,067.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watts Water Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,497,097.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Houlihan Lokey Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,437,838.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acuity Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,406,746.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flowserve Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,399,145.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Popular Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPOP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,283,742.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molina Healthcare Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,195,017.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Republic International Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,144,164.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saia Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,106,173.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tetra Tech Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTEK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>229,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,090,778.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,005,191.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOG/A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,847,467.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptargroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,793,206.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Owens Corning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,755,465.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autoliv Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,754,083.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valmont Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,748,655.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGNX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,665,696.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Dundee Precious Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DPM CN</x:t>
   </x:si>
   <x:si>
-    <x:t>204,307</x:t>
-[...110 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>212,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,529,735.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-Techne Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,373,087.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cirrus Logic Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRUS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,294,471.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epam Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,254,521.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Fuel Gas Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,225,445.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pool Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POOL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,205,784.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skyworks Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWKS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,138,172.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ig Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,105,346.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simpson Manufacturing Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,087,316.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finning International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,995,261.80</x:t>
   </x:si>
   <x:si>
     <x:t>Oceanagold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OGC CN</x:t>
   </x:si>
   <x:si>
-    <x:t>198,096</x:t>
-[...311 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>206,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,915,191.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Konecranes Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>KCR FH</x:t>
   </x:si>
   <x:si>
-    <x:t>58,623</x:t>
-[...14 lines deleted...]
-    <x:t>$9,700,215.33</x:t>
+    <x:t>61,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,762,982.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viper Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,762,404.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingredion Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,746,970.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,625,760.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niterra Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5334 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>128,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,425,749.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal Signal Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,407,486.52</x:t>
   </x:si>
   <x:si>
     <x:t>Installed Building Products Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IBP US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,742</x:t>
-[...29 lines deleted...]
-    <x:t>$9,511,273.63</x:t>
+    <x:t>21,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,373,625.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemed Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,203,616.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanmina-Sci Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,192,495.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Everus Construction Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,120,314.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genpact Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,957,818.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Eagle Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EXP US</x:t>
   </x:si>
   <x:si>
-    <x:t>30,249</x:t>
-[...83 lines deleted...]
-    <x:t>$8,917,986.92</x:t>
+    <x:t>31,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,925,810.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esco Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,902,811.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kokusai Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6525 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,736,976.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enersys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,657,259.68</x:t>
   </x:si>
   <x:si>
     <x:t>Agco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AGCO US</x:t>
   </x:si>
   <x:si>
-    <x:t>46,478</x:t>
-[...17 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>48,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,632,664.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Msa Safety Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,526,832.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyo Suisan Kaisha Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2875 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,512,164.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avanza Bank Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,506,849.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zurn Elkay Water Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZWS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,481,979.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janus Henderson Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,463,178.61</x:t>
   </x:si>
   <x:si>
     <x:t>Yaskawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6506 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>179,271</x:t>
-[...53 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>186,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,445,319.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mgic Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,413,539.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rightmove Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>873,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,277,676.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand Canyon Education Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,274,604.65</x:t>
   </x:si>
   <x:si>
     <x:t>Howden Joinery Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HWDN LN</x:t>
   </x:si>
   <x:si>
-    <x:t>455,821</x:t>
-[...71 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>474,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,166,331.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,154,853.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swissquote Group Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SQN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,123,858.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ollie's Bargain Outlet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,057,742.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ringkjoebing Landbobank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RILBA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,035,544.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ul Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,014,844.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordnet Ab Publ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAVE SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,000,431.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temenos Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,985,259.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerce Bancshares Inc/Mo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,974,973.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essent Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,939,546.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fti Consulting Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,933,192.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taylor Morrison Home Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,853,968.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galenica Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALE SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,740,821.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piper Sandler Cos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIPR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,740,714.28</x:t>
   </x:si>
   <x:si>
     <x:t>Aaon Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AAON US</x:t>
   </x:si>
   <x:si>
-    <x:t>56,678</x:t>
-[...53 lines deleted...]
-    <x:t>$7,791,276.98</x:t>
+    <x:t>59,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,716,531.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newmarket Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,677,098.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exlservice Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,651,282.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andritz Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANDR AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,584,386.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paylocity Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCTY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,559,428.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baycurrent Consulting Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6532 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,543,807.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azimut Holding Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZM IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,427,284.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technip Energies Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,390,024.69</x:t>
   </x:si>
   <x:si>
     <x:t>Esab Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ESAB US</x:t>
   </x:si>
   <x:si>
-    <x:t>43,655</x:t>
-[...188 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>45,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,355,340.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rli Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,249,875.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,160,871.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Badger Meter Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,112,103.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hamilton Lane Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLNE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,090,575.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hims &amp; Hers Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,996,150.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vontier Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,966,933.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aak Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAK SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,868,830.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanwa Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5929 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,834,654.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morningstar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,797,287.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ralliant Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,795,350.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QLYS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,681,320.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Display Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,554,705.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Fortune Brands Innovations Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FBIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>89,708</x:t>
-[...269 lines deleted...]
-    <x:t>$5,889,394.29</x:t>
+    <x:t>93,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,431,689.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pegasystems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEGA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,632,400.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corcept Therapeutics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,601,235.67</x:t>
   </x:si>
   <x:si>
     <x:t>Zealand Pharma A/S</x:t>
   </x:si>
   <x:si>
     <x:t>ZEAL DC</x:t>
   </x:si>
   <x:si>
-    <x:t>71,118</x:t>
-[...77 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>74,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,537,879.66</x:t>
   </x:si>
   <x:si>
     <x:t>Doximity Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DOCS US</x:t>
   </x:si>
   <x:si>
-    <x:t>97,411</x:t>
-[...17 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>101,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,576,296.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$833,467.75</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$1,537,134.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2104,56 +2065,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f787077eddb482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R50754e56f6e8446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra89acbb1182e419b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e595b1437b406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc0cc00328c90452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd708e1554dfc4b5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F154"/>
+  <x:dimension ref="A1:F150"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="46" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2436,331 +2397,331 @@
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
@@ -2776,91 +2737,91 @@
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
@@ -2936,2296 +2897,2216 @@
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
         <x:v>346</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
         <x:v>466</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
         <x:v>492</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="F127" s="1" t="s">
         <x:v>564</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="F130" s="1" t="s">
         <x:v>577</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s">
         <x:v>608</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="F141" s="1" t="s">
         <x:v>621</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="F147" s="1" t="s">
         <x:v>648</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A150" s="1">
-[...79 lines deleted...]
-      <x:c r="A154" s="2" t="s">
+      <x:c r="A150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B154" s="2" t="s">
+      <x:c r="B150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C154" s="2" t="s">
+      <x:c r="C150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D154" s="2" t="s">
+      <x:c r="D150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E154" s="2" t="s">
+      <x:c r="E150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F154" s="2" t="s">
+      <x:c r="F150" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A154:F154"/>
+    <x:mergeCell ref="A150:F150"/>
   </x:mergeCells>
 </x:worksheet>
 </file>