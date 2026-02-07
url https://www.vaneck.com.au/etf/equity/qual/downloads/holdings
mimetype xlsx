--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -1,3945 +1,3951 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c13612375248bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5b249bb1ccc46b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QUAL_asat_20260116" sheetId="1" r:id="R82e6ef57e90b4370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QUAL_asat_20260206" sheetId="1" r:id="Rd430f237a3434896"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1539" uniqueCount="1299">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1539" uniqueCount="1301">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>META US</x:t>
   </x:si>
   <x:si>
-    <x:t>437,078</x:t>
-[...5 lines deleted...]
-    <x:t>4.93%</x:t>
+    <x:t>444,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$428,639,245.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>990,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,973,274.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,373,503</x:t>
-[...20 lines deleted...]
-    <x:t>4.52%</x:t>
+    <x:t>1,397,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,443,459.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
-    <x:t>520,767</x:t>
-[...5 lines deleted...]
-    <x:t>4.35%</x:t>
+    <x:t>529,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,983,639.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
-    <x:t>175,690</x:t>
-[...5 lines deleted...]
-    <x:t>3.32%</x:t>
+    <x:t>178,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,437,228.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
-    <x:t>503,960</x:t>
-[...5 lines deleted...]
-    <x:t>3.02%</x:t>
+    <x:t>512,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$244,271,961.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Visa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>V US</x:t>
   </x:si>
   <x:si>
-    <x:t>489,368</x:t>
-[...5 lines deleted...]
-    <x:t>2.92%</x:t>
+    <x:t>497,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,680,964.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML NA</x:t>
   </x:si>
   <x:si>
-    <x:t>107,791</x:t>
-[...5 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>109,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,825,082.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
   </x:si>
   <x:si>
     <x:t>GOOG US</x:t>
   </x:si>
   <x:si>
-    <x:t>423,389</x:t>
-[...5 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>430,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,268,201.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ US</x:t>
   </x:si>
   <x:si>
-    <x:t>477,476</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>485,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,137,217.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
-    <x:t>808,712</x:t>
-[...2 lines deleted...]
-    <x:t>$144,903,570.13</x:t>
+    <x:t>822,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,215,360.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastercard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,434,783.88</x:t>
   </x:si>
   <x:si>
     <x:t>1.76%</x:t>
   </x:si>
   <x:si>
-    <x:t>Mastercard Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Costco Wholesale Corp</x:t>
   </x:si>
   <x:si>
     <x:t>COST US</x:t>
   </x:si>
   <x:si>
-    <x:t>95,806</x:t>
-[...5 lines deleted...]
-    <x:t>1.68%</x:t>
+    <x:t>97,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,688,410.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,190,534.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Netflix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NFLX US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,008,506</x:t>
-[...5 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>1,025,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,340,536.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procter &amp; Gamble Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>504,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,083,309.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
-    <x:t>365,497</x:t>
-[...35 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>371,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,081,767.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Caterpillar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>106,657</x:t>
-[...5 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>108,491</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,862,774.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coca-Cola Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>895,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,119,809.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>NOVN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>446,987</x:t>
-[...2 lines deleted...]
-    <x:t>$96,322,607.17</x:t>
+    <x:t>454,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,374,543.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576,093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,240,617.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astrazeneca Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>342,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,230,267.29</x:t>
   </x:si>
   <x:si>
     <x:t>1.17%</x:t>
   </x:si>
   <x:si>
-    <x:t>Astrazeneca Plc</x:t>
-[...38 lines deleted...]
-    <x:t>$92,263,830.97</x:t>
+    <x:t>Cisco Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>753,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,227,077.29</x:t>
   </x:si>
   <x:si>
     <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>185,564</x:t>
-[...5 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>188,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,541,907.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>General Aerospace Co</x:t>
   </x:si>
   <x:si>
     <x:t>GE US</x:t>
   </x:si>
   <x:si>
-    <x:t>173,099</x:t>
-[...20 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>176,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,600,193.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,716,024.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nestle Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NESN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>490,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,179,544.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,995,248.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Unitedhealth Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UNH US</x:t>
   </x:si>
   <x:si>
-    <x:t>165,664</x:t>
-[...5 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>168,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,099,065.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,440,146.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
-    <x:t>906,271</x:t>
-[...50 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>921,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,783,080.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Linde Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,628,182.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
     <x:t>ABT US</x:t>
   </x:si>
   <x:si>
-    <x:t>350,027</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>356,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,868,588.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tjx Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>237,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,118,996.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
-    <x:t>249,428</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>253,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,746,592.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,364,626.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unilever Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULVR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>466,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,640,968.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arista Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>252,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,746,352.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Accenture Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ACN US</x:t>
   </x:si>
   <x:si>
-    <x:t>135,112</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>137,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,179,707.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Amphenol Corp</x:t>
   </x:si>
   <x:si>
     <x:t>APH US</x:t>
   </x:si>
   <x:si>
-    <x:t>245,984</x:t>
-[...62 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>250,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,939,074.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Intuitive Surgical Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ISRG US</x:t>
   </x:si>
   <x:si>
-    <x:t>64,476</x:t>
-[...2 lines deleted...]
-    <x:t>$51,634,849.62</x:t>
+    <x:t>65,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,938,446.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allianz Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALV GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,861,047.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Pacific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,091,905.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Uber Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UBER US</x:t>
   </x:si>
   <x:si>
-    <x:t>389,677</x:t>
-[...32 lines deleted...]
-    <x:t>$44,724,424.91</x:t>
+    <x:t>396,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,884,779.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
+    <x:t>Advantest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6857 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,791,265.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>996,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,275,110.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honeywell International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,260,851.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abb Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>334,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,115,402.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Blackrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BLK US</x:t>
   </x:si>
   <x:si>
-    <x:t>25,215</x:t>
-[...17 lines deleted...]
-    <x:t>$43,724,215.20</x:t>
+    <x:t>25,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,917,502.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eaton Corp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,051,694.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,731,162.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatic Data Processing Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,718,344.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertex Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,416,438.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lockheed Martin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,821,792.41</x:t>
   </x:si>
   <x:si>
     <x:t>Intuit Inc</x:t>
   </x:si>
   <x:si>
     <x:t>INTU US</x:t>
   </x:si>
   <x:si>
-    <x:t>52,350</x:t>
-[...128 lines deleted...]
-    <x:t>$34,852,939.62</x:t>
+    <x:t>53,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,315,040.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
-    <x:t>Lockheed Martin Corp</x:t>
-[...8 lines deleted...]
-    <x:t>$34,057,400.45</x:t>
+    <x:t>Parker-Hannifin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,306,774.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progressive Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,716,330.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.41%</x:t>
   </x:si>
   <x:si>
-    <x:t>Parker-Hannifin Corp</x:t>
-[...8 lines deleted...]
-    <x:t>$33,250,517.64</x:t>
+    <x:t>Trane Technologies Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,586,854.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'Oreal Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OR FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,662,492.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.40%</x:t>
   </x:si>
   <x:si>
-    <x:t>Progressive Corp/The</x:t>
-[...20 lines deleted...]
-    <x:t>$31,052,984.63</x:t>
+    <x:t>Zurich Insurance Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZURN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,310,248.27</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
-    <x:t>Zurich Insurance Group Ag</x:t>
-[...26 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>Cme Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,838,164.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,058,139.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illinois Tool Works Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,870,406.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sherwin-Williams Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,169,177.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cintas Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,915,266.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industria De Diseno Textil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITX SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>256,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,663,335.75</x:t>
   </x:si>
   <x:si>
     <x:t>Moody's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MCO US</x:t>
   </x:si>
   <x:si>
-    <x:t>36,542</x:t>
-[...2 lines deleted...]
-    <x:t>$29,478,654.86</x:t>
+    <x:t>37,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,473,428.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hermes International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,011,611.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Howmet Aerospace Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HWM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,329,038.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marsh &amp; Mclennan Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,107,569.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3m Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,083,408.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokio Marine Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>408,826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,388,184.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monolithic Power Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,314,932.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,103,815.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muenchener Rueckversicherungs-Gesellsch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUV2 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,030,554.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cummins Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,612,771.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idexx Laboratories Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDXX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,587,547.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,466,364.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fast Retailing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9983 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,177,540.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,122,326.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ww Grainger Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GWW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,081,049.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,055,604.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong Exchanges &amp; Clearing Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,853,073.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Dynamics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,841,414.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recruit Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6098 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,702,331.27</x:t>
   </x:si>
   <x:si>
     <x:t>Relx Plc</x:t>
   </x:si>
   <x:si>
     <x:t>REL LN</x:t>
   </x:si>
   <x:si>
-    <x:t>443,210</x:t>
-[...248 lines deleted...]
-    <x:t>$22,117,119.52</x:t>
+    <x:t>450,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,729,036.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regeneron Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,263,068.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Bae Systems Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BA/ LN</x:t>
   </x:si>
   <x:si>
-    <x:t>515,474</x:t>
-[...56 lines deleted...]
-    <x:t>$20,402,034.50</x:t>
+    <x:t>524,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,941,250.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>208,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,792,676.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fastenal Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>275,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,740,127.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monster Beverage Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,397,772.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoya Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7741 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,937,276.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Copco Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATCOA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>597,568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,828,546.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>317,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,553,748.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autodesk Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,260,928.53</x:t>
   </x:si>
   <x:si>
     <x:t>Keyence Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6861 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>33,947</x:t>
-[...68 lines deleted...]
-    <x:t>$18,662,436.26</x:t>
+    <x:t>34,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,898,067.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reckitt Benckiser Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RKT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,725,501.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ameriprise Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,161,039.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferrari Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RACE IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,169,424.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Nintendo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>7974 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>183,364</x:t>
-[...98 lines deleted...]
-    <x:t>$15,738,183.00</x:t>
+    <x:t>186,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,025,037.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferguson Enterprises Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,814,450.93</x:t>
   </x:si>
   <x:si>
     <x:t>Compass Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CPG LN</x:t>
   </x:si>
   <x:si>
-    <x:t>335,153</x:t>
-[...2 lines deleted...]
-    <x:t>$15,379,128.40</x:t>
+    <x:t>340,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,454,640.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comfort Systems Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,064,960.75</x:t>
   </x:si>
   <x:si>
     <x:t>Shin-Etsu Chemical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4063 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>284,857</x:t>
-[...17 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>289,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,765,069.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holcim Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,982,164.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian National Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,879,581.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3i Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>III LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,393,223.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electronic Arts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,335,919.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,316,236.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Disco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6146 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,117,346.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Dominion Freight Line Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODFL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,990,563.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockwell Automation Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,813,983.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,787,901.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resmed Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,726,147.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emcor Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,418,454.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chugai Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4519 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,327,806.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Storage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,202,134.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Partners Group Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,072,045.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Celestica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,901,822.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paychex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,884,912.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandvik Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAND SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,809,369.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>463,826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,609,238.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Horton Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,604,704.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hartford Insurance Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,469,993.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams-Sonoma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,931</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,371,856.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,361,525.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geberit Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,271,132.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kone Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNEBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,195,838.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,137,924.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,033,762.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Givaudan Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIVN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,996,966.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adyen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADYEN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,972,936.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Paypal Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PYPL US</x:t>
   </x:si>
   <x:si>
-    <x:t>170,434</x:t>
-[...131 lines deleted...]
-    <x:t>$12,205,080.58</x:t>
+    <x:t>173,363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,950,631.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulta Beauty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,861,215.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinross Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>218,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,811,649.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,653,761.81</x:t>
   </x:si>
   <x:si>
     <x:t>Experian Plc</x:t>
   </x:si>
   <x:si>
     <x:t>EXPN LN</x:t>
   </x:si>
   <x:si>
-    <x:t>184,348</x:t>
-[...176 lines deleted...]
-    <x:t>$10,561,411.34</x:t>
+    <x:t>187,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,563,389.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,484,219.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,421,333.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garmin Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,404,723.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujikura Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5803 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,313,183.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,284,540.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Brands Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMB LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,283,711.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,278,782.06</x:t>
   </x:si>
   <x:si>
     <x:t>Daiichi Sankyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4568 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>335,199</x:t>
-[...149 lines deleted...]
-    <x:t>$9,257,155.87</x:t>
+    <x:t>340,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,176,341.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>ATCOB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>341,381</x:t>
-[...2 lines deleted...]
-    <x:t>$9,235,274.97</x:t>
+    <x:t>347,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,994,328.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jabil Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,188,438.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tractor Supply Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,123,054.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cboe Global Markets Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBOE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,862,198.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expeditors International Of Washington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,715,316.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sika Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIKA SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,638,717.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvr Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,626,433.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pultegroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,508,648.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Veeva Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VEEV US</x:t>
   </x:si>
   <x:si>
-    <x:t>27,596</x:t>
-[...41 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>28,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,424,083.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubbell Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,319,236.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Pacific Land Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,265,686.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Asset Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,035,970.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Next Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,999,744.68</x:t>
   </x:si>
   <x:si>
     <x:t>Lululemon Athletica Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LULU US</x:t>
   </x:si>
   <x:si>
-    <x:t>27,530</x:t>
-[...77 lines deleted...]
-    <x:t>$7,602,749.62</x:t>
+    <x:t>28,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,851,800.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otsuka Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,814,759.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,791,530.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ppg Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,772,712.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waters Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,680,083.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darden Restaurants Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,665,625.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtu Aero Engines Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,664,956.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,607,149.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ch Robinson Worldwide Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHRW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,587,390.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,472,305.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veralto Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLTO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,454,231.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rollins Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,335,335.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Church &amp; Dwight Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,307,197.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deckers Outdoor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DECK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,292,301.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leidos Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LDOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,074,266.06</x:t>
   </x:si>
   <x:si>
     <x:t>Wolters Kluwer Nv</x:t>
   </x:si>
   <x:si>
     <x:t>WKL NA</x:t>
   </x:si>
   <x:si>
-    <x:t>49,840</x:t>
-[...74 lines deleted...]
-    <x:t>$7,334,597.86</x:t>
+    <x:t>50,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,016,710.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lennox International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,890,516.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Therapeutics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,875,442.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RO SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,822,676.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techtronic Industries Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>669 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,814,680.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T Rowe Price Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,769,929.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cdw Corp/De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,751,692.55</x:t>
   </x:si>
   <x:si>
     <x:t>Lasertec Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6920 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>21,051</x:t>
-[...113 lines deleted...]
-    <x:t>$6,306,053.09</x:t>
+    <x:t>21,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,674,545.74</x:t>
   </x:si>
   <x:si>
     <x:t>Genmab A/S</x:t>
   </x:si>
   <x:si>
     <x:t>GMAB DC</x:t>
   </x:si>
   <x:si>
-    <x:t>12,279</x:t>
-[...29 lines deleted...]
-    <x:t>$6,128,131.28</x:t>
+    <x:t>12,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,640,245.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>W R Berkley Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WRB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,590,594.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wartsila Oyj Abp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WRT1V FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,563,175.09</x:t>
   </x:si>
   <x:si>
     <x:t>Publicis Groupe Sa</x:t>
   </x:si>
   <x:si>
     <x:t>PUB FP</x:t>
   </x:si>
   <x:si>
-    <x:t>40,636</x:t>
-[...62 lines deleted...]
-    <x:t>$5,811,355.74</x:t>
+    <x:t>41,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,525,494.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vat Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VACN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,444,608.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carlisle Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,417,368.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epiroc Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPIA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,390,586.14</x:t>
   </x:si>
   <x:si>
     <x:t>Check Point Software Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CHKP US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,775</x:t>
-[...26 lines deleted...]
-    <x:t>$5,639,079.69</x:t>
+    <x:t>21,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,357,856.36</x:t>
   </x:si>
   <x:si>
     <x:t>Netapp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NTAP US</x:t>
   </x:si>
   <x:si>
-    <x:t>36,221</x:t>
-[...11 lines deleted...]
-    <x:t>$5,611,310.17</x:t>
+    <x:t>36,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,278,275.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snap-On Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,231,684.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,899,185.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLMA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,859,837.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,849,889.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hannover Rueck Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HNR1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,844,125.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schindler Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHP SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,833,315.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7936 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,827,062.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Best Buy Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,711,642.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logitech International Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,627,982.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finecobank Banca Fineco Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBK IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,619,144.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuehne + Nagel International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,554,501.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F5 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFIV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,553,002.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alfa Laval Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALFA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,535,640.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegion Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,444,123.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Graco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,437,328.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgi Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIB/A CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,388,074.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,357,513.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Straumann Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,242,311.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sage Group Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>250,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,240,271.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avery Dennison Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,198,326.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shionogi &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,196,446.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pentair Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,075,040.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bandai Namco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7832 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,967,269.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watsco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,905,525.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKHY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,880,568.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fisher &amp; Paykel Healthcare Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FPH NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,839,559.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Admiral Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,838,912.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Exchange Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGX SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,833,360.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Belimo Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEAN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,690,800.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carlsberg As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARLB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,684,566.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moncler Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONC IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,662,149.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,658,035.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dick's Sporting Goods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DKS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,650,251.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omnicom Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,602,511.61</x:t>
   </x:si>
   <x:si>
     <x:t>Gartner Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IT US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,119</x:t>
-[...221 lines deleted...]
-    <x:t>$4,709,924.88</x:t>
+    <x:t>16,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,585,820.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonova Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOON SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,520,541.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neurocrine Biosciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,495,125.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orion Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORNBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,364,582.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metso Outotec Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>METSO FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,290,687.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daifuku Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6383 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,252,373.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coca-Cola Hbc Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCH LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,250,186.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,165,417.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great-West Lifeco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GWO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,128,026.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smiths Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMIN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,107,670.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intertek Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,076,868.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beiersdorf Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEI GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,064,839.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresnillo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRES LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,996,444.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gea Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G1A GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,993,986.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Screen Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7735 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,979,703.50</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
-    <x:t>32,728</x:t>
-[...149 lines deleted...]
-    <x:t>$4,156,370.88</x:t>
+    <x:t>33,290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,975,818.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Exchange Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>197,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,956,284.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ia Financial Corp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,926,237.63</x:t>
   </x:si>
   <x:si>
     <x:t>Nomura Research Institute Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4307 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>70,470</x:t>
-[...233 lines deleted...]
-    <x:t>$3,178,768.33</x:t>
+    <x:t>71,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,853,026.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toromont Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIH CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,831,320.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVO SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,794,800.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPIB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,751,354.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magnum Ice Cream Co Nv/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MICC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,738,220.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coloplast A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,723,506.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,665,524.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continental Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CON GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,661,666.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wise Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WISE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,643,284.81</x:t>
   </x:si>
   <x:si>
     <x:t>Dynatrace Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DT US</x:t>
   </x:si>
   <x:si>
-    <x:t>52,124</x:t>
-[...86 lines deleted...]
-    <x:t>$2,898,191.53</x:t>
+    <x:t>53,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,552,799.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Addtech Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADDTB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,455,661.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erie Indemnity Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERIE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,422,109.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Futu Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,394,527.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedish Orphan Biovitrum Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOBI SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,383,197.54</x:t>
   </x:si>
   <x:si>
     <x:t>Auto Trader Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AUTO LN</x:t>
   </x:si>
   <x:si>
-    <x:t>247,766</x:t>
-[...29 lines deleted...]
-    <x:t>$2,801,606.18</x:t>
+    <x:t>252,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,377,447.95</x:t>
   </x:si>
   <x:si>
     <x:t>Obic Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4684 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>60,201</x:t>
-[...23 lines deleted...]
-    <x:t>$2,604,297.30</x:t>
+    <x:t>61,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,200,221.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Financial Group Inc/Oh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,179,645.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzijiang Shipbuilding Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YZJSGD SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>569,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,165,416.28</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9697 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>74,268</x:t>
-[...62 lines deleted...]
-    <x:t>$2,456,705.35</x:t>
+    <x:t>75,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,160,667.20</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
-    <x:t>19,689</x:t>
-[...11 lines deleted...]
-    <x:t>$2,418,923.39</x:t>
+    <x:t>20,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,115,644.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pandora A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNDORA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,104,568.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipol Assicurazioni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,097,441.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lifco Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIFCOB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,093,640.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elisa Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELISA FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,073,983.53</x:t>
   </x:si>
   <x:si>
     <x:t>Paycom Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PAYC US</x:t>
   </x:si>
   <x:si>
-    <x:t>10,668</x:t>
-[...74 lines deleted...]
-    <x:t>$2,043,313.90</x:t>
+    <x:t>10,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,054,064.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sitc International Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1308 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>362,303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,979,603.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
+    <x:t>Yokogawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6841 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,823,628.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,786,753.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daito Trust Construction Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1878 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,752,451.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gjensidige Forsikring Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GJF NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,750,018.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicharm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,749,451.82</x:t>
+  </x:si>
+  <x:si>
     <x:t>Scout24 Se</x:t>
   </x:si>
   <x:si>
     <x:t>G24 GR</x:t>
   </x:si>
   <x:si>
-    <x:t>13,327</x:t>
-[...50 lines deleted...]
-    <x:t>$1,792,398.24</x:t>
+    <x:t>13,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,716,676.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ems-Chemie Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMSN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,710,410.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kikkoman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2801 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,668,821.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indutrade Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDT SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,655,179.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shimadzu Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7701 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,610,875.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ipsen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,601,707.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rational Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,567,914.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,458,279.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanrio Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8136 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,451,983.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,418,889.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lotus Bakeries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOTB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,401,561.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trend Micro Inc/Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4704 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,349,892.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nemetschek Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,347,899.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cts Eventim Ag &amp; Co Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVD GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,334,368.14</x:t>
   </x:si>
   <x:si>
     <x:t>Tis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3626 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>37,731</x:t>
-[...158 lines deleted...]
-    <x:t>$1,506,070.37</x:t>
+    <x:t>38,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,276,904.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otsuka Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4768 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,220,282.57</x:t>
   </x:si>
   <x:si>
     <x:t>M3 Inc</x:t>
   </x:si>
   <x:si>
     <x:t>2413 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>73,997</x:t>
-[...38 lines deleted...]
-    <x:t>$1,321,770.14</x:t>
+    <x:t>75,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,215,147.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verbund Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VER AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,212,112.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysmex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6869 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,169,067.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monotaro Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3064 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,147,115.65</x:t>
   </x:si>
   <x:si>
     <x:t>Cvc Capital Partners Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CVC NA</x:t>
   </x:si>
   <x:si>
-    <x:t>49,634</x:t>
-[...53 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>50,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,133,095.28</x:t>
   </x:si>
   <x:si>
     <x:t>Buzzi Unicem Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BZU IM</x:t>
   </x:si>
   <x:si>
-    <x:t>13,606</x:t>
-[...2 lines deleted...]
-    <x:t>$1,200,834.28</x:t>
+    <x:t>13,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,124,601.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kobe Bussan Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3038 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,034,693.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hikma Pharmaceuticals Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$974,504.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockwool International A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCKB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$942,809.10</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp Japan</x:t>
   </x:si>
   <x:si>
     <x:t>4716 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>10,166</x:t>
-[...38 lines deleted...]
-    <x:t>$892,450.21</x:t>
+    <x:t>10,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$930,640.30</x:t>
   </x:si>
   <x:si>
     <x:t>La Francaise Des Jeux Saem</x:t>
   </x:si>
   <x:si>
     <x:t>FDJ FP</x:t>
   </x:si>
   <x:si>
-    <x:t>18,992</x:t>
-[...2 lines deleted...]
-    <x:t>$758,818.09</x:t>
+    <x:t>19,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$739,968.31</x:t>
   </x:si>
   <x:si>
     <x:t>MICC NA</x:t>
   </x:si>
   <x:si>
-    <x:t>1,626</x:t>
-[...2 lines deleted...]
-    <x:t>$40,520.63</x:t>
+    <x:t>3,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,634.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Software Inc/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>2299955D CN</x:t>
   </x:si>
   <x:si>
     <x:t>2,676</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$6,561,075.03</x:t>
+    <x:t>$7,210,618.95</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -3964,51 +3970,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ed0f6ed93c4462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raafc043c7a8e4516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R82e6ef57e90b4370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f4ac1d544c4ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2781d98f47d64307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd430f237a3434896" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F307"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -4656,151 +4662,151 @@
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
@@ -4816,171 +4822,171 @@
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
@@ -5016,231 +5022,231 @@
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
@@ -5256,4891 +5262,4891 @@
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
         <x:v>440</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
         <x:v>471</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
         <x:v>498</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
         <x:v>511</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
         <x:v>540</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="F149" s="1" t="s">
         <x:v>663</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="D151" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="E151" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="F151" s="1" t="s">
         <x:v>671</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="D157" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="E157" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="F157" s="1" t="s">
         <x:v>696</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="F166" s="1" t="s">
         <x:v>733</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="D179" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="E179" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="F179" s="1" t="s">
         <x:v>786</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="D196" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="E196" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="F196" s="1" t="s">
         <x:v>854</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="E210" s="1" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="F210" s="1" t="s">
         <x:v>911</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:6" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:6" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:6" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:6" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E229" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="F229" s="1" t="s">
         <x:v>988</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:6" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:6" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:6" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:6" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:6" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:6" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:6" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:6" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:6" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:6" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:6" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:6" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:6" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:6" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:6" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:6" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:6" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:6" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:6" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:6" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:6" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="D250" s="1" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="E250" s="1" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="F250" s="1" t="s">
         <x:v>1072</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1075</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:6" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:6" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:6" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:6" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:6" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:6" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:6" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:6" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:6" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:6" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:6" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:6" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:6" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:6" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:6" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:6" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:6" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:6" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:6" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:6" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:6" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:6" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="D272" s="1" t="s">
+        <x:v>1163</x:v>
+      </x:c>
+      <x:c r="E272" s="1" t="s">
+        <x:v>1164</x:v>
+      </x:c>
+      <x:c r="F272" s="1" t="s">
         <x:v>1160</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1150</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:6" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:6" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:6" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:6" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:6" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:6" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:6" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:6" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:6" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:6" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:6" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:6" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:6" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:6" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:6" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:6" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:6" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:6" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:6" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:6" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:6" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:6" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:6" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:6" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="E296" s="1" t="s">
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="F296" s="1" t="s">
         <x:v>1257</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1150</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:6" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:6" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:6" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:6" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:6" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:6" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:6" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:6" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:6" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
+        <x:v>1295</x:v>
+      </x:c>
+      <x:c r="D305" s="1" t="s">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="E305" s="1" t="s">
+        <x:v>1297</x:v>
+      </x:c>
+      <x:c r="F305" s="1" t="s">
         <x:v>1293</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1291</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:6" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:6" ht="15" customHeight="1">
       <x:c r="A307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>