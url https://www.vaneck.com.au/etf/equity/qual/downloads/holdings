--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -1,3951 +1,3939 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5b249bb1ccc46b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb3ba4665f9c4ab0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QUAL_asat_20260206" sheetId="1" r:id="Rd430f237a3434896"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QUAL_asat_20260226" sheetId="1" r:id="R483075b7967c4f09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1539" uniqueCount="1301">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 06/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1539" uniqueCount="1297">
+  <x:si>
+    <x:t>All Fund Holdings as at 26/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>META US</x:t>
   </x:si>
   <x:si>
-    <x:t>444,590</x:t>
-[...5 lines deleted...]
-    <x:t>5.36%</x:t>
+    <x:t>445,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$412,306,541.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AAPL US</x:t>
   </x:si>
   <x:si>
-    <x:t>990,089</x:t>
-[...5 lines deleted...]
-    <x:t>4.92%</x:t>
+    <x:t>992,181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$381,457,600.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,397,109</x:t>
-[...5 lines deleted...]
-    <x:t>4.32%</x:t>
+    <x:t>1,400,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,613,158.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
-    <x:t>529,717</x:t>
-[...5 lines deleted...]
-    <x:t>3.75%</x:t>
+    <x:t>530,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,369,678.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
-    <x:t>178,709</x:t>
-[...5 lines deleted...]
-    <x:t>3.28%</x:t>
+    <x:t>179,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,807,604.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asml Holding Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,034,876.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>V US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>498,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,521,969.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
-    <x:t>512,621</x:t>
-[...35 lines deleted...]
-    <x:t>2.68%</x:t>
+    <x:t>513,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,413,334.55</x:t>
   </x:si>
   <x:si>
     <x:t>GOOG US</x:t>
   </x:si>
   <x:si>
-    <x:t>430,665</x:t>
-[...5 lines deleted...]
-    <x:t>2.57%</x:t>
+    <x:t>431,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,714,938.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ US</x:t>
   </x:si>
   <x:si>
-    <x:t>485,682</x:t>
-[...2 lines deleted...]
-    <x:t>$166,137,217.95</x:t>
+    <x:t>486,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,911,480.07</x:t>
   </x:si>
   <x:si>
     <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
-    <x:t>822,611</x:t>
-[...5 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>824,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,468,638.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costco Wholesale Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,733,570.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Mastercard Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MA US</x:t>
   </x:si>
   <x:si>
-    <x:t>176,889</x:t>
-[...20 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>177,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,529,728.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>372,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,457,964.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ROG SW</x:t>
   </x:si>
   <x:si>
-    <x:t>188,573</x:t>
-[...5 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>188,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,080,797.48</x:t>
   </x:si>
   <x:si>
     <x:t>Netflix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NFLX US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,025,839</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>1,028,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,486,138.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Procter &amp; Gamble Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>PG US</x:t>
   </x:si>
   <x:si>
-    <x:t>504,383</x:t>
-[...2 lines deleted...]
-    <x:t>$115,083,309.91</x:t>
+    <x:t>505,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,581,843.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caterpillar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,301,859.96</x:t>
   </x:si>
   <x:si>
     <x:t>1.44%</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
-[...23 lines deleted...]
-    <x:t>$105,862,774.15</x:t>
+    <x:t>Novartis Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>455,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,251,005.09</x:t>
   </x:si>
   <x:si>
     <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Coca-Cola Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>KO US</x:t>
   </x:si>
   <x:si>
-    <x:t>895,344</x:t>
-[...2 lines deleted...]
-    <x:t>$101,119,809.68</x:t>
+    <x:t>897,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,735,928.85</x:t>
   </x:si>
   <x:si>
     <x:t>1.27%</x:t>
   </x:si>
   <x:si>
-    <x:t>Novartis Ag</x:t>
-[...11 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,103,098.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astrazeneca Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,771,551.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
-    <x:t>576,093</x:t>
-[...20 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>577,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,011,181.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Aerospace Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,709,992.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CSCO US</x:t>
   </x:si>
   <x:si>
-    <x:t>753,111</x:t>
-[...17 lines deleted...]
-    <x:t>$82,541,907.10</x:t>
+    <x:t>754,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,023,072.66</x:t>
   </x:si>
   <x:si>
     <x:t>1.03%</x:t>
   </x:si>
   <x:si>
-    <x:t>General Aerospace Co</x:t>
-[...11 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,157,541.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nestle Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NESN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>491,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,996,486.15</x:t>
   </x:si>
   <x:si>
     <x:t>Pepsico Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PEP US</x:t>
   </x:si>
   <x:si>
-    <x:t>297,579</x:t>
-[...35 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>298,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,390,450.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Unitedhealth Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UNH US</x:t>
   </x:si>
   <x:si>
-    <x:t>168,511</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>168,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,184,263.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Linde Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,257,255.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abbott Laboratories</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>356,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,428,043.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TXN US</x:t>
   </x:si>
   <x:si>
-    <x:t>184,480</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>184,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,368,562.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tjx Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,225,025.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>250,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,436,608.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,139,454.54</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
-    <x:t>921,847</x:t>
-[...62 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>923,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,025,504.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advantest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6857 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,942,266.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unilever Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULVR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>467,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,685,409.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuitive Surgical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,923,975.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arista Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>253,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,431,894.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Pacific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,672,583.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
-    <x:t>124,803</x:t>
-[...35 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>125,067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,633,295.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allianz Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALV GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,121,711.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abb Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>335,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,331,619.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honeywell International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,713,749.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uber Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>397,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,850,073.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>998,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,191,223.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,041,774.12</x:t>
   </x:si>
   <x:si>
     <x:t>Accenture Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ACN US</x:t>
   </x:si>
   <x:si>
-    <x:t>137,434</x:t>
-[...131 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>137,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,229,882.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BLK US</x:t>
   </x:si>
   <x:si>
-    <x:t>25,648</x:t>
-[...2 lines deleted...]
-    <x:t>$38,917,502.74</x:t>
+    <x:t>25,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,472,092.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Corp Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ETN US</x:t>
   </x:si>
   <x:si>
-    <x:t>74,581</x:t>
-[...20 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>74,738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,433,917.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertex Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,366,663.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lockheed Martin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,988,039.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parker-Hannifin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,281,241.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trane Technologies Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,513,943.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progressive Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,746,800.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Automatic Data Processing Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADP US</x:t>
   </x:si>
   <x:si>
-    <x:t>106,114</x:t>
-[...32 lines deleted...]
-    <x:t>$34,821,792.41</x:t>
+    <x:t>106,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,706,482.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'Oreal Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OR FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,299,757.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zurich Insurance Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZURN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,126,221.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Intuit Inc</x:t>
   </x:si>
   <x:si>
     <x:t>INTU US</x:t>
   </x:si>
   <x:si>
-    <x:t>53,250</x:t>
-[...74 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>53,363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,646,363.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Cme Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CME US</x:t>
   </x:si>
   <x:si>
-    <x:t>65,074</x:t>
-[...2 lines deleted...]
-    <x:t>$27,838,164.62</x:t>
+    <x:t>65,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,067,313.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Howmet Aerospace Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HWM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,424,922.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RIO LN</x:t>
   </x:si>
   <x:si>
-    <x:t>203,716</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>204,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,294,318.21</x:t>
   </x:si>
   <x:si>
     <x:t>Illinois Tool Works Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ITW US</x:t>
   </x:si>
   <x:si>
-    <x:t>62,381</x:t>
-[...2 lines deleted...]
-    <x:t>$25,870,406.28</x:t>
+    <x:t>62,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,559,933.72</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
+    <x:t>Moody's Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,155,714.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cintas Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,972,473.38</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sherwin-Williams Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>SHW US</x:t>
   </x:si>
   <x:si>
-    <x:t>48,461</x:t>
-[...17 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>48,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,659,430.60</x:t>
   </x:si>
   <x:si>
     <x:t>Industria De Diseno Textil Sa</x:t>
   </x:si>
   <x:si>
     <x:t>ITX SM</x:t>
   </x:si>
   <x:si>
-    <x:t>256,414</x:t>
-[...14 lines deleted...]
-    <x:t>$24,473,428.38</x:t>
+    <x:t>256,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,528,582.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokio Marine Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>409,690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,968,105.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Hermes International</x:t>
   </x:si>
   <x:si>
     <x:t>RMS FP</x:t>
   </x:si>
   <x:si>
-    <x:t>6,908</x:t>
-[...17 lines deleted...]
-    <x:t>$23,329,038.93</x:t>
+    <x:t>6,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,697,256.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,121,073.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.29%</x:t>
   </x:si>
   <x:si>
+    <x:t>Cummins Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,067,963.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,832,140.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3m Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,799,429.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muenchener Rueckversicherungs-Gesellsch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUV2 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,471,742.12</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marsh &amp; Mclennan Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MMC US</x:t>
   </x:si>
   <x:si>
-    <x:t>85,666</x:t>
-[...29 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>85,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,404,967.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fast Retailing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9983 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,404,884.65</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
-    <x:t>13,419</x:t>
-[...38 lines deleted...]
-    <x:t>$21,612,771.64</x:t>
+    <x:t>13,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,352,573.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idexx Laboratories Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDXX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,745,405.97</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
-    <x:t>Idexx Laboratories Inc</x:t>
-[...8 lines deleted...]
-    <x:t>$21,587,547.13</x:t>
+    <x:t>Relx Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>451,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,711,811.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>525,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,181,543.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,154,198.86</x:t>
   </x:si>
   <x:si>
     <x:t>Fortinet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FTNT US</x:t>
   </x:si>
   <x:si>
-    <x:t>189,058</x:t>
-[...29 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>189,457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,135,284.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keyence Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6861 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,487,440.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong Exchanges &amp; Clearing Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,486,798.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Dynamics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,372,834.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Ww Grainger Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GWW US</x:t>
   </x:si>
   <x:si>
-    <x:t>12,386</x:t>
-[...38 lines deleted...]
-    <x:t>$20,841,414.33</x:t>
+    <x:t>12,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,327,720.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Recruit Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>6098 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>315,651</x:t>
-[...17 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>316,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,273,651.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoya Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7741 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,176,389.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monster Beverage Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,136,609.36</x:t>
   </x:si>
   <x:si>
     <x:t>Regeneron Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>REGN US</x:t>
   </x:si>
   <x:si>
-    <x:t>17,467</x:t>
-[...17 lines deleted...]
-    <x:t>$18,941,250.72</x:t>
+    <x:t>17,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,004,027.23</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
-    <x:t>208,353</x:t>
-[...2 lines deleted...]
-    <x:t>$18,792,676.49</x:t>
+    <x:t>208,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,807,399.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Copco Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATCOA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>598,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,139,097.24</x:t>
   </x:si>
   <x:si>
     <x:t>Fastenal Co</x:t>
   </x:si>
   <x:si>
     <x:t>FAST US</x:t>
   </x:si>
   <x:si>
-    <x:t>275,242</x:t>
-[...29 lines deleted...]
-    <x:t>$17,937,276.31</x:t>
+    <x:t>275,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,747,223.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
-    <x:t>Atlas Copco Ab</x:t>
-[...8 lines deleted...]
-    <x:t>$17,828,546.38</x:t>
+    <x:t>Comfort Systems Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,290,364.01</x:t>
   </x:si>
   <x:si>
     <x:t>Chipotle Mexican Grill Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CMG US</x:t>
   </x:si>
   <x:si>
-    <x:t>317,360</x:t>
-[...2 lines deleted...]
-    <x:t>$17,553,748.44</x:t>
+    <x:t>318,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,044,975.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferrari Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RACE IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,677,150.24</x:t>
   </x:si>
   <x:si>
     <x:t>Autodesk Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADSK US</x:t>
   </x:si>
   <x:si>
-    <x:t>50,403</x:t>
-[...17 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>50,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,608,672.30</x:t>
   </x:si>
   <x:si>
     <x:t>Reckitt Benckiser Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RKT LN</x:t>
   </x:si>
   <x:si>
-    <x:t>134,012</x:t>
-[...2 lines deleted...]
-    <x:t>$16,725,501.61</x:t>
+    <x:t>134,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,306,278.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shin-Etsu Chemical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4063 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,668,827.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferguson Enterprises Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,114,718.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nintendo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7974 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>186,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,741,144.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compass Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>341,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,649,698.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Disco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6146 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,498,468.64</x:t>
   </x:si>
   <x:si>
     <x:t>Ameriprise Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMP US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,998</x:t>
-[...83 lines deleted...]
-    <x:t>$13,765,069.10</x:t>
+    <x:t>21,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,433,458.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,193,232.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian National Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,910,199.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,291,965.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chugai Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4519 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,603,362.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Holcim Ag</x:t>
   </x:si>
   <x:si>
     <x:t>HOLN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>94,431</x:t>
-[...17 lines deleted...]
-    <x:t>$12,879,581.05</x:t>
+    <x:t>94,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,386,081.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electronic Arts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,296,438.93</x:t>
   </x:si>
   <x:si>
     <x:t>3i Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>III LN</x:t>
   </x:si>
   <x:si>
-    <x:t>192,886</x:t>
-[...41 lines deleted...]
-    <x:t>$12,117,346.09</x:t>
+    <x:t>193,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,037,584.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Storage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,812,929.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garmin Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,804,237.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockwell Automation Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,723,455.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emcor Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,649,636.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujikura Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5803 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,648,390.39</x:t>
   </x:si>
   <x:si>
     <x:t>Old Dominion Freight Line Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ODFL US</x:t>
   </x:si>
   <x:si>
-    <x:t>41,235</x:t>
-[...26 lines deleted...]
-    <x:t>$11,787,901.11</x:t>
+    <x:t>41,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,545,947.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandvik Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAND SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,482,647.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinross Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>218,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,330,807.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paypal Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PYPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>173,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,141,527.53</x:t>
   </x:si>
   <x:si>
     <x:t>Resmed Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RMD US</x:t>
   </x:si>
   <x:si>
-    <x:t>30,524</x:t>
-[...41 lines deleted...]
-    <x:t>$11,202,134.03</x:t>
+    <x:t>30,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,075,360.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Pacific Land Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,580,726.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geberit Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,463,495.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Horton Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,460,963.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paychex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,279,084.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Celestica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,185,137.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hartford Insurance Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,184,581.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>464,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,129,427.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams-Sonoma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,124,029.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kone Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNEBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,974,863.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Experian Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>187,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,935,607.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulta Beauty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,928,613.70</x:t>
   </x:si>
   <x:si>
     <x:t>Partners Group Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>PGHN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>6,189</x:t>
-[...89 lines deleted...]
-    <x:t>$10,371,856.38</x:t>
+    <x:t>6,202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,881,222.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Givaudan Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIVN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,763,422.35</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Music Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>UMG NA</x:t>
   </x:si>
   <x:si>
-    <x:t>310,838</x:t>
-[...26 lines deleted...]
-    <x:t>$10,195,838.96</x:t>
+    <x:t>311,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,742,489.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,653,373.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,601,405.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,508,536.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,425,235.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiichi Sankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4568 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>341,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,410,183.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,171,359.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATCOB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>347,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,162,845.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Brands Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMB LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,086,186.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jabil Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,034,176.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,838,929.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adyen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADYEN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,491,123.10</x:t>
   </x:si>
   <x:si>
     <x:t>Cognizant Technology Solutions Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CTSH US</x:t>
   </x:si>
   <x:si>
-    <x:t>91,715</x:t>
-[...221 lines deleted...]
-    <x:t>$8,188,438.15</x:t>
+    <x:t>91,909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,410,913.67</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
+    <x:t>Cboe Global Markets Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBOE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,191,564.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubbell Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,723,856.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sika Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIKA SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,662,922.96</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tractor Supply Co</x:t>
   </x:si>
   <x:si>
     <x:t>TSCO US</x:t>
   </x:si>
   <x:si>
-    <x:t>103,648</x:t>
-[...14 lines deleted...]
-    <x:t>$7,862,198.70</x:t>
+    <x:t>103,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,487,729.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pultegroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,456,284.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otsuka Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,367,574.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lululemon Athletica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LULU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,355,924.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veeva Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEEV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,245,372.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Next Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,099,288.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvr Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,911,096.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Asset Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,904,342.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,899,598.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veralto Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLTO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,837,446.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,708,236.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Expeditors International Of Washington</x:t>
   </x:si>
   <x:si>
     <x:t>EXPD US</x:t>
   </x:si>
   <x:si>
-    <x:t>32,747</x:t>
-[...137 lines deleted...]
-    <x:t>$6,791,530.85</x:t>
+    <x:t>32,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,689,389.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deckers Outdoor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DECK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,631,758.90</x:t>
   </x:si>
   <x:si>
     <x:t>Ppg Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PPG US</x:t>
   </x:si>
   <x:si>
-    <x:t>37,840</x:t>
-[...5 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>37,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,595,340.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darden Restaurants Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,579,405.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lasertec Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6920 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,486,952.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtu Aero Engines Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,416,355.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Church &amp; Dwight Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,377,614.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techtronic Industries Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>669 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,321,945.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wartsila Oyj Abp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WRT1V FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,101,295.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lennox International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,084,785.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Therapeutics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,062,069.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ch Robinson Worldwide Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHRW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,026,322.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,013,416.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vat Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VACN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,985,398.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7936 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,969,079.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T Rowe Price Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,934,746.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,808,874.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RO SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,795,504.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rollins Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,762,196.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leidos Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LDOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,632,870.89</x:t>
   </x:si>
   <x:si>
     <x:t>Waters Corp</x:t>
   </x:si>
   <x:si>
     <x:t>WAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>12,321</x:t>
-[...122 lines deleted...]
-    <x:t>$6,074,266.06</x:t>
+    <x:t>12,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,614,454.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,595,153.67</x:t>
   </x:si>
   <x:si>
     <x:t>Wolters Kluwer Nv</x:t>
   </x:si>
   <x:si>
     <x:t>WKL NA</x:t>
   </x:si>
   <x:si>
-    <x:t>50,697</x:t>
-[...62 lines deleted...]
-    <x:t>$5,769,929.54</x:t>
+    <x:t>50,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,580,827.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLMA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,577,889.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>W R Berkley Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WRB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,508,015.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snap-On Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,353,306.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epiroc Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPIA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,335,117.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carlisle Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,243,887.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Publicis Groupe Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUB FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,195,917.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,155,783.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genmab A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMAB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,106,928.36</x:t>
   </x:si>
   <x:si>
     <x:t>Cdw Corp/De</x:t>
   </x:si>
   <x:si>
     <x:t>CDW US</x:t>
   </x:si>
   <x:si>
-    <x:t>28,403</x:t>
-[...98 lines deleted...]
-    <x:t>$5,390,586.14</x:t>
+    <x:t>28,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,946,897.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hannover Rueck Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HNR1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,874,252.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logitech International Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,674,690.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alfa Laval Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALFA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,654,333.85</x:t>
   </x:si>
   <x:si>
     <x:t>Check Point Software Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CHKP US</x:t>
   </x:si>
   <x:si>
-    <x:t>21,132</x:t>
-[...77 lines deleted...]
-    <x:t>$4,844,125.91</x:t>
+    <x:t>21,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,617,508.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,596,672.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F5 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFIV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,571,193.91</x:t>
   </x:si>
   <x:si>
     <x:t>Schindler Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SCHP SW</x:t>
   </x:si>
   <x:si>
-    <x:t>8,397</x:t>
-[...14 lines deleted...]
-    <x:t>$4,827,062.99</x:t>
+    <x:t>8,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,509,328.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shionogi &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,403,953.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Graco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,381,263.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moncler Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONC IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,335,588.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omnicom Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,332,088.44</x:t>
   </x:si>
   <x:si>
     <x:t>Best Buy Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBY US</x:t>
   </x:si>
   <x:si>
-    <x:t>48,039</x:t>
-[...14 lines deleted...]
-    <x:t>$4,627,982.79</x:t>
+    <x:t>48,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,262,474.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pentair Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,228,822.11</x:t>
   </x:si>
   <x:si>
     <x:t>Finecobank Banca Fineco Spa</x:t>
   </x:si>
   <x:si>
     <x:t>FBK IM</x:t>
   </x:si>
   <x:si>
-    <x:t>123,938</x:t>
-[...2 lines deleted...]
-    <x:t>$4,619,144.66</x:t>
+    <x:t>124,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,200,347.90</x:t>
   </x:si>
   <x:si>
     <x:t>Kuehne + Nagel International Ag</x:t>
   </x:si>
   <x:si>
     <x:t>KNIN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>13,086</x:t>
-[...26 lines deleted...]
-    <x:t>$4,535,640.83</x:t>
+    <x:t>13,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,189,709.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avery Dennison Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,120,782.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bandai Namco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7832 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,034,403.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sage Group Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>250,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,985,540.17</x:t>
   </x:si>
   <x:si>
     <x:t>Allegion Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ALLE US</x:t>
   </x:si>
   <x:si>
-    <x:t>17,570</x:t>
-[...14 lines deleted...]
-    <x:t>$4,437,328.59</x:t>
+    <x:t>17,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,978,222.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Straumann Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,941,565.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Admiral Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,898,447.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watsco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,876,955.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fisher &amp; Paykel Healthcare Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FPH NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,872,317.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Exchange Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGX SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,834,432.26</x:t>
   </x:si>
   <x:si>
     <x:t>Cgi Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GIB/A CN</x:t>
   </x:si>
   <x:si>
-    <x:t>36,891</x:t>
-[...101 lines deleted...]
-    <x:t>$3,905,525.25</x:t>
+    <x:t>36,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,813,222.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carlsberg As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARLB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,787,085.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dick's Sporting Goods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DKS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,686,418.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Exchange Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>197,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,677,401.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,624,910.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gartner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,605,597.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daifuku Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6383 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,596,182.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coca-Cola Hbc Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCH LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,567,451.05</x:t>
   </x:si>
   <x:si>
     <x:t>Jack Henry &amp; Associates Inc</x:t>
   </x:si>
   <x:si>
     <x:t>JKHY US</x:t>
   </x:si>
   <x:si>
-    <x:t>15,244</x:t>
-[...38 lines deleted...]
-    <x:t>$3,833,360.73</x:t>
+    <x:t>15,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,466,186.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Screen Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7735 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,453,828.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresnillo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRES LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,389,805.22</x:t>
   </x:si>
   <x:si>
     <x:t>Belimo Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BEAN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>2,374</x:t>
-[...77 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>2,379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,369,346.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metso Outotec Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>METSO FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,362,899.83</x:t>
   </x:si>
   <x:si>
     <x:t>Sonova Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SOON SW</x:t>
   </x:si>
   <x:si>
-    <x:t>9,110</x:t>
-[...2 lines deleted...]
-    <x:t>$3,520,541.59</x:t>
+    <x:t>9,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,344,031.50</x:t>
   </x:si>
   <x:si>
     <x:t>Neurocrine Biosciences Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NBIX US</x:t>
   </x:si>
   <x:si>
-    <x:t>17,615</x:t>
-[...2 lines deleted...]
-    <x:t>$3,495,125.08</x:t>
+    <x:t>17,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,248,196.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toromont Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIH CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,247,641.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oklo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,245,643.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,235,486.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smiths Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMIN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,227,855.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great-West Lifeco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GWO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,225,425.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intertek Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,151,674.40</x:t>
   </x:si>
   <x:si>
     <x:t>Orion Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>ORNBV FH</x:t>
   </x:si>
   <x:si>
-    <x:t>27,338</x:t>
-[...86 lines deleted...]
-    <x:t>$3,076,868.81</x:t>
+    <x:t>27,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,093,683.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gea Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G1A GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,059,131.99</x:t>
   </x:si>
   <x:si>
     <x:t>Beiersdorf Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BEI GR</x:t>
   </x:si>
   <x:si>
-    <x:t>17,264</x:t>
-[...62 lines deleted...]
-    <x:t>$2,956,284.69</x:t>
+    <x:t>17,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,043,416.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVO SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,764,959.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continental Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CON GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,743,058.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPIB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,726,565.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dynatrace Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,720,400.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Research Institute Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4307 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,698,100.03</x:t>
   </x:si>
   <x:si>
     <x:t>Ia Financial Corp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IAG CN</x:t>
   </x:si>
   <x:si>
-    <x:t>16,241</x:t>
-[...50 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>16,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,630,887.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,579,863.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Addtech Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADDTB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,559,221.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzijiang Shipbuilding Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YZJSGD SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,491,274.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,481,982.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wise Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WISE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,453,684.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedish Orphan Biovitrum Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOBI SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,407,892.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Futu Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,402,110.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coloplast A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,392,315.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auto Trader Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>252,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,334,722.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,299,536.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Obic Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4684 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,269,462.59</x:t>
   </x:si>
   <x:si>
     <x:t>Magnum Ice Cream Co Nv/The</x:t>
   </x:si>
   <x:si>
     <x:t>MICC LN</x:t>
   </x:si>
   <x:si>
     <x:t>101,531</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,738,220.40</x:t>
-[...68 lines deleted...]
-    <x:t>$2,455,661.90</x:t>
+    <x:t>$2,266,753.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipol Assicurazioni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,261,117.04</x:t>
   </x:si>
   <x:si>
     <x:t>Erie Indemnity Co</x:t>
   </x:si>
   <x:si>
     <x:t>ERIE US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,895</x:t>
-[...50 lines deleted...]
-    <x:t>$2,200,221.62</x:t>
+    <x:t>5,907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,235,665.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yokogawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6841 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,219,876.77</x:t>
   </x:si>
   <x:si>
     <x:t>American Financial Group Inc/Oh</x:t>
   </x:si>
   <x:si>
     <x:t>AFG US</x:t>
   </x:si>
   <x:si>
-    <x:t>11,684</x:t>
-[...38 lines deleted...]
-    <x:t>$2,115,644.19</x:t>
+    <x:t>11,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,199,115.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elisa Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELISA FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,132,642.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sitc International Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1308 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>363,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,116,646.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lifco Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIFCOB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,098,227.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paycom Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,987,937.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Pandora A/S</x:t>
   </x:si>
   <x:si>
     <x:t>PNDORA DC</x:t>
   </x:si>
   <x:si>
-    <x:t>17,115</x:t>
-[...77 lines deleted...]
-    <x:t>$1,823,628.64</x:t>
+    <x:t>17,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,969,173.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicharm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,870,698.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daito Trust Construction Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1878 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,863,504.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ipsen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,861,252.33</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NICE IT</x:t>
   </x:si>
   <x:si>
-    <x:t>11,236</x:t>
-[...14 lines deleted...]
-    <x:t>$1,752,451.84</x:t>
+    <x:t>11,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,776,711.08</x:t>
   </x:si>
   <x:si>
     <x:t>Gjensidige Forsikring Asa</x:t>
   </x:si>
   <x:si>
     <x:t>GJF NO</x:t>
   </x:si>
   <x:si>
-    <x:t>42,837</x:t>
-[...14 lines deleted...]
-    <x:t>$1,749,451.82</x:t>
+    <x:t>42,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,702,770.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ems-Chemie Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMSN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,697,894.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanrio Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8136 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,687,799.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indutrade Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDT SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,653,019.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kikkoman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2801 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,616,375.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shimadzu Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7701 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,612,643.52</x:t>
   </x:si>
   <x:si>
     <x:t>Scout24 Se</x:t>
   </x:si>
   <x:si>
     <x:t>G24 GR</x:t>
   </x:si>
   <x:si>
-    <x:t>13,556</x:t>
-[...62 lines deleted...]
-    <x:t>$1,601,707.12</x:t>
+    <x:t>13,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,557,786.68</x:t>
   </x:si>
   <x:si>
     <x:t>Rational Ag</x:t>
   </x:si>
   <x:si>
     <x:t>RAA GR</x:t>
   </x:si>
   <x:si>
-    <x:t>1,225</x:t>
-[...2 lines deleted...]
-    <x:t>$1,567,914.42</x:t>
+    <x:t>1,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,502,019.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lotus Bakeries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOTB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,410,735.37</x:t>
   </x:si>
   <x:si>
     <x:t>Zozo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3092 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>135,646</x:t>
-[...14 lines deleted...]
-    <x:t>$1,451,983.07</x:t>
+    <x:t>135,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,369,998.07</x:t>
   </x:si>
   <x:si>
     <x:t>Brown-Forman Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BF/B US</x:t>
   </x:si>
   <x:si>
-    <x:t>34,047</x:t>
-[...14 lines deleted...]
-    <x:t>$1,401,561.67</x:t>
+    <x:t>34,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,368,700.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cts Eventim Ag &amp; Co Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVD GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,248,081.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nemetschek Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,246,846.74</x:t>
   </x:si>
   <x:si>
     <x:t>Trend Micro Inc/Japan</x:t>
   </x:si>
   <x:si>
     <x:t>4704 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>25,759</x:t>
-[...26 lines deleted...]
-    <x:t>$1,334,368.14</x:t>
+    <x:t>25,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,228,010.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otsuka Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4768 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,224,099.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verbund Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VER AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,182,002.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buzzi Unicem Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BZU IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,111,864.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M3 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2413 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,108,794.14</x:t>
   </x:si>
   <x:si>
     <x:t>Tis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3626 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>38,380</x:t>
-[...38 lines deleted...]
-    <x:t>$1,212,112.67</x:t>
+    <x:t>38,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,954.90</x:t>
   </x:si>
   <x:si>
     <x:t>Sysmex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6869 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>85,421</x:t>
-[...5 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>85,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,083,336.01</x:t>
   </x:si>
   <x:si>
     <x:t>Monotaro Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3064 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>56,471</x:t>
-[...2 lines deleted...]
-    <x:t>$1,147,115.65</x:t>
+    <x:t>56,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,079,638.27</x:t>
   </x:si>
   <x:si>
     <x:t>Cvc Capital Partners Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CVC NA</x:t>
   </x:si>
   <x:si>
-    <x:t>50,487</x:t>
-[...14 lines deleted...]
-    <x:t>$1,124,601.42</x:t>
+    <x:t>50,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,036,719.69</x:t>
   </x:si>
   <x:si>
     <x:t>Kobe Bussan Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3038 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>29,778</x:t>
-[...2 lines deleted...]
-    <x:t>$1,034,693.07</x:t>
+    <x:t>29,841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$999,094.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4716 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$908,985.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockwool International A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCKB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$863,974.74</x:t>
   </x:si>
   <x:si>
     <x:t>Hikma Pharmaceuticals Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HIK LN</x:t>
   </x:si>
   <x:si>
-    <x:t>32,269</x:t>
-[...26 lines deleted...]
-    <x:t>$930,640.30</x:t>
+    <x:t>32,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$845,067.46</x:t>
   </x:si>
   <x:si>
     <x:t>La Francaise Des Jeux Saem</x:t>
   </x:si>
   <x:si>
     <x:t>FDJ FP</x:t>
   </x:si>
   <x:si>
-    <x:t>19,318</x:t>
-[...2 lines deleted...]
-    <x:t>$739,968.31</x:t>
+    <x:t>19,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$832,619.25</x:t>
   </x:si>
   <x:si>
     <x:t>MICC NA</x:t>
   </x:si>
   <x:si>
-    <x:t>3,399</x:t>
-[...2 lines deleted...]
-    <x:t>$91,634.02</x:t>
+    <x:t>3,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,095.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Software Inc/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>2299955D CN</x:t>
   </x:si>
   <x:si>
     <x:t>2,676</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$7,210,618.95</x:t>
+    <x:t>$10,888,058.20</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -3970,51 +3958,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f4ac1d544c4ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2781d98f47d64307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd430f237a3434896" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bdc2ca0e15b4128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf968cdc550e44028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R483075b7967c4f09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F307"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -4202,5951 +4190,5951 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="F134" s="1" t="s">
         <x:v>602</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="C135" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
         <x:v>647</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="C155" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
         <x:v>688</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="C156" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="D156" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="E156" s="1" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="C156" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="E165" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="F165" s="1" t="s">
         <x:v>729</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="C178" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="D178" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="F178" s="1" t="s">
         <x:v>782</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="C181" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="D181" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="E181" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
-      <x:c r="C181" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="C182" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="D182" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="E182" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
-      <x:c r="C182" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="C194" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="D194" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="E194" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="F194" s="1" t="s">
         <x:v>846</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="C195" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="D195" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="E195" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
-      <x:c r="C195" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="C205" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="D205" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="E205" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="F205" s="1" t="s">
         <x:v>891</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="C206" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="E206" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="C206" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="D207" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="E207" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="C207" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="C208" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="D208" s="1" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="E208" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="C208" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F208" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="C209" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="D209" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="E209" s="1" t="s">
         <x:v>907</x:v>
       </x:c>
-      <x:c r="C209" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:6" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:6" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="C227" s="1" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="D227" s="1" t="s">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="E227" s="1" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="F227" s="1" t="s">
         <x:v>980</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:6" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="C228" s="1" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="D228" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="E228" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="C228" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F228" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:6" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:6" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:6" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:6" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:6" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:6" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:6" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:6" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:6" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:6" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:6" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:6" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:6" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:6" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:6" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:6" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:6" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:6" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="C246" s="1" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="E246" s="1" t="s">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="F246" s="1" t="s">
         <x:v>1057</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:6" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="C247" s="1" t="s">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="D247" s="1" t="s">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="E247" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
-      <x:c r="C247" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F247" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:6" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:6" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:6" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:6" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:6" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:6" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="C253" s="1" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="D253" s="1" t="s">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="E253" s="1" t="s">
         <x:v>1084</x:v>
       </x:c>
-      <x:c r="C253" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F253" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:6" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="C254" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="D254" s="1" t="s">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="E254" s="1" t="s">
         <x:v>1088</x:v>
       </x:c>
-      <x:c r="C254" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F254" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:6" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:6" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:6" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:6" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:6" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:6" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:6" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:6" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:6" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:6" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:6" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:6" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:6" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:6" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:6" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:6" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:6" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="C271" s="1" t="s">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="D271" s="1" t="s">
+        <x:v>1154</x:v>
+      </x:c>
+      <x:c r="E271" s="1" t="s">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c r="F271" s="1" t="s">
         <x:v>1156</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:6" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:6" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:6" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:6" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:6" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:6" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:6" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:6" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:6" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:6" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:6" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:6" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:6" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:6" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:6" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:6" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:6" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:6" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:6" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:6" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:6" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="C292" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="D292" s="1" t="s">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="E292" s="1" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="F292" s="1" t="s">
         <x:v>1241</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:6" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
+        <x:v>1242</x:v>
+      </x:c>
+      <x:c r="C293" s="1" t="s">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="D293" s="1" t="s">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="E293" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
-      <x:c r="C293" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F293" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:6" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="C294" s="1" t="s">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="D294" s="1" t="s">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="E294" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
-      <x:c r="C294" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F294" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:6" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="C295" s="1" t="s">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="D295" s="1" t="s">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="E295" s="1" t="s">
         <x:v>1253</x:v>
       </x:c>
-      <x:c r="C295" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F295" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:6" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:6" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:6" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:6" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:6" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:6" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:6" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:6" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:6" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1289</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:6" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1289</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:6" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:6" ht="15" customHeight="1">
       <x:c r="A307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F307" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>