--- v2 (2026-02-27)
+++ v3 (2026-03-19)
@@ -1,3939 +1,3843 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb3ba4665f9c4ab0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca39406fc244c01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QUAL_asat_20260226" sheetId="1" r:id="R483075b7967c4f09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="QUAL_asat_20260319" sheetId="1" r:id="R70dab7ccf064463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1539" uniqueCount="1297">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 26/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1499" uniqueCount="1265">
+  <x:si>
+    <x:t>All Fund Holdings as at 19/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>META US</x:t>
   </x:si>
   <x:si>
-    <x:t>445,529</x:t>
-[...5 lines deleted...]
-    <x:t>5.14%</x:t>
+    <x:t>451,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,845,004.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,418,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$361,720,811.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AAPL US</x:t>
   </x:si>
   <x:si>
-    <x:t>992,181</x:t>
-[...20 lines deleted...]
-    <x:t>4.54%</x:t>
+    <x:t>1,005,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$355,154,278.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
-    <x:t>530,836</x:t>
-[...5 lines deleted...]
-    <x:t>3.74%</x:t>
+    <x:t>537,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$297,854,529.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
-    <x:t>179,087</x:t>
-[...5 lines deleted...]
-    <x:t>3.21%</x:t>
+    <x:t>181,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,461,377.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOGL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>520,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,368,798.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML NA</x:t>
   </x:si>
   <x:si>
-    <x:t>109,875</x:t>
-[...5 lines deleted...]
-    <x:t>2.80%</x:t>
+    <x:t>111,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,760,857.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Visa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>V US</x:t>
   </x:si>
   <x:si>
-    <x:t>498,830</x:t>
-[...17 lines deleted...]
-    <x:t>$222,413,334.55</x:t>
+    <x:t>505,547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,620,671.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
   </x:si>
   <x:si>
     <x:t>GOOG US</x:t>
   </x:si>
   <x:si>
-    <x:t>431,575</x:t>
-[...5 lines deleted...]
-    <x:t>2.33%</x:t>
+    <x:t>437,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,318,640.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ US</x:t>
   </x:si>
   <x:si>
-    <x:t>486,708</x:t>
-[...5 lines deleted...]
-    <x:t>2.08%</x:t>
+    <x:t>493,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,394,207.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
-    <x:t>824,349</x:t>
-[...5 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>835,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,009,145.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netflix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,041,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,423,455.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Costco Wholesale Corp</x:t>
   </x:si>
   <x:si>
     <x:t>COST US</x:t>
   </x:si>
   <x:si>
-    <x:t>97,659</x:t>
-[...5 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>98,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,054,483.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Mastercard Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MA US</x:t>
   </x:si>
   <x:si>
-    <x:t>177,263</x:t>
-[...5 lines deleted...]
-    <x:t>1.60%</x:t>
+    <x:t>179,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,007,119.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
-    <x:t>372,564</x:t>
-[...2 lines deleted...]
-    <x:t>$125,457,964.47</x:t>
+    <x:t>377,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,898,260.89</x:t>
   </x:si>
   <x:si>
     <x:t>1.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
-    <x:t>ROG SW</x:t>
-[...20 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>ROP SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,058,199.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caterpillar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,999,474.81</x:t>
   </x:si>
   <x:si>
     <x:t>Procter &amp; Gamble Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>PG US</x:t>
   </x:si>
   <x:si>
-    <x:t>505,449</x:t>
-[...20 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>512,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,200,711.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>NOVN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>455,630</x:t>
-[...5 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>461,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,799,746.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Coca-Cola Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>KO US</x:t>
   </x:si>
   <x:si>
-    <x:t>897,235</x:t>
-[...2 lines deleted...]
-    <x:t>$101,735,928.85</x:t>
+    <x:t>909,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,620,030.44</x:t>
   </x:si>
   <x:si>
     <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>189,152</x:t>
-[...5 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>191,699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,669,754.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>585,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,668,275.97</x:t>
   </x:si>
   <x:si>
     <x:t>Astrazeneca Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AZN LN</x:t>
   </x:si>
   <x:si>
-    <x:t>343,447</x:t>
-[...20 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>348,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,542,804.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cisco Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>764,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,874,017.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>General Aerospace Co</x:t>
   </x:si>
   <x:si>
     <x:t>GE US</x:t>
   </x:si>
   <x:si>
-    <x:t>176,446</x:t>
-[...20 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>178,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,051,677.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Kla Corp</x:t>
   </x:si>
   <x:si>
     <x:t>KLAC US</x:t>
   </x:si>
   <x:si>
-    <x:t>34,539</x:t>
-[...5 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>35,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,325,133.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Nestle Sa</x:t>
   </x:si>
   <x:si>
     <x:t>NESN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>491,393</x:t>
-[...2 lines deleted...]
-    <x:t>$73,996,486.15</x:t>
+    <x:t>498,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,523,641.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unitedhealth Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,763,544.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Pepsico Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PEP US</x:t>
   </x:si>
   <x:si>
-    <x:t>298,208</x:t>
-[...17 lines deleted...]
-    <x:t>$68,184,263.25</x:t>
+    <x:t>302,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,573,830.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Linde Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>85,815</x:t>
-[...5 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>86,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,045,817.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
     <x:t>ABT US</x:t>
   </x:si>
   <x:si>
-    <x:t>356,795</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>361,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,436,835.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tjx Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,132,203.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TXN US</x:t>
   </x:si>
   <x:si>
-    <x:t>184,870</x:t>
-[...17 lines deleted...]
-    <x:t>$53,225,025.46</x:t>
+    <x:t>187,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,511,341.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
+    <x:t>Arista Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>256,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,319,391.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novo Nordisk A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>936,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,225,982.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,507,564.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Amphenol Corp</x:t>
   </x:si>
   <x:si>
     <x:t>APH US</x:t>
   </x:si>
   <x:si>
-    <x:t>250,740</x:t>
-[...32 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>254,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,896,370.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuitive Surgical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,966,637.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,062,385.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uber Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>402,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,609,482.82</x:t>
   </x:si>
   <x:si>
     <x:t>Advantest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6857 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>192,777</x:t>
-[...2 lines deleted...]
-    <x:t>$48,942,266.21</x:t>
+    <x:t>195,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,500,220.92</x:t>
   </x:si>
   <x:si>
     <x:t>Unilever Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ULVR LN</x:t>
   </x:si>
   <x:si>
-    <x:t>467,339</x:t>
-[...32 lines deleted...]
-    <x:t>$46,431,894.67</x:t>
+    <x:t>473,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,017,204.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honeywell International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,453,506.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>UNP US</x:t>
   </x:si>
   <x:si>
-    <x:t>122,152</x:t>
-[...17 lines deleted...]
-    <x:t>$45,633,295.31</x:t>
+    <x:t>123,797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,385,794.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abb Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>339,578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,040,271.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Allianz Se</x:t>
   </x:si>
   <x:si>
     <x:t>ALV GR</x:t>
   </x:si>
   <x:si>
-    <x:t>69,013</x:t>
-[...50 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>69,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,803,696.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eaton Corp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,591,257.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accenture Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>139,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,491,970.12</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>GSK LN</x:t>
   </x:si>
   <x:si>
-    <x:t>998,707</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>1,012,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,583,635.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lockheed Martin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,628,068.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Electron Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>8035 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>100,345</x:t>
-[...17 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>101,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,302,419.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BLK US</x:t>
   </x:si>
   <x:si>
-    <x:t>25,703</x:t>
-[...17 lines deleted...]
-    <x:t>$39,433,917.08</x:t>
+    <x:t>26,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,644,044.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Vertex Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VRTX US</x:t>
   </x:si>
   <x:si>
-    <x:t>53,774</x:t>
-[...2 lines deleted...]
-    <x:t>$36,366,663.11</x:t>
+    <x:t>54,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,778,142.51</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
-    <x:t>Lockheed Martin Corp</x:t>
-[...8 lines deleted...]
-    <x:t>$35,988,039.21</x:t>
+    <x:t>Intuit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,145,199.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trane Technologies Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,806,079.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatic Data Processing Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,719,545.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progressive Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,635,131.22</x:t>
   </x:si>
   <x:si>
     <x:t>Parker-Hannifin Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PH US</x:t>
   </x:si>
   <x:si>
-    <x:t>23,979</x:t>
-[...47 lines deleted...]
-    <x:t>$32,706,482.64</x:t>
+    <x:t>24,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,332,202.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cme Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,849,292.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zurich Insurance Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZURN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,597,596.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>L'Oreal Sa</x:t>
   </x:si>
   <x:si>
     <x:t>OR FP</x:t>
   </x:si>
   <x:si>
-    <x:t>47,387</x:t>
-[...47 lines deleted...]
-    <x:t>$29,067,313.03</x:t>
+    <x:t>48,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,361,171.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Howmet Aerospace Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HWM US</x:t>
   </x:si>
   <x:si>
-    <x:t>77,524</x:t>
-[...2 lines deleted...]
-    <x:t>$28,424,922.73</x:t>
+    <x:t>78,568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,860,675.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RIO LN</x:t>
   </x:si>
   <x:si>
-    <x:t>204,146</x:t>
-[...2 lines deleted...]
-    <x:t>$28,294,318.21</x:t>
+    <x:t>206,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,951,027.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cintas Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,746,750.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moody's Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,401,106.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>532,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,357,337.62</x:t>
   </x:si>
   <x:si>
     <x:t>Illinois Tool Works Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ITW US</x:t>
   </x:si>
   <x:si>
-    <x:t>62,513</x:t>
-[...32 lines deleted...]
-    <x:t>$24,972,473.38</x:t>
+    <x:t>63,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,343,719.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,626,365.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,594,089.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokio Marine Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>415,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,333,576.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relx Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>457,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,125,656.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industria De Diseno Textil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITX SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,004,885.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,000,284.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muenchener Rueckversicherungs-Gesellsch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUV2 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,888,195.54</x:t>
   </x:si>
   <x:si>
     <x:t>Sherwin-Williams Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>SHW US</x:t>
   </x:si>
   <x:si>
-    <x:t>48,563</x:t>
-[...29 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>49,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,707,921.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cummins Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,667,110.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fast Retailing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9983 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,604,485.09</x:t>
   </x:si>
   <x:si>
     <x:t>Hermes International</x:t>
   </x:si>
   <x:si>
     <x:t>RMS FP</x:t>
   </x:si>
   <x:si>
-    <x:t>6,922</x:t>
-[...44 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>7,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,110,333.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marsh &amp; Mclennan Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,026,047.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Dynamics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,870,536.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monolithic Power Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,709,570.90</x:t>
   </x:si>
   <x:si>
     <x:t>3m Co</x:t>
   </x:si>
   <x:si>
     <x:t>MMM US</x:t>
   </x:si>
   <x:si>
-    <x:t>97,409</x:t>
-[...50 lines deleted...]
-    <x:t>$22,352,573.07</x:t>
+    <x:t>98,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,239,444.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong Exchanges &amp; Clearing Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>277,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,164,649.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,451,760.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Idexx Laboratories Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IDXX US</x:t>
   </x:si>
   <x:si>
-    <x:t>23,366</x:t>
-[...56 lines deleted...]
-    <x:t>$21,135,284.85</x:t>
+    <x:t>23,681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,312,907.69</x:t>
   </x:si>
   <x:si>
     <x:t>Keyence Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6861 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>34,603</x:t>
-[...29 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>35,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,844,673.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regeneron Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,654,262.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recruit Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6098 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320,578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,615,494.66</x:t>
   </x:si>
   <x:si>
     <x:t>Ww Grainger Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GWW US</x:t>
   </x:si>
   <x:si>
-    <x:t>12,412</x:t>
-[...17 lines deleted...]
-    <x:t>$19,273,651.64</x:t>
+    <x:t>12,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,591,699.27</x:t>
   </x:si>
   <x:si>
     <x:t>Hoya Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7741 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>72,740</x:t>
-[...2 lines deleted...]
-    <x:t>$19,176,389.12</x:t>
+    <x:t>73,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,386,212.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autodesk Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,974,551.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fastenal Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,807,635.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shin-Etsu Chemical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4063 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,520,867.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comfort Systems Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,394,121.90</x:t>
   </x:si>
   <x:si>
     <x:t>Monster Beverage Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MNST US</x:t>
   </x:si>
   <x:si>
-    <x:t>156,774</x:t>
-[...14 lines deleted...]
-    <x:t>$19,004,027.23</x:t>
+    <x:t>158,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,635,045.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nintendo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7974 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,546,615.56</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
-    <x:t>208,793</x:t>
-[...5 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>211,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,988,864.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Atlas Copco Ab</x:t>
   </x:si>
   <x:si>
     <x:t>ATCOA SS</x:t>
   </x:si>
   <x:si>
-    <x:t>598,830</x:t>
-[...29 lines deleted...]
-    <x:t>$17,290,364.01</x:t>
+    <x:t>606,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,577,866.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferrari Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RACE IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,012,844.91</x:t>
   </x:si>
   <x:si>
     <x:t>Chipotle Mexican Grill Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CMG US</x:t>
   </x:si>
   <x:si>
-    <x:t>318,031</x:t>
-[...29 lines deleted...]
-    <x:t>$16,608,672.30</x:t>
+    <x:t>322,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,866,525.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compass Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>346,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,104,590.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Reckitt Benckiser Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RKT LN</x:t>
   </x:si>
   <x:si>
-    <x:t>134,580</x:t>
-[...17 lines deleted...]
-    <x:t>$15,668,827.64</x:t>
+    <x:t>136,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,680,055.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ameriprise Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,034,573.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,015,825.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,997,081.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian National Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,901,153.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Disco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6146 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,892,110.94</x:t>
   </x:si>
   <x:si>
     <x:t>Ferguson Enterprises Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FERG US</x:t>
   </x:si>
   <x:si>
-    <x:t>40,510</x:t>
-[...95 lines deleted...]
-    <x:t>$13,291,965.74</x:t>
+    <x:t>41,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,871,423.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electronic Arts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,473,738.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emcor Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,709,369.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Pacific Land Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,125,949.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holcim Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,109,958.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paypal Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PYPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,094,350.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Storage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,969,051.65</x:t>
   </x:si>
   <x:si>
     <x:t>Chugai Pharmaceutical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4519 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>135,620</x:t>
-[...32 lines deleted...]
-    <x:t>$12,296,438.93</x:t>
+    <x:t>137,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,942,913.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garmin Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,936,730.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujikura Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5803 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,844,613.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Dominion Freight Line Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODFL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,804,305.36</x:t>
   </x:si>
   <x:si>
     <x:t>3i Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>III LN</x:t>
   </x:si>
   <x:si>
-    <x:t>193,294</x:t>
-[...26 lines deleted...]
-    <x:t>$11,804,237.32</x:t>
+    <x:t>195,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,602,253.24</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwell Automation Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ROK US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,236</x:t>
-[...41 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>20,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,291,240.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Celestica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,195,045.92</x:t>
   </x:si>
   <x:si>
     <x:t>Sandvik Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SAND SS</x:t>
   </x:si>
   <x:si>
-    <x:t>185,444</x:t>
-[...2 lines deleted...]
-    <x:t>$11,482,647.34</x:t>
+    <x:t>187,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,185,183.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paychex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,026,565.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resmed Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,982,731.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Experian Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>190,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,797,992.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hartford Insurance Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,741,756.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>471,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,492,953.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,357,070.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Partners Group Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,317,567.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Horton Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,183,036.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiichi Sankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4568 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>346,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,133,598.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,127,671.18</x:t>
   </x:si>
   <x:si>
     <x:t>Kinross Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>K CN</x:t>
   </x:si>
   <x:si>
-    <x:t>218,808</x:t>
-[...41 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>221,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,079,481.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,970,222.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams-Sonoma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,965,265.72</x:t>
   </x:si>
   <x:si>
     <x:t>Geberit Ag</x:t>
   </x:si>
   <x:si>
     <x:t>GEBN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>8,967</x:t>
-[...74 lines deleted...]
-    <x:t>$10,124,029.38</x:t>
+    <x:t>9,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,946,228.06</x:t>
   </x:si>
   <x:si>
     <x:t>Kone Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>KNEBV FH</x:t>
   </x:si>
   <x:si>
-    <x:t>94,761</x:t>
-[...17 lines deleted...]
-    <x:t>$9,935,607.81</x:t>
+    <x:t>96,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,886,880.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Givaudan Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIVN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,851,796.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jabil Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,738,085.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Brands Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMB LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>147,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,664,507.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,553,724.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,283,442.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,283,366.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cboe Global Markets Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBOE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,177,013.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,022,189.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATCOB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>352,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,962,110.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,935,890.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otsuka Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,839,897.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adyen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADYEN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,556,036.59</x:t>
   </x:si>
   <x:si>
     <x:t>Ulta Beauty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ULTA US</x:t>
   </x:si>
   <x:si>
-    <x:t>10,133</x:t>
-[...197 lines deleted...]
-    <x:t>$8,191,564.50</x:t>
+    <x:t>10,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,555,366.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veeva Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEEV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,413,991.98</x:t>
   </x:si>
   <x:si>
     <x:t>Hubbell Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HUBB US</x:t>
   </x:si>
   <x:si>
-    <x:t>10,461</x:t>
-[...2 lines deleted...]
-    <x:t>$7,723,856.59</x:t>
+    <x:t>10,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,152,772.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lasertec Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6920 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,940,287.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tractor Supply Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,835,261.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Next Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,797,132.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expeditors International Of Washington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,796,823.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lululemon Athletica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LULU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,646,918.31</x:t>
   </x:si>
   <x:si>
     <x:t>Sika Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SIKA SW</x:t>
   </x:si>
   <x:si>
-    <x:t>26,735</x:t>
-[...17 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>27,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,561,352.05</x:t>
   </x:si>
   <x:si>
     <x:t>Pultegroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PHM US</x:t>
   </x:si>
   <x:si>
-    <x:t>39,021</x:t>
-[...50 lines deleted...]
-    <x:t>$7,099,288.25</x:t>
+    <x:t>39,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,542,847.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,517,099.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Therapeutics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,491,007.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veralto Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLTO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,382,531.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,381,447.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Asset Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,345,663.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darden Restaurants Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,249,763.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,131,782.84</x:t>
   </x:si>
   <x:si>
     <x:t>Nvr Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NVR US</x:t>
   </x:si>
   <x:si>
-    <x:t>660</x:t>
-[...65 lines deleted...]
-    <x:t>$6,689,389.20</x:t>
+    <x:t>669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,128,745.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Church &amp; Dwight Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,988,468.52</x:t>
   </x:si>
   <x:si>
     <x:t>Deckers Outdoor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DECK US</x:t>
   </x:si>
   <x:si>
-    <x:t>39,429</x:t>
-[...2 lines deleted...]
-    <x:t>$6,631,758.90</x:t>
+    <x:t>39,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,903,226.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,836,689.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vat Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VACN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,791,545.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtu Aero Engines Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,762,384.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7936 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,688,441.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techtronic Industries Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>669 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>282,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,682,624.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ch Robinson Worldwide Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHRW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,679,962.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,653,874.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T Rowe Price Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,474,306.22</x:t>
   </x:si>
   <x:si>
     <x:t>Ppg Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PPG US</x:t>
   </x:si>
   <x:si>
-    <x:t>37,920</x:t>
-[...62 lines deleted...]
-    <x:t>$6,321,945.81</x:t>
+    <x:t>38,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,473,009.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wolters Kluwer Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,469,786.57</x:t>
   </x:si>
   <x:si>
     <x:t>Wartsila Oyj Abp</x:t>
   </x:si>
   <x:si>
     <x:t>WRT1V FH</x:t>
   </x:si>
   <x:si>
-    <x:t>99,225</x:t>
-[...2 lines deleted...]
-    <x:t>$6,101,295.87</x:t>
+    <x:t>100,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,457,664.09</x:t>
   </x:si>
   <x:si>
     <x:t>Lennox International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LII US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,935</x:t>
-[...89 lines deleted...]
-    <x:t>$5,808,874.90</x:t>
+    <x:t>8,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,432,057.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leidos Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LDOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,430,538.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,328,357.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rollins Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,285,259.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>W R Berkley Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WRB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,262,276.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waters Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,217,629.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLMA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,197,972.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snap-On Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,095,572.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hannover Rueck Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HNR1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,082,812.95</x:t>
   </x:si>
   <x:si>
     <x:t>RO SW</x:t>
   </x:si>
   <x:si>
-    <x:t>8,609</x:t>
-[...98 lines deleted...]
-    <x:t>$5,353,306.15</x:t>
+    <x:t>8,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,017,736.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Publicis Groupe Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUB FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,915,927.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cdw Corp/De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,793,331.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F5 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFIV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,726,396.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logitech International Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,662,270.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Check Point Software Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHKP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,645,121.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genmab A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMAB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,639,733.80</x:t>
   </x:si>
   <x:si>
     <x:t>Epiroc Ab</x:t>
   </x:si>
   <x:si>
     <x:t>EPIA SS</x:t>
   </x:si>
   <x:si>
-    <x:t>127,766</x:t>
-[...2 lines deleted...]
-    <x:t>$5,335,117.37</x:t>
+    <x:t>129,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,637,095.37</x:t>
   </x:si>
   <x:si>
     <x:t>Carlisle Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CSL US</x:t>
   </x:si>
   <x:si>
-    <x:t>9,411</x:t>
-[...77 lines deleted...]
-    <x:t>$4,674,690.64</x:t>
+    <x:t>9,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,566,891.31</x:t>
   </x:si>
   <x:si>
     <x:t>Alfa Laval Ab</x:t>
   </x:si>
   <x:si>
     <x:t>ALFA SS</x:t>
   </x:si>
   <x:si>
-    <x:t>56,340</x:t>
-[...14 lines deleted...]
-    <x:t>$4,617,508.04</x:t>
+    <x:t>57,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,553,903.62</x:t>
   </x:si>
   <x:si>
     <x:t>West Pharmaceutical Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WST US</x:t>
   </x:si>
   <x:si>
-    <x:t>13,105</x:t>
-[...14 lines deleted...]
-    <x:t>$4,571,193.91</x:t>
+    <x:t>13,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,485,830.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Admiral Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,389,899.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Best Buy Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,334,578.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Exchange Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGX SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>195,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,249,196.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shionogi &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,213,848.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Schindler Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SCHP SW</x:t>
   </x:si>
   <x:si>
-    <x:t>8,414</x:t>
-[...17 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>8,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,147,093.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bandai Namco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7832 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,108,323.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuehne + Nagel International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,087,156.95</x:t>
   </x:si>
   <x:si>
     <x:t>Graco Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GGG US</x:t>
   </x:si>
   <x:si>
-    <x:t>33,446</x:t>
-[...2 lines deleted...]
-    <x:t>$4,381,263.78</x:t>
+    <x:t>33,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,058,155.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sage Group Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,003,663.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,960,468.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omnicom Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,955,966.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finecobank Banca Fineco Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBK IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,921,471.72</x:t>
   </x:si>
   <x:si>
     <x:t>Moncler Spa</x:t>
   </x:si>
   <x:si>
     <x:t>MONC IM</x:t>
   </x:si>
   <x:si>
-    <x:t>44,550</x:t>
-[...26 lines deleted...]
-    <x:t>$4,262,474.09</x:t>
+    <x:t>45,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,901,817.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgi Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIB/A CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,797,818.17</x:t>
   </x:si>
   <x:si>
     <x:t>Pentair Plc</x:t>
   </x:si>
   <x:si>
     <x:t>PNR US</x:t>
   </x:si>
   <x:si>
-    <x:t>29,891</x:t>
-[...26 lines deleted...]
-    <x:t>$4,189,709.44</x:t>
+    <x:t>30,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,778,652.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gartner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,720,562.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegion Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,647,725.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fisher &amp; Paykel Healthcare Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FPH NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,628,996.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watsco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,627,647.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKHY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,613,159.58</x:t>
   </x:si>
   <x:si>
     <x:t>Avery Dennison Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AVY US</x:t>
   </x:si>
   <x:si>
-    <x:t>15,163</x:t>
-[...38 lines deleted...]
-    <x:t>$3,978,222.51</x:t>
+    <x:t>15,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,575,897.64</x:t>
   </x:si>
   <x:si>
     <x:t>Straumann Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>STMN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>23,443</x:t>
-[...62 lines deleted...]
-    <x:t>$3,813,222.08</x:t>
+    <x:t>23,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,432,958.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dick's Sporting Goods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DKS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,370,371.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daifuku Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6383 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,352,033.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coca-Cola Hbc Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCH LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,346,444.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Exchange Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,337,980.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neurocrine Biosciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,304,461.20</x:t>
   </x:si>
   <x:si>
     <x:t>Carlsberg As</x:t>
   </x:si>
   <x:si>
     <x:t>CARLB DC</x:t>
   </x:si>
   <x:si>
-    <x:t>17,307</x:t>
-[...89 lines deleted...]
-    <x:t>$3,466,186.83</x:t>
+    <x:t>17,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,232,966.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great-West Lifeco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GWO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,205,175.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orion Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORNBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,182,217.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toromont Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIH CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,055,611.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonova Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOON SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,045,553.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,988,943.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gea Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G1A GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,972,090.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Belimo Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEAN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,909,537.90</x:t>
   </x:si>
   <x:si>
     <x:t>Screen Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>7735 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>16,151</x:t>
-[...2 lines deleted...]
-    <x:t>$3,453,828.78</x:t>
+    <x:t>16,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,907,665.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smiths Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMIN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,888,050.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metso Outotec Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>METSO FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,866,903.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVO SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,840,284.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Research Institute Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4307 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,774,183.92</x:t>
   </x:si>
   <x:si>
     <x:t>Fresnillo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>FRES LN</x:t>
   </x:si>
   <x:si>
-    <x:t>43,397</x:t>
-[...62 lines deleted...]
-    <x:t>$3,247,641.69</x:t>
+    <x:t>43,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,750,422.96</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
-    <x:t>33,361</x:t>
-[...38 lines deleted...]
-    <x:t>$3,225,425.76</x:t>
+    <x:t>33,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,709,004.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzijiang Shipbuilding Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YZJSGD SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>577,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,622,601.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wise Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WISE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,579,775.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ia Financial Corp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,559,226.03</x:t>
   </x:si>
   <x:si>
     <x:t>Intertek Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ITRK LN</x:t>
   </x:si>
   <x:si>
-    <x:t>35,307</x:t>
-[...26 lines deleted...]
-    <x:t>$3,059,131.99</x:t>
+    <x:t>35,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,472,096.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,436,316.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPIB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,390,741.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Addtech Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADDTB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,353,669.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auto Trader Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>255,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,329,690.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sitc International Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1308 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>367,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,309,106.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Futu Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,304,620.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,284,570.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continental Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CON GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,264,768.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magnum Ice Cream Co Nv/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MICC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,225,732.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Obic Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4684 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,222,822.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedish Orphan Biovitrum Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOBI SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,219,174.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coloplast A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,200,144.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,167,083.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elisa Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELISA FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,143,453.48</x:t>
   </x:si>
   <x:si>
     <x:t>Beiersdorf Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BEI GR</x:t>
   </x:si>
   <x:si>
-    <x:t>17,301</x:t>
-[...215 lines deleted...]
-    <x:t>$2,266,753.84</x:t>
+    <x:t>17,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,118,298.33</x:t>
   </x:si>
   <x:si>
     <x:t>Unipol Assicurazioni Spa</x:t>
   </x:si>
   <x:si>
     <x:t>UNI IM</x:t>
   </x:si>
   <x:si>
-    <x:t>64,148</x:t>
-[...2 lines deleted...]
-    <x:t>$2,261,117.04</x:t>
+    <x:t>65,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,115,313.30</x:t>
   </x:si>
   <x:si>
     <x:t>Erie Indemnity Co</x:t>
   </x:si>
   <x:si>
     <x:t>ERIE US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,907</x:t>
-[...2 lines deleted...]
-    <x:t>$2,235,665.91</x:t>
+    <x:t>5,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,063,237.10</x:t>
   </x:si>
   <x:si>
     <x:t>Yokogawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6841 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>39,909</x:t>
-[...38 lines deleted...]
-    <x:t>$2,116,646.33</x:t>
+    <x:t>40,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,994,588.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,904,180.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daito Trust Construction Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1878 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,900,452.52</x:t>
   </x:si>
   <x:si>
     <x:t>Lifco Ab</x:t>
   </x:si>
   <x:si>
     <x:t>LIFCOB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>42,146</x:t>
-[...17 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>42,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,871,228.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ipsen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,784,453.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gjensidige Forsikring Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GJF NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,716,221.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanrio Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8136 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,674,620.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ems-Chemie Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMSN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,668,230.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicharm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>194,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,652,340.99</x:t>
   </x:si>
   <x:si>
     <x:t>Pandora A/S</x:t>
   </x:si>
   <x:si>
     <x:t>PNDORA DC</x:t>
   </x:si>
   <x:si>
-    <x:t>17,151</x:t>
-[...86 lines deleted...]
-    <x:t>$1,687,799.44</x:t>
+    <x:t>17,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,649,604.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scout24 Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G24 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,516,389.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kikkoman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2801 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,492,161.10</x:t>
   </x:si>
   <x:si>
     <x:t>Indutrade Ab</x:t>
   </x:si>
   <x:si>
     <x:t>INDT SS</x:t>
   </x:si>
   <x:si>
-    <x:t>45,523</x:t>
-[...14 lines deleted...]
-    <x:t>$1,616,375.69</x:t>
+    <x:t>46,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,482,727.53</x:t>
   </x:si>
   <x:si>
     <x:t>Shimadzu Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7701 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>41,050</x:t>
-[...14 lines deleted...]
-    <x:t>$1,557,786.68</x:t>
+    <x:t>41,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,431,654.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lotus Bakeries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOTB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,358,040.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137,763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,354,846.20</x:t>
   </x:si>
   <x:si>
     <x:t>Rational Ag</x:t>
   </x:si>
   <x:si>
     <x:t>RAA GR</x:t>
   </x:si>
   <x:si>
-    <x:t>1,228</x:t>
-[...38 lines deleted...]
-    <x:t>$1,368,700.88</x:t>
+    <x:t>1,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,350,898.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verbund Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VER AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,325,688.79</x:t>
   </x:si>
   <x:si>
     <x:t>Cts Eventim Ag &amp; Co Kgaa</x:t>
   </x:si>
   <x:si>
     <x:t>EVD GR</x:t>
   </x:si>
   <x:si>
-    <x:t>11,457</x:t>
-[...2 lines deleted...]
-    <x:t>$1,248,081.26</x:t>
+    <x:t>11,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,256,260.92</x:t>
   </x:si>
   <x:si>
     <x:t>Nemetschek Se</x:t>
   </x:si>
   <x:si>
     <x:t>NEM GR</x:t>
   </x:si>
   <x:si>
-    <x:t>11,074</x:t>
-[...14 lines deleted...]
-    <x:t>$1,228,010.97</x:t>
+    <x:t>11,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,240,650.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3626 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,178,694.92</x:t>
   </x:si>
   <x:si>
     <x:t>Otsuka Corp</x:t>
   </x:si>
   <x:si>
     <x:t>4768 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>44,114</x:t>
-[...14 lines deleted...]
-    <x:t>$1,182,002.73</x:t>
+    <x:t>44,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,177,645.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M3 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2413 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,117,860.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
+    <x:t>Sysmex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6869 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,074,945.40</x:t>
+  </x:si>
+  <x:si>
     <x:t>Buzzi Unicem Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BZU IM</x:t>
   </x:si>
   <x:si>
-    <x:t>13,869</x:t>
-[...38 lines deleted...]
-    <x:t>$1,083,336.01</x:t>
+    <x:t>14,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$991,978.99</x:t>
   </x:si>
   <x:si>
     <x:t>Monotaro Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3064 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>56,590</x:t>
-[...2 lines deleted...]
-    <x:t>$1,079,638.27</x:t>
+    <x:t>57,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$968,005.84</x:t>
   </x:si>
   <x:si>
     <x:t>Cvc Capital Partners Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CVC NA</x:t>
   </x:si>
   <x:si>
-    <x:t>50,594</x:t>
-[...14 lines deleted...]
-    <x:t>$999,094.42</x:t>
+    <x:t>51,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$951,792.96</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp Japan</x:t>
   </x:si>
   <x:si>
     <x:t>4716 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>10,362</x:t>
-[...2 lines deleted...]
-    <x:t>$908,985.19</x:t>
+    <x:t>10,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$873,533.42</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwool International A/S</x:t>
   </x:si>
   <x:si>
     <x:t>ROCKB DC</x:t>
   </x:si>
   <x:si>
-    <x:t>18,702</x:t>
-[...26 lines deleted...]
-    <x:t>$832,619.25</x:t>
+    <x:t>18,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$756,161.34</x:t>
   </x:si>
   <x:si>
     <x:t>MICC NA</x:t>
   </x:si>
   <x:si>
-    <x:t>3,620</x:t>
-[...2 lines deleted...]
-    <x:t>$81,095.68</x:t>
+    <x:t>5,036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,603.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Software Inc/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>2299955D CN</x:t>
   </x:si>
   <x:si>
     <x:t>2,676</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$10,888,058.20</x:t>
+    <x:t>$10,702,199.09</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -3958,56 +3862,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bdc2ca0e15b4128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf968cdc550e44028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R483075b7967c4f09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R041146ab9a4344cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcf09110119374fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R70dab7ccf064463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F307"/>
+  <x:dimension ref="A1:F299"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -4190,331 +4094,331 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
@@ -4570,431 +4474,431 @@
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
@@ -5050,191 +4954,191 @@
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
@@ -5290,511 +5194,511 @@
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>375</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="D85" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
         <x:v>392</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
@@ -5850,391 +5754,391 @@
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="D98" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="D100" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
         <x:v>476</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
@@ -6250,851 +6154,851 @@
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
         <x:v>557</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s">
         <x:v>586</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="F143" s="1" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="D149" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="F149" s="1" t="s">
         <x:v>660</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
@@ -7230,651 +7134,651 @@
       </x:c>
       <x:c r="E162" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="F164" s="1" t="s">
         <x:v>721</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="C177" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="D177" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="E177" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="F177" s="1" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
@@ -8070,959 +7974,959 @@
       </x:c>
       <x:c r="E204" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="C206" s="1" t="s">
         <x:v>892</x:v>
       </x:c>
-      <x:c r="C206" s="1" t="s">
+      <x:c r="D206" s="1" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="D206" s="1" t="s">
+      <x:c r="E206" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
-      <x:c r="E206" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="C207" s="1" t="s">
+      <x:c r="D207" s="1" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="D207" s="1" t="s">
+      <x:c r="E207" s="1" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="E207" s="1" t="s">
+      <x:c r="F207" s="1" t="s">
         <x:v>899</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
         <x:v>962</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
         <x:v>963</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
         <x:v>967</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:6" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="C226" s="1" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="D226" s="1" t="s">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c r="E226" s="1" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="F226" s="1" t="s">
         <x:v>972</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:6" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:6" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
         <x:v>982</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:6" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
         <x:v>985</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:6" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
         <x:v>989</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
         <x:v>992</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:6" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:6" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:6" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:6" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:6" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:6" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:6" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:6" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:6" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:6" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:6" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:6" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:6" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:6" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:6" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:6" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:6" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:6" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:6" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:6" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:6" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:6" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
@@ -9058,71 +8962,71 @@
     <x:row r="254" spans="1:6" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:6" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:6" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
         <x:v>1095</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:6" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
@@ -9330,816 +9234,656 @@
       </x:c>
       <x:c r="E267" s="1" t="s">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:6" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
         <x:v>1142</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:6" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
+        <x:v>1145</x:v>
+      </x:c>
+      <x:c r="C269" s="1" t="s">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c r="D269" s="1" t="s">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c r="E269" s="1" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="F269" s="1" t="s">
         <x:v>1144</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:6" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:6" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:6" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:6" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
         <x:v>1162</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:6" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:6" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:6" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
         <x:v>1174</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:6" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
         <x:v>1180</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:6" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
         <x:v>1183</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:6" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:6" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
         <x:v>1191</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
         <x:v>1192</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:6" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
         <x:v>1193</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
         <x:v>1194</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
         <x:v>1195</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:6" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
         <x:v>1199</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
         <x:v>1200</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:6" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:6" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:6" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:6" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:6" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:6" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:6" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:6" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
+        <x:v>1230</x:v>
+      </x:c>
+      <x:c r="C290" s="1" t="s">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="D290" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E290" s="1" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="F290" s="1" t="s">
         <x:v>1229</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:6" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:6" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:6" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
         <x:v>1242</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:6" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:6" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:6" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
+        <x:v>1100</x:v>
+      </x:c>
+      <x:c r="C296" s="1" t="s">
         <x:v>1254</x:v>
       </x:c>
-      <x:c r="C296" s="1" t="s">
+      <x:c r="D296" s="1" t="s">
         <x:v>1255</x:v>
       </x:c>
-      <x:c r="D296" s="1" t="s">
+      <x:c r="E296" s="1" t="s">
         <x:v>1256</x:v>
       </x:c>
-      <x:c r="E296" s="1" t="s">
+      <x:c r="F296" s="1" t="s">
         <x:v>1257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:6" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
         <x:v>1260</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:6" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
         <x:v>1263</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="E298" s="1" t="s">
         <x:v>1264</x:v>
       </x:c>
-      <x:c r="E298" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F298" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A299" s="1">
-[...159 lines deleted...]
-      <x:c r="A307" s="2" t="s">
+      <x:c r="A299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B307" s="2" t="s">
+      <x:c r="B299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C307" s="2" t="s">
+      <x:c r="C299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D307" s="2" t="s">
+      <x:c r="D299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E307" s="2" t="s">
+      <x:c r="E299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F307" s="2" t="s">
+      <x:c r="F299" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A307:F307"/>
+    <x:mergeCell ref="A299:F299"/>
   </x:mergeCells>
 </x:worksheet>
 </file>