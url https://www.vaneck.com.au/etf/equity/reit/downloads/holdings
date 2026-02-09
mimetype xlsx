--- v0 (2026-01-18)
+++ v1 (2026-02-09)
@@ -1,4068 +1,4065 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10590d113ec3462f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a59a70758264209" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REIT_asat_20260116" sheetId="1" r:id="R7227412b536d446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REIT_asat_20260206" sheetId="1" r:id="R1e2e2b0ba6ce403b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1594" uniqueCount="1340">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1589" uniqueCount="1339">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Welltower Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WELL US</x:t>
   </x:si>
   <x:si>
-    <x:t>186,970</x:t>
-[...5 lines deleted...]
-    <x:t>7.82%</x:t>
+    <x:t>196,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,081,016.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Prologis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>252,221</x:t>
-[...5 lines deleted...]
-    <x:t>7.35%</x:t>
+    <x:t>265,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,939,159.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Equinix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EQIX US</x:t>
   </x:si>
   <x:si>
-    <x:t>26,573</x:t>
-[...5 lines deleted...]
-    <x:t>4.66%</x:t>
+    <x:t>27,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,888,482.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Simon Property Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SPG US</x:t>
   </x:si>
   <x:si>
-    <x:t>88,095</x:t>
-[...5 lines deleted...]
-    <x:t>3.56%</x:t>
+    <x:t>92,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,440,124.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DLR US</x:t>
   </x:si>
   <x:si>
-    <x:t>93,553</x:t>
-[...5 lines deleted...]
-    <x:t>3.35%</x:t>
+    <x:t>98,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,142,166.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Realty Income Corp</x:t>
   </x:si>
   <x:si>
     <x:t>O US</x:t>
   </x:si>
   <x:si>
-    <x:t>248,978</x:t>
-[...5 lines deleted...]
-    <x:t>3.34%</x:t>
+    <x:t>262,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,672,013.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Public Storage</x:t>
   </x:si>
   <x:si>
     <x:t>PSA US</x:t>
   </x:si>
   <x:si>
-    <x:t>42,945</x:t>
-[...5 lines deleted...]
-    <x:t>2.76%</x:t>
+    <x:t>45,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,532,829.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Ventas Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VTR US</x:t>
   </x:si>
   <x:si>
-    <x:t>127,311</x:t>
-[...5 lines deleted...]
-    <x:t>2.18%</x:t>
+    <x:t>134,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,802,847.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VICI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,560,523.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Extra Space Storage Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EXR US</x:t>
   </x:si>
   <x:si>
-    <x:t>57,281</x:t>
-[...20 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>60,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,059,263.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Iron Mountain Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IRM US</x:t>
   </x:si>
   <x:si>
-    <x:t>79,771</x:t>
-[...5 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>84,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,488,814.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Avalonbay Communities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AVB US</x:t>
   </x:si>
   <x:si>
-    <x:t>38,667</x:t>
-[...5 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>40,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,106,775.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Residential</x:t>
   </x:si>
   <x:si>
     <x:t>EQR US</x:t>
   </x:si>
   <x:si>
-    <x:t>102,981</x:t>
-[...5 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>108,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,893,214.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Vonovia Se</x:t>
   </x:si>
   <x:si>
     <x:t>VNA GR</x:t>
   </x:si>
   <x:si>
-    <x:t>193,745</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>204,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,532,630.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essex Property Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,723,960.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Invitation Homes Inc</x:t>
   </x:si>
   <x:si>
     <x:t>INVH US</x:t>
   </x:si>
   <x:si>
-    <x:t>166,362</x:t>
-[...20 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>175,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,589,003.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wp Carey Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,310,263.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sun Communities Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,293,020.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Mid-America Apartment Communities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MAA US</x:t>
   </x:si>
   <x:si>
-    <x:t>31,636</x:t>
-[...32 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>33,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,285,438.53</x:t>
   </x:si>
   <x:si>
     <x:t>Kimco Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>KIM US</x:t>
   </x:si>
   <x:si>
-    <x:t>181,686</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>191,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,963,843.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unibail-Rodamco-Westfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URW FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,646,362.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Segro Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SGRO LN</x:t>
   </x:si>
   <x:si>
-    <x:t>366,778</x:t>
-[...2 lines deleted...]
-    <x:t>$5,492,070.37</x:t>
+    <x:t>386,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,641,711.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regency Centers Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,555,103.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Omega Healthcare Investors Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OHI US</x:t>
   </x:si>
   <x:si>
-    <x:t>80,214</x:t>
-[...2 lines deleted...]
-    <x:t>$5,369,613.37</x:t>
+    <x:t>84,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,461,453.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.78%</x:t>
   </x:si>
   <x:si>
-    <x:t>Unibail-Rodamco-Westfield</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Host Hotels &amp; Resorts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HST US</x:t>
   </x:si>
   <x:si>
-    <x:t>186,449</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>196,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,424,903.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swiss Prime Site Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPSN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,412,848.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity Lifestyle Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,143,448.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Udr Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,071,674.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Gaming And Leisure Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GLPI US</x:t>
   </x:si>
   <x:si>
-    <x:t>73,823</x:t>
-[...20 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>77,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,030,703.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Healthpeak Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DOC US</x:t>
   </x:si>
   <x:si>
-    <x:t>188,470</x:t>
-[...32 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>198,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,775,212.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Link Reit</x:t>
   </x:si>
   <x:si>
     <x:t>823 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>703,288</x:t>
-[...5 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>740,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,739,235.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capitaland Integrated Commercial Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CICT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,696,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,667,033.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Camden Property Trust</x:t>
   </x:si>
   <x:si>
     <x:t>CPT US</x:t>
   </x:si>
   <x:si>
-    <x:t>28,700</x:t>
-[...14 lines deleted...]
-    <x:t>$4,506,102.94</x:t>
+    <x:t>30,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,601,533.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>American Homes 4 Rent</x:t>
   </x:si>
   <x:si>
     <x:t>AMH US</x:t>
   </x:si>
   <x:si>
-    <x:t>92,895</x:t>
-[...2 lines deleted...]
-    <x:t>$4,499,786.41</x:t>
+    <x:t>97,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,307,828.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Boston Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BXP US</x:t>
   </x:si>
   <x:si>
-    <x:t>43,064</x:t>
-[...5 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>45,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,190,888.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Eastgroup Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EGP US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,395</x:t>
-[...2 lines deleted...]
-    <x:t>$4,050,122.45</x:t>
+    <x:t>15,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,110,718.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Alexandria Real Estate Equities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ARE US</x:t>
   </x:si>
   <x:si>
-    <x:t>46,636</x:t>
-[...2 lines deleted...]
-    <x:t>$4,041,251.61</x:t>
+    <x:t>49,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,919,980.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psp Swiss Property Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSPN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,771,865.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Rexford Industrial Realty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>REXR US</x:t>
   </x:si>
   <x:si>
-    <x:t>63,382</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>66,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,714,010.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal Realty Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,677,938.95</x:t>
   </x:si>
   <x:si>
     <x:t>Cubesmart</x:t>
   </x:si>
   <x:si>
     <x:t>CUBE US</x:t>
   </x:si>
   <x:si>
-    <x:t>61,545</x:t>
-[...20 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>64,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,552,711.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caretrust REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTRE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,533,378.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brixmor Property Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,524,913.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agree Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,455,544.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Hongkong Land Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HKL SP</x:t>
   </x:si>
   <x:si>
-    <x:t>277,039</x:t>
-[...41 lines deleted...]
-    <x:t>$3,368,679.30</x:t>
+    <x:t>291,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,407,183.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Capitaland Ascendas Reit</x:t>
   </x:si>
   <x:si>
     <x:t>CLAR SP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,013,361</x:t>
-[...14 lines deleted...]
-    <x:t>$3,304,596.97</x:t>
+    <x:t>1,067,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,355,842.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>American Healthcare REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AHR US</x:t>
   </x:si>
   <x:si>
-    <x:t>45,514</x:t>
-[...2 lines deleted...]
-    <x:t>$3,270,903.71</x:t>
+    <x:t>47,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,337,715.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Klepierre Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,287,006.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>National Retail Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NNN US</x:t>
   </x:si>
   <x:si>
-    <x:t>50,839</x:t>
-[...17 lines deleted...]
-    <x:t>$3,237,466.49</x:t>
+    <x:t>53,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,280,243.06</x:t>
   </x:si>
   <x:si>
     <x:t>First Industrial Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FR US</x:t>
   </x:si>
   <x:si>
-    <x:t>34,798</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>36,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,128,467.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Building Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8951 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>2,148</x:t>
-[...5 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>2,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,010,456.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Stag Industrial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>STAG US</x:t>
   </x:si>
   <x:si>
-    <x:t>50,753</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>53,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,999,992.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terreno Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRNO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,735,793.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Land Securities Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LAND LN</x:t>
   </x:si>
   <x:si>
-    <x:t>201,729</x:t>
-[...17 lines deleted...]
-    <x:t>$2,581,811.58</x:t>
+    <x:t>212,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,725,516.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essential Properties Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,552,959.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Londonmetric Property Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LMP LN</x:t>
   </x:si>
   <x:si>
-    <x:t>608,581</x:t>
-[...2 lines deleted...]
-    <x:t>$2,486,635.21</x:t>
+    <x:t>641,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,491,634.69</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
-    <x:t>Essential Properties Realty Trust Inc</x:t>
-[...8 lines deleted...]
-    <x:t>$2,467,830.72</x:t>
+    <x:t>Ryman Hospitality Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,448,685.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merlin Properties Socimi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRL SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,362,184.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wharf Real Estate Investment Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1997 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>444,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,273,238.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Healthcare Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,269,885.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leg Immobilien Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,260,820.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Vornado Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>VNO US</x:t>
   </x:si>
   <x:si>
-    <x:t>47,952</x:t>
-[...44 lines deleted...]
-    <x:t>$2,293,646.34</x:t>
+    <x:t>50,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,254,662.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tritax Big Box REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBOX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>699,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,216,675.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>British Land Co Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLND LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,214,616.42</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Real Estate Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8952 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,820</x:t>
-[...32 lines deleted...]
-    <x:t>$2,200,763.36</x:t>
+    <x:t>1,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,213,523.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Warehouses De Pauw Cva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDP BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,192,329.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kite Realty Group Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,189,369.10</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Metropolitan Fund Invest</x:t>
   </x:si>
   <x:si>
     <x:t>8953 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,823</x:t>
-[...14 lines deleted...]
-    <x:t>$2,171,071.74</x:t>
+    <x:t>1,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,154,094.60</x:t>
   </x:si>
   <x:si>
     <x:t>Fastighets Ab Balder</x:t>
   </x:si>
   <x:si>
     <x:t>BALDB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>188,281</x:t>
-[...2 lines deleted...]
-    <x:t>$2,081,349.53</x:t>
+    <x:t>198,362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,100,259.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
-    <x:t>Kite Realty Group Trust</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Azrieli Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AZRG IT</x:t>
   </x:si>
   <x:si>
-    <x:t>9,957</x:t>
-[...14 lines deleted...]
-    <x:t>$2,037,132.23</x:t>
+    <x:t>10,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,041,041.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macerich Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,016,492.82</x:t>
   </x:si>
   <x:si>
     <x:t>Gecina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GFC FP</x:t>
   </x:si>
   <x:si>
-    <x:t>13,899</x:t>
-[...2 lines deleted...]
-    <x:t>$1,921,458.41</x:t>
+    <x:t>14,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,946,500.25</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
-    <x:t>Macerich Co/The</x:t>
-[...8 lines deleted...]
-    <x:t>$1,917,368.14</x:t>
+    <x:t>Phillips Edison &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PECO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,917,878.44</x:t>
   </x:si>
   <x:si>
     <x:t>Sagax Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SAGAB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>57,983</x:t>
-[...2 lines deleted...]
-    <x:t>$1,887,202.65</x:t>
+    <x:t>61,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,909,828.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Chartwell Retirement Residences</x:t>
   </x:si>
   <x:si>
     <x:t>CSH-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>82,272</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>86,677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,903,430.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sabra Health Care REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,830,997.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Nomura Real Estate Master Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3462 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,118</x:t>
-[...14 lines deleted...]
-    <x:t>$1,842,869.79</x:t>
+    <x:t>1,178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,805,044.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Apartment Properties Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAR-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,796,430.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allreal Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,778,778.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riocan Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REI-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,761,412.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Cousins Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CUZ US</x:t>
   </x:si>
   <x:si>
-    <x:t>45,369</x:t>
-[...26 lines deleted...]
-    <x:t>$1,821,215.55</x:t>
+    <x:t>47,798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,749,148.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epr Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,715,719.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aedifica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AED BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,713,726.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Prologis REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3283 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,704,283.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castellum Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAST SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,702,644.43</x:t>
   </x:si>
   <x:si>
     <x:t>Kilroy Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>KRC US</x:t>
   </x:si>
   <x:si>
-    <x:t>31,890</x:t>
-[...32 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>33,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,678,291.44</x:t>
   </x:si>
   <x:si>
     <x:t>Glp J-Reit</x:t>
   </x:si>
   <x:si>
     <x:t>3281 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,189</x:t>
-[...2 lines deleted...]
-    <x:t>$1,711,569.40</x:t>
+    <x:t>1,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,626,954.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cofinimmo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COFB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,626,248.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Independence Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,616,263.90</x:t>
   </x:si>
   <x:si>
     <x:t>Kdx Realty Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8972 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,006</x:t>
-[...53 lines deleted...]
-    <x:t>$1,661,678.45</x:t>
+    <x:t>1,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,610,730.21</x:t>
   </x:si>
   <x:si>
     <x:t>Granite Real Estate Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>GRT-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>16,399</x:t>
-[...29 lines deleted...]
-    <x:t>$1,585,394.17</x:t>
+    <x:t>17,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,601,705.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Health Investors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,598,847.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unite Group Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,524,591.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobimo Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,518,991.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tanger Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,517,447.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copt Defense Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,496,409.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadstone Net Lease Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,478,510.34</x:t>
   </x:si>
   <x:si>
     <x:t>Americold Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>COLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>77,514</x:t>
-[...2 lines deleted...]
-    <x:t>$1,573,370.08</x:t>
+    <x:t>81,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,475,581.46</x:t>
   </x:si>
   <x:si>
     <x:t>Daiwa House REIT Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8984 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,122</x:t>
-[...29 lines deleted...]
-    <x:t>$1,513,793.34</x:t>
+    <x:t>1,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,459,478.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary Health Properties Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>720,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,441,088.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orix Jreit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8954 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,427,114.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>United Urban Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8960 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>826</x:t>
-[...17 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,426,508.97</x:t>
   </x:si>
   <x:si>
     <x:t>Mapletree Logistics Trust</x:t>
   </x:si>
   <x:si>
     <x:t>MLT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>918,751</x:t>
-[...50 lines deleted...]
-    <x:t>$1,415,764.02</x:t>
+    <x:t>967,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,423,558.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Covivio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COV FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,419,443.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keppel Dc Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDCREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>555,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,390,742.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mapletree Industrial Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MINT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>592,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,351,386.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melisron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLSR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,309,789.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Choice Properties Real Estate Investmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHP-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,300,261.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Capital Realty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCR-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,286,212.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tag Immobilien Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,275,800.15</x:t>
   </x:si>
   <x:si>
     <x:t>Sl Green Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SLG US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,338</x:t>
-[...83 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>20,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,271,258.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swire Properties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1972 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,259,392.05</x:t>
   </x:si>
   <x:si>
     <x:t>Invincible Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8963 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,974</x:t>
-[...26 lines deleted...]
-    <x:t>$1,218,683.11</x:t>
+    <x:t>2,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,258,593.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lxp Industrial Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LXP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,216,260.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaftesbury Capital Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>420,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,183,516.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advance Residence Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3269 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,151,916.87</x:t>
   </x:si>
   <x:si>
     <x:t>Highwoods Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HIW US</x:t>
   </x:si>
   <x:si>
-    <x:t>29,380</x:t>
-[...53 lines deleted...]
-    <x:t>$1,154,784.65</x:t>
+    <x:t>30,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,149,095.08</x:t>
   </x:si>
   <x:si>
     <x:t>Dream Industrial Real Estate Investment</x:t>
   </x:si>
   <x:si>
     <x:t>DIR-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>77,481</x:t>
-[...2 lines deleted...]
-    <x:t>$1,127,006.87</x:t>
+    <x:t>81,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,140,666.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
+    <x:t>Wihlborgs Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIHL SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,135,197.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derwent London Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,120,455.94</x:t>
+  </x:si>
+  <x:si>
     <x:t>Acadia Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AKR US</x:t>
   </x:si>
   <x:si>
-    <x:t>35,516</x:t>
-[...2 lines deleted...]
-    <x:t>$1,119,095.62</x:t>
+    <x:t>37,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,120,430.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lineage Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LINE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,115,426.33</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Hospitality REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>APLE US</x:t>
   </x:si>
   <x:si>
-    <x:t>60,270</x:t>
-[...26 lines deleted...]
-    <x:t>$1,098,607.46</x:t>
+    <x:t>63,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,102,010.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medical Properties Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,093,182.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Four Corners Property Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCPT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,085,715.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Edge Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,082,580.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Hotel REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8985 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,069,447.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Big Yellow Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BYG LN</x:t>
   </x:si>
   <x:si>
-    <x:t>50,374</x:t>
-[...53 lines deleted...]
-    <x:t>$1,044,588.05</x:t>
+    <x:t>53,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,068,320.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smartcentres Real Estate Investment Tru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRU-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,050,378.25</x:t>
   </x:si>
   <x:si>
     <x:t>Mapletree Pan Asia Commercial Trust</x:t>
   </x:si>
   <x:si>
     <x:t>MPACT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>611,180</x:t>
-[...14 lines deleted...]
-    <x:t>$1,036,082.47</x:t>
+    <x:t>643,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,040,922.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hammerson Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMSO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$995,637.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Curbline Properties Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CURB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$995,363.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suntec Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>599,187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$982,123.33</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Prime Realty Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8955 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>970</x:t>
-[...17 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>1,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$980,148.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inmobiliaria Colonial Socimi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$970,934.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aroundtown Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AT1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$961,391.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inventrust Properties Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$960,466.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pandox Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNDXB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$959,566.50</x:t>
   </x:si>
   <x:si>
     <x:t>Safestore Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SAFE LN</x:t>
   </x:si>
   <x:si>
-    <x:t>57,816</x:t>
-[...2 lines deleted...]
-    <x:t>$969,252.71</x:t>
+    <x:t>60,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$948,009.77</x:t>
   </x:si>
   <x:si>
     <x:t>National Storage Affiliates Trust</x:t>
   </x:si>
   <x:si>
     <x:t>NSA US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,143</x:t>
-[...2 lines deleted...]
-    <x:t>$968,540.41</x:t>
+    <x:t>20,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$940,683.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keppel Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>860,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$927,918.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Hotels &amp; Resorts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$925,674.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Frasers Centrepoint Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>365,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$923,237.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sekisui House REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3309 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$923,155.32</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial &amp; Infrastructure Fund Invest</x:t>
   </x:si>
   <x:si>
     <x:t>3249 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>644</x:t>
-[...14 lines deleted...]
-    <x:t>$963,454.45</x:t>
+    <x:t>679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$921,805.01</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsui Fudosan Logistics Park Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3471 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>809</x:t>
-[...125 lines deleted...]
-    <x:t>$910,140.85</x:t>
+    <x:t>852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$903,162.69</x:t>
   </x:si>
   <x:si>
     <x:t>Catena Ab</x:t>
   </x:si>
   <x:si>
     <x:t>CATE SS</x:t>
   </x:si>
   <x:si>
-    <x:t>11,451</x:t>
-[...2 lines deleted...]
-    <x:t>$900,200.61</x:t>
+    <x:t>12,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$900,168.31</x:t>
   </x:si>
   <x:si>
     <x:t>Frasers Logistics &amp; Commercial Trust</x:t>
   </x:si>
   <x:si>
     <x:t>FLT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>751,192</x:t>
-[...2 lines deleted...]
-    <x:t>$898,238.28</x:t>
+    <x:t>791,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$897,467.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H&amp;R Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HR-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$842,127.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Accommodations Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3226 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>633</x:t>
-[...5 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$833,291.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boardwalk Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEI-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$833,125.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sirius Real Estate Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>423,925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$817,942.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capitaland Ascott Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLAS SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>748,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$815,118.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamondrock Hospitality Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$797,587.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activia Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3279 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$793,149.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Net Lease Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$770,733.86</x:t>
   </x:si>
   <x:si>
     <x:t>Amot Investments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AMOT IT</x:t>
   </x:si>
   <x:si>
-    <x:t>65,063</x:t>
-[...89 lines deleted...]
-    <x:t>$756,083.24</x:t>
+    <x:t>68,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$755,554.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great Portland Estates Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$752,617.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montea Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONT BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$737,833.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fabege Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FABG SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,937.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Kojamo Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>KOJAMO FH</x:t>
   </x:si>
   <x:si>
-    <x:t>41,419</x:t>
-[...26 lines deleted...]
-    <x:t>$728,327.02</x:t>
+    <x:t>43,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,985.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vgp Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGP BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,562.28</x:t>
   </x:si>
   <x:si>
     <x:t>Douglas Emmett Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DEI US</x:t>
   </x:si>
   <x:si>
-    <x:t>43,596</x:t>
-[...2 lines deleted...]
-    <x:t>$725,675.53</x:t>
+    <x:t>45,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$694,210.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hysan Development Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$690,962.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ltc Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$688,404.99</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Logistics Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8967 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>699</x:t>
-[...17 lines deleted...]
-    <x:t>$689,271.79</x:t>
+    <x:t>736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$677,063.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Getty Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$673,673.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunstone Hotel Investors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$673,533.44</x:t>
   </x:si>
   <x:si>
     <x:t>Lasalle Logiport Reit</x:t>
   </x:si>
   <x:si>
     <x:t>3466 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>443</x:t>
-[...62 lines deleted...]
-    <x:t>$631,380.81</x:t>
+    <x:t>467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$669,689.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netstreit Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$657,713.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
-    <x:t>Netstreit Corp</x:t>
-[...8 lines deleted...]
-    <x:t>$624,960.80</x:t>
+    <x:t>Wallenstam Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALLB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$631,925.41</x:t>
   </x:si>
   <x:si>
     <x:t>Killam Apartment Real Estate Investment</x:t>
   </x:si>
   <x:si>
     <x:t>KMP-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>32,583</x:t>
-[...14 lines deleted...]
-    <x:t>$615,646.00</x:t>
+    <x:t>34,327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$631,299.40</x:t>
   </x:si>
   <x:si>
     <x:t>Alexander &amp; Baldwin Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ALEX US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,648</x:t>
-[...2 lines deleted...]
-    <x:t>$613,218.79</x:t>
+    <x:t>20,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,333.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primaris Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PMZ-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$606,353.41</x:t>
   </x:si>
   <x:si>
     <x:t>Aeon REIT Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>3292 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>460</x:t>
-[...2 lines deleted...]
-    <x:t>$609,459.17</x:t>
+    <x:t>485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,855.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xenia Hotels &amp; Resorts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,259.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pebblebrook Hotel Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$588,900.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Frontier Real Estate Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8964 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>666</x:t>
-[...2 lines deleted...]
-    <x:t>$594,147.40</x:t>
+    <x:t>701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$584,908.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa Securities Living Investments Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8986 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$575,473.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hufvudstaden Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUFVA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$574,236.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supermarket Income REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUPR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>352,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,990.67</x:t>
   </x:si>
   <x:si>
     <x:t>Comforia Residential REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3282 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>178</x:t>
-[...41 lines deleted...]
-    <x:t>$580,742.03</x:t>
+    <x:t>563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,169.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parkway Life Real Estate Investment Tru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,029.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sila Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SILA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,185.26</x:t>
   </x:si>
   <x:si>
     <x:t>Hulic REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3295 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>335</x:t>
-[...26 lines deleted...]
-    <x:t>$567,111.60</x:t>
+    <x:t>353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,602.73</x:t>
   </x:si>
   <x:si>
     <x:t>Innovative Industrial Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IIPR US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,475</x:t>
-[...26 lines deleted...]
-    <x:t>$556,143.61</x:t>
+    <x:t>7,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,804.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cibus Nordic Real Estate Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIBUS SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,035.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interrent Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IIP-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,790.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xior Student Housing Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XIOR BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,148.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allied Properties Real Estate Investmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,630.06</x:t>
   </x:si>
   <x:si>
     <x:t>Mori Hills REIT Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>3234 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>378</x:t>
-[...14 lines deleted...]
-    <x:t>$537,239.46</x:t>
+    <x:t>399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,150.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eurocommercial Properties Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECMPA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,638.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nyfosa Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYF SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,041.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Umh Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UMH US</x:t>
   </x:si>
   <x:si>
-    <x:t>21,608</x:t>
-[...26 lines deleted...]
-    <x:t>$526,259.58</x:t>
+    <x:t>22,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,935.87</x:t>
   </x:si>
   <x:si>
     <x:t>Argan Sa</x:t>
   </x:si>
   <x:si>
     <x:t>ARG FP</x:t>
   </x:si>
   <x:si>
-    <x:t>4,464</x:t>
-[...38 lines deleted...]
-    <x:t>$513,499.93</x:t>
+    <x:t>4,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,687.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carmila Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,238.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Wohnen Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWNI GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,073.30</x:t>
   </x:si>
   <x:si>
     <x:t>Crombie Real Estate Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>CRR-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>29,371</x:t>
-[...17 lines deleted...]
-    <x:t>$503,455.95</x:t>
+    <x:t>30,944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,458.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veris Residential Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,141.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercialys Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$496,130.36</x:t>
   </x:si>
   <x:si>
     <x:t>Shurgard Self Storage Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SHUR BB</x:t>
   </x:si>
   <x:si>
-    <x:t>8,847</x:t>
-[...2 lines deleted...]
-    <x:t>$502,117.59</x:t>
+    <x:t>9,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$496,089.52</x:t>
   </x:si>
   <x:si>
     <x:t>Daiwa Office Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8976 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>137</x:t>
-[...14 lines deleted...]
-    <x:t>$501,427.49</x:t>
+    <x:t>145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$488,169.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kennedy-Wilson Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$486,047.70</x:t>
   </x:si>
   <x:si>
     <x:t>Esr-Logos Reit</x:t>
   </x:si>
   <x:si>
     <x:t>EREIT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>152,890</x:t>
-[...2 lines deleted...]
-    <x:t>$496,981.81</x:t>
+    <x:t>161,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,678.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICAD FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$479,142.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Precinct Properties New Zealand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2291020D NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>480,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$478,582.98</x:t>
   </x:si>
   <x:si>
     <x:t>Mori Trust REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8961 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>639</x:t>
-[...14 lines deleted...]
-    <x:t>$487,268.94</x:t>
+    <x:t>673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$477,038.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intershop Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,790.15</x:t>
   </x:si>
   <x:si>
     <x:t>Ntt Ud REIT Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8956 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>350</x:t>
-[...26 lines deleted...]
-    <x:t>$470,816.73</x:t>
+    <x:t>368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,806.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsubishi Estate Logistics REIT Invest</x:t>
   </x:si>
   <x:si>
     <x:t>3481 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>357</x:t>
-[...50 lines deleted...]
-    <x:t>$453,247.95</x:t>
+    <x:t>376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$452,292.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Goodman Property Trust</x:t>
   </x:si>
   <x:si>
     <x:t>GMT NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>262,258</x:t>
-[...5 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>276,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$451,902.68</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyu REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8957 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>222</x:t>
-[...2 lines deleted...]
-    <x:t>$440,669.83</x:t>
+    <x:t>234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,983.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piedmont Office Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$445,573.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rlj Lodging Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RLJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,857.36</x:t>
   </x:si>
   <x:si>
     <x:t>Centerspace</x:t>
   </x:si>
   <x:si>
     <x:t>CSR US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,533</x:t>
-[...2 lines deleted...]
-    <x:t>$438,948.85</x:t>
+    <x:t>4,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$437,961.85</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Excellent Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8987 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>300</x:t>
-[...14 lines deleted...]
-    <x:t>$428,056.75</x:t>
+    <x:t>316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$431,299.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Easterly Government Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$414,925.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3296 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,336.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortune Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>778 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>434,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$405,838.58</x:t>
   </x:si>
   <x:si>
     <x:t>Jbg Smith Properties</x:t>
   </x:si>
   <x:si>
     <x:t>JBGS US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,101</x:t>
-[...14 lines deleted...]
-    <x:t>$423,710.79</x:t>
+    <x:t>16,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,618.52</x:t>
   </x:si>
   <x:si>
     <x:t>Heiwa Real Estate REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8966 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>274</x:t>
-[...26 lines deleted...]
-    <x:t>$397,775.91</x:t>
+    <x:t>289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,599.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Assets Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$398,452.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empire State Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,186.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northwest Healthcare Properties Real Es</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NWH-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$381,531.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Np3 Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NP3 SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,783.39</x:t>
   </x:si>
   <x:si>
     <x:t>Star Asia Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>3468 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>657</x:t>
-[...41 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,972.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wereldhave Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,330.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Retail Estates Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RET BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,548.83</x:t>
   </x:si>
   <x:si>
     <x:t>Hoshino Resorts REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3287 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>148</x:t>
-[...26 lines deleted...]
-    <x:t>$365,790.52</x:t>
+    <x:t>156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,932.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ca Immobilien Anlagen Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAI AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,727.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Target Healthcare REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THRL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,019.84</x:t>
   </x:si>
   <x:si>
     <x:t>Fukuoka REIT Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8968 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>196</x:t>
-[...26 lines deleted...]
-    <x:t>$354,895.93</x:t>
+    <x:t>207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,783.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lendlease Global Commercial Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>493,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,112.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kiwi Property Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KPG NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>408,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,802.44</x:t>
   </x:si>
   <x:si>
     <x:t>Atrium Ljungberg Ab</x:t>
   </x:si>
   <x:si>
     <x:t>ATRLJB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>62,289</x:t>
-[...50 lines deleted...]
-    <x:t>$342,886.98</x:t>
+    <x:t>65,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,651.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Istar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,352.34</x:t>
   </x:si>
   <x:si>
     <x:t>Global One Real Estate Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8958 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>253</x:t>
-[...14 lines deleted...]
-    <x:t>$338,773.82</x:t>
+    <x:t>267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$336,481.74</x:t>
   </x:si>
   <x:si>
     <x:t>Storagevault Canada Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SVI CN</x:t>
   </x:si>
   <x:si>
-    <x:t>60,766</x:t>
-[...2 lines deleted...]
-    <x:t>$334,069.02</x:t>
+    <x:t>64,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,346.76</x:t>
   </x:si>
   <x:si>
     <x:t>Grand City Properties Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GYC GR</x:t>
   </x:si>
   <x:si>
-    <x:t>18,546</x:t>
-[...2 lines deleted...]
-    <x:t>$316,099.20</x:t>
+    <x:t>19,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,029.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedish Logistic Property Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLPB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,263.92</x:t>
   </x:si>
   <x:si>
     <x:t>Apartment Investment And Management Co</x:t>
   </x:si>
   <x:si>
     <x:t>AIV US</x:t>
   </x:si>
   <x:si>
-    <x:t>35,524</x:t>
-[...14 lines deleted...]
-    <x:t>$314,914.83</x:t>
+    <x:t>37,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,291.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workspace Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,113.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dios Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIOS SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,764.59</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Reits Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>395400 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>52,524</x:t>
-[...29 lines deleted...]
-    <x:t>$295,181.09</x:t>
+    <x:t>55,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,294.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aims Apac Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,904.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hankyu Hanshin REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8977 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,886.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hiag Immobilien Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIAG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,521.14</x:t>
   </x:si>
   <x:si>
     <x:t>Stoneweg Europe Stapled Trust</x:t>
   </x:si>
   <x:si>
     <x:t>SERT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>98,082</x:t>
-[...38 lines deleted...]
-    <x:t>$288,500.98</x:t>
+    <x:t>103,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,025.63</x:t>
   </x:si>
   <x:si>
     <x:t>Nexpoint Residential Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NXRT US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,049</x:t>
-[...2 lines deleted...]
-    <x:t>$286,309.99</x:t>
+    <x:t>6,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,604.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irish Residential Properties REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRES ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,006.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Care Property Invest Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPINV BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,757.27</x:t>
   </x:si>
   <x:si>
     <x:t>Starhill Global Reit</x:t>
   </x:si>
   <x:si>
     <x:t>SGREIT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>383,205</x:t>
-[...2 lines deleted...]
-    <x:t>$266,922.88</x:t>
+    <x:t>403,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,072.75</x:t>
   </x:si>
   <x:si>
     <x:t>Oue Commercial Real Estate Investment T</x:t>
   </x:si>
   <x:si>
     <x:t>OUEREIT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>604,212</x:t>
-[...2 lines deleted...]
-    <x:t>$256,026.90</x:t>
+    <x:t>636,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,719.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pphe Hotel Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPH LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,125.85</x:t>
   </x:si>
   <x:si>
     <x:t>Cre Logistics REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3487 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>153</x:t>
-[...26 lines deleted...]
-    <x:t>$242,670.81</x:t>
+    <x:t>162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245,283.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2778 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>510,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,501.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Picton Property Income Ltd/The</x:t>
   </x:si>
   <x:si>
     <x:t>PCTN LN</x:t>
   </x:si>
   <x:si>
-    <x:t>141,586</x:t>
-[...5 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>149,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,088.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ichigo Office REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8975 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,738.77</x:t>
   </x:si>
   <x:si>
     <x:t>Mirai Corp</x:t>
   </x:si>
   <x:si>
     <x:t>3476 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>481</x:t>
-[...26 lines deleted...]
-    <x:t>$230,046.95</x:t>
+    <x:t>507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,508.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cdl Hospitality Trusts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>227,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,837.98</x:t>
   </x:si>
   <x:si>
     <x:t>Sosila Logistics REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>2979 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>$229,091.26</x:t>
-[...23 lines deleted...]
-    <x:t>$227,707.44</x:t>
+    <x:t>$217,080.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Platzer Fastigheter Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLAZB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,287.10</x:t>
   </x:si>
   <x:si>
     <x:t>Argosy Property Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ARG NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>204,718</x:t>
-[...14 lines deleted...]
-    <x:t>$214,493.54</x:t>
+    <x:t>215,679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,949.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vital Healthcare Property Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VHP NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,446.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entra Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENTRA NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,695.47</x:t>
   </x:si>
   <x:si>
     <x:t>Takara Leben Real Estate Investment Cor</x:t>
   </x:si>
   <x:si>
     <x:t>3492 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>233</x:t>
-[...2 lines deleted...]
-    <x:t>$212,937.58</x:t>
+    <x:t>245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,444.97</x:t>
   </x:si>
   <x:si>
     <x:t>Samhallsbyggnadsbolaget I Norden Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SBBB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>259,963</x:t>
-[...26 lines deleted...]
-    <x:t>$206,563.59</x:t>
+    <x:t>273,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,396.66</x:t>
   </x:si>
   <x:si>
     <x:t>Esr Kendall Square REIT Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>365550 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>45,272</x:t>
-[...14 lines deleted...]
-    <x:t>$203,685.27</x:t>
+    <x:t>47,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,371.69</x:t>
   </x:si>
   <x:si>
     <x:t>Custodian Property Income REIT Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CREI LN</x:t>
   </x:si>
   <x:si>
-    <x:t>112,784</x:t>
-[...2 lines deleted...]
-    <x:t>$193,142.18</x:t>
+    <x:t>118,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,555.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunevision Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1686 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,482.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Far East Hospitality Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEHT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,451.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intea Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTEAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,743.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Alpha REIT Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>293940 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,879.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lotte REIT Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330590 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,128.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logistea Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGIB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,158.36</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Core REIT Management Pte Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DCREIT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>231,297</x:t>
-[...74 lines deleted...]
-    <x:t>$165,702.95</x:t>
+    <x:t>243,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,864.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hamborner REIT Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HABA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,994.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>Hamborner REIT Ag</x:t>
-[...8 lines deleted...]
-    <x:t>$156,196.60</x:t>
+    <x:t>Triple Point Social Housing REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOHO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,461.53</x:t>
   </x:si>
   <x:si>
     <x:t>Newriver REIT Plc</x:t>
   </x:si>
   <x:si>
     <x:t>NRR LN</x:t>
   </x:si>
   <x:si>
-    <x:t>106,871</x:t>
-[...2 lines deleted...]
-    <x:t>$153,904.84</x:t>
+    <x:t>112,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,486.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investis Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IREN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,715.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stendorren Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STEFB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,214.99</x:t>
   </x:si>
   <x:si>
     <x:t>One REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3290 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>174</x:t>
-[...2 lines deleted...]
-    <x:t>$153,085.49</x:t>
+    <x:t>183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,360.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Property Invest As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUBLI NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,969.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ascencio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASCE BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,114.52</x:t>
   </x:si>
   <x:si>
     <x:t>Stride Property Group</x:t>
   </x:si>
   <x:si>
     <x:t>SPG NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>130,490</x:t>
-[...14 lines deleted...]
-    <x:t>$151,547.06</x:t>
+    <x:t>137,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,950.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citycon Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTY1S FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,806.11</x:t>
   </x:si>
   <x:si>
     <x:t>Corem Property Group Ab</x:t>
   </x:si>
   <x:si>
     <x:t>COREB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>216,328</x:t>
-[...26 lines deleted...]
-    <x:t>$146,138.31</x:t>
+    <x:t>227,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,796.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nsi Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NSI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,455.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schroder Real Estate Investment Trust L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SREI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,567.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peach Property Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEAN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,592.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sankei Real Estate Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2972 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,300.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Starts Proceed Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8979 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,294.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunlight Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,297.92</x:t>
   </x:si>
   <x:si>
     <x:t>Jr Global Reit</x:t>
   </x:si>
   <x:si>
     <x:t>348950 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>50,767</x:t>
-[...110 lines deleted...]
-    <x:t>$122,608.40</x:t>
+    <x:t>53,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,831.03</x:t>
   </x:si>
   <x:si>
     <x:t>Vastned Nv</x:t>
   </x:si>
   <x:si>
     <x:t>VASTB BB</x:t>
   </x:si>
   <x:si>
-    <x:t>2,198</x:t>
-[...2 lines deleted...]
-    <x:t>$116,737.60</x:t>
+    <x:t>2,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,514.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helical Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLCL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,918.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health Care &amp; Medical Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3455 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,460.88</x:t>
   </x:si>
   <x:si>
     <x:t>Samty Residential Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>3459 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>94</x:t>
-[...26 lines deleted...]
-    <x:t>$106,074.20</x:t>
+    <x:t>99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,764.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fastpartner Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FPARA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,919.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Sveafastigheter Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SVEAF SS</x:t>
   </x:si>
   <x:si>
-    <x:t>15,122</x:t>
-[...2 lines deleted...]
-    <x:t>$104,466.45</x:t>
+    <x:t>15,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,155.73</x:t>
   </x:si>
   <x:si>
     <x:t>Prosperity Reit</x:t>
   </x:si>
   <x:si>
     <x:t>808 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>353,041</x:t>
-[...17 lines deleted...]
-    <x:t>$98,031.19</x:t>
+    <x:t>371,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,581.02</x:t>
   </x:si>
   <x:si>
     <x:t>Deutsche Euroshop Ag</x:t>
   </x:si>
   <x:si>
     <x:t>DEQ GR</x:t>
   </x:si>
   <x:si>
-    <x:t>2,774</x:t>
-[...2 lines deleted...]
-    <x:t>$91,286.48</x:t>
+    <x:t>2,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,119.23</x:t>
   </x:si>
   <x:si>
     <x:t>Immobiliare Grande Distribuzione Siiq S</x:t>
   </x:si>
   <x:si>
     <x:t>IGD IM</x:t>
   </x:si>
   <x:si>
-    <x:t>14,764</x:t>
-[...2 lines deleted...]
-    <x:t>$89,175.37</x:t>
+    <x:t>15,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,841.79</x:t>
   </x:si>
   <x:si>
     <x:t>Home Invest Belgium Sa</x:t>
   </x:si>
   <x:si>
     <x:t>HOMI BB</x:t>
   </x:si>
   <x:si>
-    <x:t>2,621</x:t>
-[...2 lines deleted...]
-    <x:t>$85,523.71</x:t>
+    <x:t>2,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,404.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional REIT Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,378.60</x:t>
   </x:si>
   <x:si>
     <x:t>Neobo Fastigheter Ab</x:t>
   </x:si>
   <x:si>
     <x:t>NEOBO SS</x:t>
   </x:si>
   <x:si>
-    <x:t>23,673</x:t>
-[...2 lines deleted...]
-    <x:t>$74,210.25</x:t>
+    <x:t>24,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,208.73</x:t>
   </x:si>
   <x:si>
     <x:t>Aew Uk REIT Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AEWU LN</x:t>
   </x:si>
   <x:si>
-    <x:t>33,247</x:t>
-[...14 lines deleted...]
-    <x:t>$70,879.48</x:t>
+    <x:t>34,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,996.63</x:t>
   </x:si>
   <x:si>
     <x:t>Heba Fastighets Ab</x:t>
   </x:si>
   <x:si>
     <x:t>HEBAB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>13,774</x:t>
-[...2 lines deleted...]
-    <x:t>$69,546.02</x:t>
+    <x:t>14,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,114.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Life Science REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LABS LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,660.88</x:t>
   </x:si>
   <x:si>
     <x:t>Residential Secure Income Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RESI LN</x:t>
   </x:si>
   <x:si>
-    <x:t>50,151</x:t>
-[...14 lines deleted...]
-    <x:t>$58,375.99</x:t>
+    <x:t>52,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,554.22</x:t>
   </x:si>
   <x:si>
     <x:t>Abrdn European Logistics Income Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ASLI LN</x:t>
   </x:si>
   <x:si>
-    <x:t>88,837</x:t>
-[...2 lines deleted...]
-    <x:t>$48,397.87</x:t>
+    <x:t>93,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,366.27</x:t>
   </x:si>
   <x:si>
     <x:t>Home REIT Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HOME LN</x:t>
   </x:si>
   <x:si>
     <x:t>82,608</x:t>
   </x:si>
   <x:si>
     <x:t>$.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$2,534,226.84</x:t>
-[...2 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>$2,064,550.43</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -4087,56 +4084,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R717c227617aa4c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R22e86c28193b4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7227412b536d446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37464ae5c13f4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R09ce5bcc0b11458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1e2e2b0ba6ce403b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F318"/>
+  <x:dimension ref="A1:F317"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -4519,71 +4516,71 @@
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
@@ -4599,5896 +4596,5876 @@
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
         <x:v>357</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>438</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
         <x:v>472</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s">
         <x:v>581</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
         <x:v>598</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
         <x:v>639</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="F153" s="1" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="C159" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="D159" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="E159" s="1" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="F159" s="1" t="s">
         <x:v>693</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="E165" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="F165" s="1" t="s">
         <x:v>718</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>722</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="F174" s="1" t="s">
         <x:v>759</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="C198" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="D198" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E198" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="F198" s="1" t="s">
         <x:v>853</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:6" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:6" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:6" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:6" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:6" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:6" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:6" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:6" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:6" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:6" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:6" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:6" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:6" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:6" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:6" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:6" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:6" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:6" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:6" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:6" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:6" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="F246" s="1" t="s">
         <x:v>1052</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:6" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:6" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:6" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:6" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:6" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:6" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:6" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:6" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:6" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:6" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:6" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:6" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:6" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:6" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="F260" s="1" t="s">
         <x:v>1109</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1101</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:6" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:6" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:6" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:6" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:6" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:6" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:6" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:6" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:6" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:6" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:6" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:6" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:6" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:6" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:6" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:6" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:6" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:6" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:6" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:6" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:6" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="F281" s="1" t="s">
         <x:v>1193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1189</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:6" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:6" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:6" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:6" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:6" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:6" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:6" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:6" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:6" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:6" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:6" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:6" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:6" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:6" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:6" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:6" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:6" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:6" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:6" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:6" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:6" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:6" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:6" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
+        <x:v>1287</x:v>
+      </x:c>
+      <x:c r="C304" s="1" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="D304" s="1" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="E304" s="1" t="s">
+        <x:v>1290</x:v>
+      </x:c>
+      <x:c r="F304" s="1" t="s">
         <x:v>1282</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:6" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:6" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:6" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:6" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:6" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:6" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:6" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:6" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:6" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:6" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:6" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1335</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:6" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A317" s="1">
-[...19 lines deleted...]
-      <x:c r="A318" s="2" t="s">
+      <x:c r="A317" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B318" s="2" t="s">
+      <x:c r="B317" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C318" s="2" t="s">
+      <x:c r="C317" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D318" s="2" t="s">
+      <x:c r="D317" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E318" s="2" t="s">
+      <x:c r="E317" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F318" s="2" t="s">
+      <x:c r="F317" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A318:F318"/>
+    <x:mergeCell ref="A317:F317"/>
   </x:mergeCells>
 </x:worksheet>
 </file>