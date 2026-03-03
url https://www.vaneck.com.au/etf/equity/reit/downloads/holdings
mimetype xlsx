--- v1 (2026-02-09)
+++ v2 (2026-03-03)
@@ -1,4065 +1,4038 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a59a70758264209" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10a85bcf66b34c6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REIT_asat_20260206" sheetId="1" r:id="R1e2e2b0ba6ce403b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REIT_asat_20260302" sheetId="1" r:id="Ra1113bf6d0d64207"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1589" uniqueCount="1339">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 06/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1584" uniqueCount="1330">
+  <x:si>
+    <x:t>All Fund Holdings as at 02/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Welltower Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WELL US</x:t>
   </x:si>
   <x:si>
-    <x:t>196,981</x:t>
-[...5 lines deleted...]
-    <x:t>7.91%</x:t>
+    <x:t>200,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,320,547.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Prologis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>265,726</x:t>
-[...5 lines deleted...]
-    <x:t>7.46%</x:t>
+    <x:t>270,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,154,780.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Equinix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EQIX US</x:t>
   </x:si>
   <x:si>
-    <x:t>27,996</x:t>
-[...5 lines deleted...]
-    <x:t>4.87%</x:t>
+    <x:t>28,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,989,529.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Simon Property Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SPG US</x:t>
   </x:si>
   <x:si>
-    <x:t>92,812</x:t>
-[...5 lines deleted...]
-    <x:t>3.80%</x:t>
+    <x:t>94,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,045,265.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Realty Income Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>267,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,122,478.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DLR US</x:t>
   </x:si>
   <x:si>
-    <x:t>98,562</x:t>
-[...20 lines deleted...]
-    <x:t>3.40%</x:t>
+    <x:t>100,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,966,134.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Public Storage</x:t>
   </x:si>
   <x:si>
     <x:t>PSA US</x:t>
   </x:si>
   <x:si>
-    <x:t>45,244</x:t>
-[...5 lines deleted...]
-    <x:t>2.66%</x:t>
+    <x:t>46,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,859,256.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Ventas Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VTR US</x:t>
   </x:si>
   <x:si>
-    <x:t>134,128</x:t>
-[...5 lines deleted...]
-    <x:t>2.27%</x:t>
+    <x:t>136,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,519,647.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Vici Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VICI US</x:t>
   </x:si>
   <x:si>
-    <x:t>305,999</x:t>
-[...5 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>311,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,214,354.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Extra Space Storage Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EXR US</x:t>
   </x:si>
   <x:si>
-    <x:t>60,348</x:t>
-[...5 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>61,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,028,652.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Iron Mountain Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IRM US</x:t>
   </x:si>
   <x:si>
-    <x:t>84,043</x:t>
-[...5 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>85,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,014,341.66</x:t>
   </x:si>
   <x:si>
     <x:t>Avalonbay Communities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AVB US</x:t>
   </x:si>
   <x:si>
-    <x:t>40,737</x:t>
-[...5 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>41,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,320,694.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vonovia Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,883,884.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Residential</x:t>
   </x:si>
   <x:si>
     <x:t>EQR US</x:t>
   </x:si>
   <x:si>
-    <x:t>108,494</x:t>
-[...20 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>110,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,803,246.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sun Communities Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,843,008.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Essex Property Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ESS US</x:t>
   </x:si>
   <x:si>
-    <x:t>18,256</x:t>
-[...5 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>18,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,657,594.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wp Carey Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,625,428.04</x:t>
   </x:si>
   <x:si>
     <x:t>Invitation Homes Inc</x:t>
   </x:si>
   <x:si>
     <x:t>INVH US</x:t>
   </x:si>
   <x:si>
-    <x:t>175,269</x:t>
-[...35 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>178,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,599,283.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kimco Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>194,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,443,739.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Mid-America Apartment Communities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MAA US</x:t>
   </x:si>
   <x:si>
-    <x:t>33,330</x:t>
-[...14 lines deleted...]
-    <x:t>$5,963,843.92</x:t>
+    <x:t>33,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,377,718.77</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
+    <x:t>Segro Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>393,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,247,039.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Unibail-Rodamco-Westfield</x:t>
   </x:si>
   <x:si>
     <x:t>URW FP</x:t>
   </x:si>
   <x:si>
-    <x:t>34,844</x:t>
-[...17 lines deleted...]
-    <x:t>$5,641,711.28</x:t>
+    <x:t>35,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,242,559.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swiss Prime Site Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPSN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,943,069.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Regency Centers Corp</x:t>
   </x:si>
   <x:si>
     <x:t>REG US</x:t>
   </x:si>
   <x:si>
-    <x:t>51,744</x:t>
-[...5 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>52,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,843,326.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Omega Healthcare Investors Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OHI US</x:t>
   </x:si>
   <x:si>
-    <x:t>84,509</x:t>
-[...5 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>86,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,831,141.85</x:t>
   </x:si>
   <x:si>
     <x:t>Host Hotels &amp; Resorts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HST US</x:t>
   </x:si>
   <x:si>
-    <x:t>196,432</x:t>
-[...14 lines deleted...]
-    <x:t>$5,412,848.64</x:t>
+    <x:t>200,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,500,757.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaming And Leisure Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,437,714.47</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Lifestyle Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ELS US</x:t>
   </x:si>
   <x:si>
-    <x:t>55,036</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>56,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,283,647.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Link Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>823 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>754,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,248,629.47</x:t>
   </x:si>
   <x:si>
     <x:t>Udr Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UDR US</x:t>
   </x:si>
   <x:si>
-    <x:t>94,633</x:t>
-[...20 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>96,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,072,825.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Healthpeak Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DOC US</x:t>
   </x:si>
   <x:si>
-    <x:t>198,561</x:t>
-[...17 lines deleted...]
-    <x:t>$4,739,235.43</x:t>
+    <x:t>202,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,018,250.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Capitaland Integrated Commercial Trust</x:t>
   </x:si>
   <x:si>
     <x:t>CICT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,696,774</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>1,728,521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,698,133.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Camden Property Trust</x:t>
   </x:si>
   <x:si>
     <x:t>CPT US</x:t>
   </x:si>
   <x:si>
-    <x:t>30,236</x:t>
-[...5 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>30,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,682,646.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eastgroup Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,255,654.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>American Homes 4 Rent</x:t>
   </x:si>
   <x:si>
     <x:t>AMH US</x:t>
   </x:si>
   <x:si>
-    <x:t>97,869</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>99,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,197,010.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psp Swiss Property Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSPN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,029,549.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cubesmart</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,813,119.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alexandria Real Estate Equities Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,795,424.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal Realty Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,788,519.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brixmor Property Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,773,501.88</x:t>
   </x:si>
   <x:si>
     <x:t>Boston Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BXP US</x:t>
   </x:si>
   <x:si>
-    <x:t>45,370</x:t>
-[...50 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>46,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,734,356.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agree Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,726,822.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caretrust REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTRE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,701,084.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hongkong Land Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HKL SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,616,678.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Healthcare REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,580,746.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Rexford Industrial Realty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>REXR US</x:t>
   </x:si>
   <x:si>
-    <x:t>66,775</x:t>
-[...86 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>68,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,576,645.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Klepierre Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,573,551.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Retail Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NNN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,469,921.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Industrial Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,308,901.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Capitaland Ascendas Reit</x:t>
   </x:si>
   <x:si>
     <x:t>CLAR SP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,067,561</x:t>
-[...59 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>1,087,568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,245,587.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Building Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8951 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>2,263</x:t>
-[...5 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>2,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,011,452.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Stag Industrial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>STAG US</x:t>
   </x:si>
   <x:si>
-    <x:t>53,471</x:t>
-[...2 lines deleted...]
-    <x:t>$2,999,992.61</x:t>
+    <x:t>54,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,997,757.77</x:t>
   </x:si>
   <x:si>
     <x:t>Terreno Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TRNO US</x:t>
   </x:si>
   <x:si>
-    <x:t>28,999</x:t>
-[...5 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>29,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,738,432.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essential Properties Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,733,296.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merlin Properties Socimi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRL SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,732,962.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Londonmetric Property Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>653,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,649,281.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Land Securities Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LAND LN</x:t>
   </x:si>
   <x:si>
-    <x:t>212,530</x:t>
-[...32 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>216,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,640,635.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leg Immobilien Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,591,265.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Healthcare Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,479,002.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Ryman Hospitality Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RHP US</x:t>
   </x:si>
   <x:si>
-    <x:t>17,514</x:t>
-[...20 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>17,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,472,317.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Wharf Real Estate Investment Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1997 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>444,535</x:t>
-[...29 lines deleted...]
-    <x:t>$2,260,820.66</x:t>
+    <x:t>452,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,343,497.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
+    <x:t>Warehouses De Pauw Cva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDP BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,323,692.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tritax Big Box REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBOX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>712,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,316,160.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kite Realty Group Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,296,815.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Real Estate Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8952 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,283,656.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>British Land Co Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLND LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>283,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,182,964.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azrieli Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZRG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,152,592.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Metropolitan Fund Invest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8953 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,139,491.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fastighets Ab Balder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALDB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,134,518.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macerich Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,107,147.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chartwell Retirement Residences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSH-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,018,630.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phillips Edison &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PECO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,010,436.59</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vornado Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>VNO US</x:t>
   </x:si>
   <x:si>
-    <x:t>50,519</x:t>
-[...119 lines deleted...]
-    <x:t>$2,016,492.82</x:t>
+    <x:t>51,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,991,688.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sabra Health Care REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,980,314.16</x:t>
   </x:si>
   <x:si>
     <x:t>Gecina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GFC FP</x:t>
   </x:si>
   <x:si>
-    <x:t>14,643</x:t>
-[...17 lines deleted...]
-    <x:t>$1,917,878.44</x:t>
+    <x:t>14,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,938,820.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castellum Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAST SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,869,905.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Sagax Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SAGAB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>61,087</x:t>
-[...32 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>62,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,848,553.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allreal Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,846,873.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epr Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,814,936.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aedifica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AED BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,810,070.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Nomura Real Estate Master Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3462 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,178</x:t>
-[...2 lines deleted...]
-    <x:t>$1,805,044.22</x:t>
+    <x:t>1,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,800,067.25</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian Apartment Properties Reit</x:t>
   </x:si>
   <x:si>
     <x:t>CAR-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>44,940</x:t>
-[...14 lines deleted...]
-    <x:t>$1,778,778.39</x:t>
+    <x:t>45,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,777,641.42</x:t>
   </x:si>
   <x:si>
     <x:t>Riocan Real Estate Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>REI-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>85,033</x:t>
-[...5 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>86,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,758,418.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Prologis REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3283 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,724,767.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cofinimmo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COFB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,709,992.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tanger Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,678,815.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Granite Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRT-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,665,389.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kdx Realty Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8972 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,650,151.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Covivio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COV FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,618,047.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Independence Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,615,868.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glp J-Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3281 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,606,830.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Health Investors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,601,417.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobimo Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,587,198.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Cousins Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CUZ US</x:t>
   </x:si>
   <x:si>
-    <x:t>47,798</x:t>
-[...53 lines deleted...]
-    <x:t>$1,702,644.43</x:t>
+    <x:t>48,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,582,412.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Americold Realty Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,563,115.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary Health Properties Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>734,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,500,165.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadstone Net Lease Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,490,797.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Urban Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8960 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,476,367.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copt Defense Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,467,815.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keppel Dc Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDCREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>565,935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,450,317.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tag Immobilien Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,443,098.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa House REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8984 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,439,226.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Kilroy Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>KRC US</x:t>
   </x:si>
   <x:si>
-    <x:t>33,597</x:t>
-[...77 lines deleted...]
-    <x:t>$1,598,847.71</x:t>
+    <x:t>34,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,432,146.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orix Jreit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8954 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,427,763.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mapletree Logistics Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>986,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,411,218.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swire Properties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1972 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,380,563.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mapletree Industrial Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MINT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>604,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,366,962.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Capital Realty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCR-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,360,450.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melisron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLSR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,336,851.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Choice Properties Real Estate Investmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHP-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,316,956.34</x:t>
   </x:si>
   <x:si>
     <x:t>Unite Group Plc/The</x:t>
   </x:si>
   <x:si>
     <x:t>UTG LN</x:t>
   </x:si>
   <x:si>
-    <x:t>135,282</x:t>
-[...221 lines deleted...]
-    <x:t>$1,275,800.15</x:t>
+    <x:t>137,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,310,363.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invincible Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8963 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,262,090.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaftesbury Capital Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>428,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,248,160.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medical Properties Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,176,594.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advance Residence Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3269 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,174,879.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lineage Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LINE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,171,847.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lxp Industrial Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LXP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,171,177.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wihlborgs Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIHL SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,171,000.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dream Industrial Real Estate Investment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIR-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,136,197.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acadia Realty Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,118,962.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Hospitality REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APLE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,112,801.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Curbline Properties Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CURB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,097,141.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Edge Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,095,612.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Four Corners Property Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCPT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,095,141.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Hotel REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8985 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,076,172.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smartcentres Real Estate Investment Tru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRU-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,074,230.84</x:t>
   </x:si>
   <x:si>
     <x:t>Sl Green Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SLG US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,373</x:t>
-[...65 lines deleted...]
-    <x:t>$1,151,916.87</x:t>
+    <x:t>20,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,073,207.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derwent London Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,061,429.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Big Yellow Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,060,741.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aroundtown Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AT1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,049,064.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inmobiliaria Colonial Socimi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,041,790.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hammerson Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMSO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,035,390.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mapletree Pan Asia Commercial Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPACT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>656,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,033,424.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Storage Affiliates Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,009,591.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Prime Realty Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8955 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$997,376.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Highwoods Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HIW US</x:t>
   </x:si>
   <x:si>
-    <x:t>30,954</x:t>
-[...191 lines deleted...]
-    <x:t>$995,363.44</x:t>
+    <x:t>31,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$995,126.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inventrust Properties Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$986,631.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pandox Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNDXB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$970,454.62</x:t>
   </x:si>
   <x:si>
     <x:t>Suntec Real Estate Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>SUN SP</x:t>
   </x:si>
   <x:si>
-    <x:t>599,187</x:t>
-[...62 lines deleted...]
-    <x:t>$959,566.50</x:t>
+    <x:t>610,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$961,518.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catena Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CATE SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$951,860.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sekisui House REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3309 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$946,391.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Frasers Centrepoint Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>372,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$945,957.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial &amp; Infrastructure Fund Invest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3249 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$944,001.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keppel Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>877,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$943,762.76</x:t>
   </x:si>
   <x:si>
     <x:t>Safestore Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SAFE LN</x:t>
   </x:si>
   <x:si>
-    <x:t>60,911</x:t>
-[...29 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>62,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$928,303.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsui Fudosan Logistics Park Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3471 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$918,221.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sirius Real Estate Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>431,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$911,672.94</x:t>
   </x:si>
   <x:si>
     <x:t>Park Hotels &amp; Resorts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PK US</x:t>
   </x:si>
   <x:si>
-    <x:t>56,251</x:t>
-[...32 lines deleted...]
-    <x:t>3249 JP</x:t>
+    <x:t>57,303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$909,418.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Frasers Logistics &amp; Commercial Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>806,246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$885,497.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Accommodations Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3226 JP</x:t>
   </x:si>
   <x:si>
     <x:t>679</x:t>
   </x:si>
   <x:si>
-    <x:t>$921,805.01</x:t>
-[...35 lines deleted...]
-    <x:t>$897,467.42</x:t>
+    <x:t>$841,560.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamondrock Hospitality Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$838,941.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capitaland Ascott Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLAS SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>762,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$820,557.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activia Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3279 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$815,061.61</x:t>
   </x:si>
   <x:si>
     <x:t>H&amp;R Real Estate Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>HR-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>74,220</x:t>
-[...17 lines deleted...]
-    <x:t>$833,291.28</x:t>
+    <x:t>75,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$811,362.24</x:t>
   </x:si>
   <x:si>
     <x:t>Boardwalk Real Estate Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BEI-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>11,574</x:t>
-[...53 lines deleted...]
-    <x:t>$793,149.51</x:t>
+    <x:t>11,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$793,320.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montea Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONT BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$789,477.98</x:t>
   </x:si>
   <x:si>
     <x:t>Global Net Lease Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GNL US</x:t>
   </x:si>
   <x:si>
-    <x:t>56,193</x:t>
-[...2 lines deleted...]
-    <x:t>$770,733.86</x:t>
+    <x:t>57,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$756,666.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great Portland Estates Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$740,140.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ltc Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$731,739.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kojamo Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOJAMO FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$725,806.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fabege Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FABG SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,197.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Getty Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$718,756.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vgp Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGP BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$713,307.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netstreit Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$707,809.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Logistics Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8967 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$699,696.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunstone Hotel Investors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$684,166.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wallenstam Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALLB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$682,717.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hysan Development Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>173,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$678,646.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lasalle Logiport Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3466 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$658,838.28</x:t>
   </x:si>
   <x:si>
     <x:t>Amot Investments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AMOT IT</x:t>
   </x:si>
   <x:si>
-    <x:t>68,546</x:t>
-[...65 lines deleted...]
-    <x:t>$702,562.28</x:t>
+    <x:t>69,829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$649,722.46</x:t>
   </x:si>
   <x:si>
     <x:t>Douglas Emmett Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DEI US</x:t>
   </x:si>
   <x:si>
-    <x:t>45,930</x:t>
-[...101 lines deleted...]
-    <x:t>$631,925.41</x:t>
+    <x:t>46,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$649,327.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primaris Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PMZ-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,479.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alexander &amp; Baldwin Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$615,166.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pebblebrook Hotel Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$611,263.42</x:t>
   </x:si>
   <x:si>
     <x:t>Killam Apartment Real Estate Investment</x:t>
   </x:si>
   <x:si>
     <x:t>KMP-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>34,327</x:t>
-[...26 lines deleted...]
-    <x:t>$606,353.41</x:t>
+    <x:t>34,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$608,050.05</x:t>
   </x:si>
   <x:si>
     <x:t>Aeon REIT Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>3292 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>485</x:t>
-[...2 lines deleted...]
-    <x:t>$598,855.52</x:t>
+    <x:t>494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$606,941.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hufvudstaden Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUFVA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,303.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supermarket Income REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUPR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>358,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$599,585.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Innovative Industrial Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IIPR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$596,148.20</x:t>
   </x:si>
   <x:si>
     <x:t>Xenia Hotels &amp; Resorts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>XHR US</x:t>
   </x:si>
   <x:si>
-    <x:t>26,939</x:t>
-[...17 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>27,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$588,407.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa Securities Living Investments Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8986 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$583,341.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sila Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SILA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$580,202.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comforia Residential REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3282 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,352.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eurocommercial Properties Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECMPA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$577,689.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veris Residential Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$576,516.52</x:t>
   </x:si>
   <x:si>
     <x:t>Frontier Real Estate Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8964 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>701</x:t>
-[...50 lines deleted...]
-    <x:t>$570,169.56</x:t>
+    <x:t>714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$574,344.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Wohnen Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWNI GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,183.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carmila Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,452.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argan Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARG FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,363.65</x:t>
   </x:si>
   <x:si>
     <x:t>Parkway Life Real Estate Investment Tru</x:t>
   </x:si>
   <x:si>
     <x:t>PREIT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>124,011</x:t>
-[...14 lines deleted...]
-    <x:t>$564,185.26</x:t>
+    <x:t>126,410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$563,757.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xior Student Housing Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XIOR BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,596.67</x:t>
   </x:si>
   <x:si>
     <x:t>Hulic REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3295 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>353</x:t>
-[...14 lines deleted...]
-    <x:t>$546,804.70</x:t>
+    <x:t>360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$556,521.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercialys Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$552,223.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interrent Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IIP-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$538,108.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mori Hills REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3234 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,407.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nyfosa Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYF SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,651.06</x:t>
   </x:si>
   <x:si>
     <x:t>Cibus Nordic Real Estate Ab</x:t>
   </x:si>
   <x:si>
     <x:t>CIBUS SS</x:t>
   </x:si>
   <x:si>
-    <x:t>22,068</x:t>
-[...26 lines deleted...]
-    <x:t>$535,148.21</x:t>
+    <x:t>22,481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,932.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kennedy-Wilson Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,381.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crombie Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRR-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,600.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Umh Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$490,732.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intershop Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$489,017.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ntt Ud REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8956 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$488,372.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa Office Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8976 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$485,518.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mori Trust REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8961 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$479,067.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Allied Properties Real Estate Investmen</x:t>
   </x:si>
   <x:si>
     <x:t>AP-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>36,192</x:t>
-[...125 lines deleted...]
-    <x:t>$496,130.36</x:t>
+    <x:t>48,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$473,529.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICAD FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$473,198.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goodman Property Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMT NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$459,774.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esr-Logos Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$453,298.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyu REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8957 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$452,169.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Precinct Properties New Zealand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2291020D NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>489,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$451,341.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Estate Logistics REIT Invest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3481 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,500.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rlj Lodging Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RLJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,335.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Excellent Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8987 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,633.04</x:t>
   </x:si>
   <x:si>
     <x:t>Shurgard Self Storage Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SHUR BB</x:t>
   </x:si>
   <x:si>
-    <x:t>9,321</x:t>
-[...137 lines deleted...]
-    <x:t>$447,983.54</x:t>
+    <x:t>9,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$438,896.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortune Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>778 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$432,618.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerspace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$429,395.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heiwa Real Estate REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8966 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,535.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Assets Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$411,299.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wereldhave Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$409,267.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Easterly Government Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,429.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3296 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,799.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoshino Resorts REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3287 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$387,416.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ca Immobilien Anlagen Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAI AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,388.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northwest Healthcare Properties Real Es</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NWH-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,013.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Asia Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3468 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,251.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Retail Estates Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RET BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,033.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Np3 Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NP3 SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$384,595.39</x:t>
   </x:si>
   <x:si>
     <x:t>Piedmont Office Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PDM US</x:t>
   </x:si>
   <x:si>
-    <x:t>35,236</x:t>
-[...74 lines deleted...]
-    <x:t>$405,838.58</x:t>
+    <x:t>35,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,306.28</x:t>
   </x:si>
   <x:si>
     <x:t>Jbg Smith Properties</x:t>
   </x:si>
   <x:si>
     <x:t>JBGS US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,963</x:t>
-[...26 lines deleted...]
-    <x:t>$398,452.26</x:t>
+    <x:t>17,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$368,804.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Istar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$367,235.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atrium Ljungberg Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATRLJB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,498.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand City Properties Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GYC GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,378.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Target Healthcare REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THRL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>181,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,212.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fukuoka REIT Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8968 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,733.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kiwi Property Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KPG NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,225.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global One Real Estate Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8958 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,987.05</x:t>
   </x:si>
   <x:si>
     <x:t>Empire State Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ESRT US</x:t>
   </x:si>
   <x:si>
-    <x:t>39,671</x:t>
-[...113 lines deleted...]
-    <x:t>$352,783.76</x:t>
+    <x:t>40,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$333,443.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Storagevault Canada Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVI CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,141.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sk Reits Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>395400 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,986.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dios Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIOS SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,109.08</x:t>
   </x:si>
   <x:si>
     <x:t>Lendlease Global Commercial Reit</x:t>
   </x:si>
   <x:si>
     <x:t>LREIT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>493,921</x:t>
-[...74 lines deleted...]
-    <x:t>$322,029.07</x:t>
+    <x:t>503,201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,991.79</x:t>
   </x:si>
   <x:si>
     <x:t>Swedish Logistic Property Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SLPB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>48,332</x:t>
-[...14 lines deleted...]
-    <x:t>$317,291.69</x:t>
+    <x:t>49,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,549.41</x:t>
   </x:si>
   <x:si>
     <x:t>Workspace Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>WKP LN</x:t>
   </x:si>
   <x:si>
-    <x:t>37,353</x:t>
-[...29 lines deleted...]
-    <x:t>$298,294.17</x:t>
+    <x:t>38,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$308,683.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hiag Immobilien Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIAG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,027.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stoneweg Europe Stapled Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SERT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,474.90</x:t>
   </x:si>
   <x:si>
     <x:t>Aims Apac Reit</x:t>
   </x:si>
   <x:si>
     <x:t>AAREIT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>172,270</x:t>
-[...2 lines deleted...]
-    <x:t>$295,904.71</x:t>
+    <x:t>175,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$293,891.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Care Property Invest Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPINV BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,158.22</x:t>
   </x:si>
   <x:si>
     <x:t>Hankyu Hanshin REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8977 JP</x:t>
   </x:si>
   <x:si>
+    <x:t>193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,286.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oue Commercial Real Estate Investment T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUEREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$266,190.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irish Residential Properties REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRES ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$263,666.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2778 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>519,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,755.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Starhill Global Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>411,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,790.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nexpoint Residential Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,840.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pphe Hotel Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPH LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,948.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Picton Property Income Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCTN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,408.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cre Logistics REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3487 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,653.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirai Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3476 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,666.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ichigo Office REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8975 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Platzer Fastigheter Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLAZB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,669.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sosila Logistics REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2979 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,635.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cdl Hospitality Trusts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,322.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intea Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTEAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,169.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entra Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENTRA NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,668.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunevision Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1686 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>178,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,236.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vital Healthcare Property Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VHP NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,159.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argosy Property Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARG NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,900.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lotte REIT Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330590 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,244.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esr Kendall Square REIT Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>365550 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,988.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Takara Leben Real Estate Investment Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3492 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,454.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Custodian Property Income REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,357.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Alpha REIT Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>293940 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,494.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logistea Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGIB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,414.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Far East Hospitality Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEHT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,457.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Core REIT Management Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,412.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newriver REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NRR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,840.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samhallsbyggnadsbolaget I Norden Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBBB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,397.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hamborner REIT Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HABA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,734.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investis Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IREN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,838.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triple Point Social Housing REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOHO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,654.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stendorren Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STEFB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,611.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Property Invest As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUBLI NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,491</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,902.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3290 JP</x:t>
+  </x:si>
+  <x:si>
     <x:t>188</x:t>
   </x:si>
   <x:si>
-    <x:t>$280,886.89</x:t>
-[...446 lines deleted...]
-    <x:t>$150,969.25</x:t>
+    <x:t>$152,072.79</x:t>
   </x:si>
   <x:si>
     <x:t>Ascencio</x:t>
   </x:si>
   <x:si>
     <x:t>ASCE BB</x:t>
   </x:si>
   <x:si>
-    <x:t>1,695</x:t>
-[...2 lines deleted...]
-    <x:t>$148,114.52</x:t>
+    <x:t>1,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,009.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citycon Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTY1S FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,241.39</x:t>
   </x:si>
   <x:si>
     <x:t>Stride Property Group</x:t>
   </x:si>
   <x:si>
     <x:t>SPG NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>137,477</x:t>
-[...14 lines deleted...]
-    <x:t>$142,806.11</x:t>
+    <x:t>139,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,246.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nsi Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NSI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,161.09</x:t>
   </x:si>
   <x:si>
     <x:t>Corem Property Group Ab</x:t>
   </x:si>
   <x:si>
     <x:t>COREB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>227,910</x:t>
-[...14 lines deleted...]
-    <x:t>$138,455.07</x:t>
+    <x:t>231,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,753.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunlight Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>286,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,890.50</x:t>
   </x:si>
   <x:si>
     <x:t>Schroder Real Estate Investment Trust L</x:t>
   </x:si>
   <x:si>
     <x:t>SREI LN</x:t>
   </x:si>
   <x:si>
-    <x:t>126,654</x:t>
-[...2 lines deleted...]
-    <x:t>$137,567.33</x:t>
+    <x:t>129,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,825.07</x:t>
   </x:si>
   <x:si>
     <x:t>Peach Property Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>PEAN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>12,441</x:t>
-[...2 lines deleted...]
-    <x:t>$135,592.00</x:t>
+    <x:t>12,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,146.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Starts Proceed Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8979 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,017.40</x:t>
   </x:si>
   <x:si>
     <x:t>Sankei Real Estate Inc</x:t>
   </x:si>
   <x:si>
     <x:t>2972 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>111</x:t>
-[...26 lines deleted...]
-    <x:t>$123,297.92</x:t>
+    <x:t>113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,373.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vastned Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VASTB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,733.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helical Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLCL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,056.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Immobiliare Grande Distribuzione Siiq S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGD IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,385.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health Care &amp; Medical Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3455 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,563.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samty Residential Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3459 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,483.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Euroshop Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEQ GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,875.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosperity Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>378,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,750.01</x:t>
   </x:si>
   <x:si>
     <x:t>Jr Global Reit</x:t>
   </x:si>
   <x:si>
     <x:t>348950 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>53,376</x:t>
-[...50 lines deleted...]
-    <x:t>$104,764.80</x:t>
+    <x:t>54,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,788.77</x:t>
   </x:si>
   <x:si>
     <x:t>Fastpartner Ab</x:t>
   </x:si>
   <x:si>
     <x:t>FPARA SS</x:t>
   </x:si>
   <x:si>
-    <x:t>13,402</x:t>
-[...5 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>13,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,280.79</x:t>
   </x:si>
   <x:si>
     <x:t>Sveafastigheter Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SVEAF SS</x:t>
   </x:si>
   <x:si>
-    <x:t>15,899</x:t>
-[...38 lines deleted...]
-    <x:t>$95,841.79</x:t>
+    <x:t>16,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,874.96</x:t>
   </x:si>
   <x:si>
     <x:t>Home Invest Belgium Sa</x:t>
   </x:si>
   <x:si>
     <x:t>HOMI BB</x:t>
   </x:si>
   <x:si>
-    <x:t>2,756</x:t>
-[...2 lines deleted...]
-    <x:t>$87,404.79</x:t>
+    <x:t>2,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,973.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neobo Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEOBO SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,670.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aew Uk REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEWU LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,183.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heba Fastighets Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEBAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,452.91</x:t>
   </x:si>
   <x:si>
     <x:t>Regional REIT Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RGL LN</x:t>
   </x:si>
   <x:si>
-    <x:t>35,775</x:t>
-[...38 lines deleted...]
-    <x:t>$70,114.62</x:t>
+    <x:t>36,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,149.55</x:t>
   </x:si>
   <x:si>
     <x:t>Life Science REIT Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LABS LN</x:t>
   </x:si>
   <x:si>
-    <x:t>81,934</x:t>
-[...2 lines deleted...]
-    <x:t>$67,660.88</x:t>
+    <x:t>83,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,936.07</x:t>
   </x:si>
   <x:si>
     <x:t>Residential Secure Income Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RESI LN</x:t>
   </x:si>
   <x:si>
-    <x:t>52,728</x:t>
-[...2 lines deleted...]
-    <x:t>$56,554.22</x:t>
+    <x:t>53,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,989.60</x:t>
   </x:si>
   <x:si>
     <x:t>Abrdn European Logistics Income Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ASLI LN</x:t>
   </x:si>
   <x:si>
-    <x:t>93,403</x:t>
-[...2 lines deleted...]
-    <x:t>$48,366.27</x:t>
+    <x:t>95,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,452.06</x:t>
   </x:si>
   <x:si>
     <x:t>Home REIT Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HOME LN</x:t>
   </x:si>
   <x:si>
     <x:t>82,608</x:t>
   </x:si>
   <x:si>
-    <x:t>$.16</x:t>
+    <x:t>$.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$2,064,550.43</x:t>
+    <x:t>$14,024,638.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -4084,56 +4057,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37464ae5c13f4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R09ce5bcc0b11458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1e2e2b0ba6ce403b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae64d386dd744f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra2c90fc998cc4c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra1113bf6d0d64207" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F317"/>
+  <x:dimension ref="A1:F316"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -4376,6096 +4349,6076 @@
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
         <x:v>379</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
         <x:v>434</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
         <x:v>523</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:6" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:6" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:6" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:6" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:6" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:6" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:6" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:6" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:6" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:6" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:6" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:6" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:6" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:6" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:6" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:6" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:6" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:6" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:6" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:6" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:6" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:6" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:6" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:6" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:6" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:6" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:6" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:6" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:6" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:6" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:6" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:6" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:6" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:6" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:6" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:6" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:6" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:6" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:6" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:6" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:6" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:6" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:6" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:6" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:6" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:6" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:6" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:6" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:6" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:6" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:6" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:6" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:6" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:6" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:6" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:6" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:6" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:6" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:6" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:6" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:6" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:6" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:6" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:6" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:6" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:6" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:6" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:6" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:6" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:6" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:6" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:6" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:6" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:6" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:6" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:6" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:6" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:6" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:6" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:6" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:6" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:6" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:6" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:6" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:6" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:6" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:6" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:6" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:6" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:6" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1329</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A316" s="1">
-[...19 lines deleted...]
-      <x:c r="A317" s="2" t="s">
+      <x:c r="A316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B317" s="2" t="s">
+      <x:c r="B316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C317" s="2" t="s">
+      <x:c r="C316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D317" s="2" t="s">
+      <x:c r="D316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E317" s="2" t="s">
+      <x:c r="E316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F317" s="2" t="s">
+      <x:c r="F316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A317:F317"/>
+    <x:mergeCell ref="A316:F316"/>
   </x:mergeCells>
 </x:worksheet>
 </file>