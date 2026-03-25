--- v2 (2026-03-03)
+++ v3 (2026-03-25)
@@ -1,4038 +1,4059 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10a85bcf66b34c6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf26f9e2519a14f3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REIT_asat_20260302" sheetId="1" r:id="Ra1113bf6d0d64207"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REIT_asat_20260324" sheetId="1" r:id="R8918c4149e1248e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1584" uniqueCount="1330">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 02/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1584" uniqueCount="1337">
+  <x:si>
+    <x:t>All Fund Holdings as at 24/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Welltower Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WELL US</x:t>
   </x:si>
   <x:si>
-    <x:t>200,667</x:t>
-[...5 lines deleted...]
-    <x:t>7.89%</x:t>
+    <x:t>206,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,177,578.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Prologis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>270,698</x:t>
-[...5 lines deleted...]
-    <x:t>7.32%</x:t>
+    <x:t>278,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,031,997.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Equinix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EQIX US</x:t>
   </x:si>
   <x:si>
-    <x:t>28,520</x:t>
-[...5 lines deleted...]
-    <x:t>5.27%</x:t>
+    <x:t>29,289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,563,018.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,867,460.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Simon Property Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SPG US</x:t>
   </x:si>
   <x:si>
-    <x:t>94,549</x:t>
-[...5 lines deleted...]
-    <x:t>3.66%</x:t>
+    <x:t>97,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,854,639.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Realty Income Corp</x:t>
   </x:si>
   <x:si>
     <x:t>O US</x:t>
   </x:si>
   <x:si>
-    <x:t>267,217</x:t>
-[...20 lines deleted...]
-    <x:t>3.38%</x:t>
+    <x:t>274,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,823,553.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Public Storage</x:t>
   </x:si>
   <x:si>
     <x:t>PSA US</x:t>
   </x:si>
   <x:si>
-    <x:t>46,091</x:t>
-[...5 lines deleted...]
-    <x:t>2.69%</x:t>
+    <x:t>47,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,210,837.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Ventas Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VTR US</x:t>
   </x:si>
   <x:si>
-    <x:t>136,638</x:t>
-[...5 lines deleted...]
-    <x:t>2.23%</x:t>
+    <x:t>140,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,558,125.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iron Mountain Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,714,517.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Vici Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VICI US</x:t>
   </x:si>
   <x:si>
-    <x:t>311,725</x:t>
-[...5 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>320,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,548,982.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Extra Space Storage Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EXR US</x:t>
   </x:si>
   <x:si>
-    <x:t>61,477</x:t>
-[...17 lines deleted...]
-    <x:t>$13,014,341.66</x:t>
+    <x:t>63,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,765,984.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Avalonbay Communities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AVB US</x:t>
   </x:si>
   <x:si>
-    <x:t>41,500</x:t>
-[...5 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>42,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,009,226.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity Residential</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,561,999.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Vonovia Se</x:t>
   </x:si>
   <x:si>
     <x:t>VNA GR</x:t>
   </x:si>
   <x:si>
-    <x:t>207,938</x:t>
-[...20 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>213,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,441,052.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Sun Communities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SUI US</x:t>
   </x:si>
   <x:si>
-    <x:t>35,737</x:t>
-[...5 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>36,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,785,296.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Essex Property Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ESS US</x:t>
   </x:si>
   <x:si>
-    <x:t>18,598</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>19,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,677,936.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invitation Homes Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,584,834.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kimco Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,486,926.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Wp Carey Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WPC US</x:t>
   </x:si>
   <x:si>
-    <x:t>63,250</x:t>
-[...14 lines deleted...]
-    <x:t>$6,599,283.60</x:t>
+    <x:t>64,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,286,310.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mid-America Apartment Communities Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,098,806.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.89%</x:t>
   </x:si>
   <x:si>
-    <x:t>Kimco Realty Corp</x:t>
-[...23 lines deleted...]
-    <x:t>$6,377,718.77</x:t>
+    <x:t>Swiss Prime Site Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPSN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,924,323.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
+    <x:t>Regency Centers Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,797,096.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unibail-Rodamco-Westfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URW FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,737,820.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omega Healthcare Investors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OHI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,678,451.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Host Hotels &amp; Resorts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>205,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,597,653.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaming And Leisure Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,373,192.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Segro Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SGRO LN</x:t>
   </x:si>
   <x:si>
-    <x:t>393,647</x:t>
-[...86 lines deleted...]
-    <x:t>$5,437,714.47</x:t>
+    <x:t>404,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,269,338.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Lifestyle Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ELS US</x:t>
   </x:si>
   <x:si>
-    <x:t>56,066</x:t>
-[...2 lines deleted...]
-    <x:t>$5,283,647.79</x:t>
+    <x:t>57,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,237,459.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Link Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>823 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,158,650.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Healthpeak Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,981,224.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Udr Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,848,962.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.71%</x:t>
   </x:si>
   <x:si>
-    <x:t>Link Reit</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Capitaland Integrated Commercial Trust</x:t>
   </x:si>
   <x:si>
     <x:t>CICT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,728,521</x:t>
-[...5 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>1,775,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,620,344.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Camden Property Trust</x:t>
   </x:si>
   <x:si>
     <x:t>CPT US</x:t>
   </x:si>
   <x:si>
-    <x:t>30,802</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>31,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,447,105.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Eastgroup Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EGP US</x:t>
   </x:si>
   <x:si>
-    <x:t>15,449</x:t>
-[...5 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>15,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,166,689.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>American Homes 4 Rent</x:t>
   </x:si>
   <x:si>
     <x:t>AMH US</x:t>
   </x:si>
   <x:si>
-    <x:t>99,700</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>102,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,051,827.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Psp Swiss Property Ag</x:t>
   </x:si>
   <x:si>
     <x:t>PSPN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>13,328</x:t>
-[...2 lines deleted...]
-    <x:t>$4,029,549.69</x:t>
+    <x:t>13,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,856,540.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal Realty Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,774,477.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.55%</x:t>
   </x:si>
   <x:si>
+    <x:t>Brixmor Property Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,762,403.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Healthcare REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,673,220.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agree Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,661,366.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,605,357.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caretrust REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTRE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,556,203.03</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cubesmart</x:t>
   </x:si>
   <x:si>
     <x:t>CUBE US</x:t>
   </x:si>
   <x:si>
-    <x:t>66,053</x:t>
-[...5 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>67,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,532,789.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Alexandria Real Estate Equities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ARE US</x:t>
   </x:si>
   <x:si>
-    <x:t>50,052</x:t>
-[...53 lines deleted...]
-    <x:t>$3,726,822.15</x:t>
+    <x:t>51,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,496,982.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hongkong Land Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HKL SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,455,547.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>Caretrust REIT Inc</x:t>
-[...38 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>National Retail Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NNN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,442,445.05</x:t>
   </x:si>
   <x:si>
     <x:t>Rexford Industrial Realty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>REXR US</x:t>
   </x:si>
   <x:si>
-    <x:t>68,025</x:t>
-[...2 lines deleted...]
-    <x:t>$3,576,645.06</x:t>
+    <x:t>69,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,410,495.48</x:t>
   </x:si>
   <x:si>
     <x:t>Klepierre Sa</x:t>
   </x:si>
   <x:si>
     <x:t>LI FP</x:t>
   </x:si>
   <x:si>
-    <x:t>60,554</x:t>
-[...14 lines deleted...]
-    <x:t>$3,469,921.91</x:t>
+    <x:t>62,188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,252,436.67</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>First Industrial Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FR US</x:t>
   </x:si>
   <x:si>
-    <x:t>37,347</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>38,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,181,517.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Capitaland Ascendas Reit</x:t>
   </x:si>
   <x:si>
     <x:t>CLAR SP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,087,568</x:t>
-[...5 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>1,116,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,132,389.77</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Building Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8951 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>2,306</x:t>
-[...5 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>2,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,984,923.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Stag Industrial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>STAG US</x:t>
   </x:si>
   <x:si>
-    <x:t>54,471</x:t>
-[...2 lines deleted...]
-    <x:t>$2,997,757.77</x:t>
+    <x:t>55,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,915,726.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aedifica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AED BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,904,429.29</x:t>
   </x:si>
   <x:si>
     <x:t>Terreno Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TRNO US</x:t>
   </x:si>
   <x:si>
-    <x:t>29,542</x:t>
-[...2 lines deleted...]
-    <x:t>$2,738,432.64</x:t>
+    <x:t>30,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,657,302.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essential Properties Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,632,012.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merlin Properties Socimi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRL SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,523,604.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.37%</x:t>
   </x:si>
   <x:si>
-    <x:t>Essential Properties Realty Trust Inc</x:t>
-[...20 lines deleted...]
-    <x:t>$2,732,962.95</x:t>
+    <x:t>Healthcare Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,456,861.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ryman Hospitality Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,369,663.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Londonmetric Property Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LMP LN</x:t>
   </x:si>
   <x:si>
-    <x:t>653,163</x:t>
-[...5 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>670,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,335,300.93</x:t>
   </x:si>
   <x:si>
     <x:t>Land Securities Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LAND LN</x:t>
   </x:si>
   <x:si>
-    <x:t>216,507</x:t>
-[...2 lines deleted...]
-    <x:t>$2,640,635.65</x:t>
+    <x:t>222,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,309,030.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kite Realty Group Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,267,282.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Real Estate Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8952 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,202,315.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azrieli Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZRG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,192,925.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Metropolitan Fund Invest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8953 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,140,258.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sabra Health Care REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,093,881.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Warehouses De Pauw Cva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDP BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,074,417.42</x:t>
   </x:si>
   <x:si>
     <x:t>Leg Immobilien Se</x:t>
   </x:si>
   <x:si>
     <x:t>LEG GR</x:t>
   </x:si>
   <x:si>
-    <x:t>22,091</x:t>
-[...35 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>22,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,072,561.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macerich Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,035,425.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tritax Big Box REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBOX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,026,014.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Wharf Real Estate Investment Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1997 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>452,032</x:t>
-[...56 lines deleted...]
-    <x:t>$2,283,656.02</x:t>
+    <x:t>465,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,000,939.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vornado Realty Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,982,224.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phillips Edison &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PECO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,981,462.15</x:t>
   </x:si>
   <x:si>
     <x:t>British Land Co Plc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BLND LN</x:t>
   </x:si>
   <x:si>
-    <x:t>283,608</x:t>
-[...32 lines deleted...]
-    <x:t>$2,139,491.56</x:t>
+    <x:t>291,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,948,548.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chartwell Retirement Residences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSH-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,929,594.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Real Estate Master Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3462 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,780,378.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allreal Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,774,129.77</x:t>
   </x:si>
   <x:si>
     <x:t>Fastighets Ab Balder</x:t>
   </x:si>
   <x:si>
     <x:t>BALDB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>202,074</x:t>
-[...65 lines deleted...]
-    <x:t>$1,980,314.16</x:t>
+    <x:t>207,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,746,876.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riocan Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REI-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,732,926.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Apartment Properties Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAR-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,731,141.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Prologis REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3283 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,730,631.85</x:t>
   </x:si>
   <x:si>
     <x:t>Gecina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GFC FP</x:t>
   </x:si>
   <x:si>
-    <x:t>14,917</x:t>
-[...5 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>15,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,688,557.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Health Investors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,652,622.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kdx Realty Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8972 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,652,435.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tanger Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,648,255.36</x:t>
   </x:si>
   <x:si>
     <x:t>Castellum Ab</x:t>
   </x:si>
   <x:si>
     <x:t>CAST SS</x:t>
   </x:si>
   <x:si>
-    <x:t>100,070</x:t>
-[...5 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>102,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,639,206.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epr Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,616,448.34</x:t>
   </x:si>
   <x:si>
     <x:t>Sagax Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SAGAB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>62,231</x:t>
-[...89 lines deleted...]
-    <x:t>$1,724,767.85</x:t>
+    <x:t>63,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,597,176.54</x:t>
   </x:si>
   <x:si>
     <x:t>0.23%</x:t>
   </x:si>
   <x:si>
+    <x:t>Glp J-Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3281 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,587,376.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cousins Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,575,319.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Independence Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,547,421.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Granite Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRT-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,530,353.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copt Defense Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,528,888.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadstone Net Lease Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,511,709.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Urban Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8960 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,503,803.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobimo Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,469,170.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keppel Dc Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDCREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>581,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,447,317.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kilroy Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,444,921.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa House REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8984 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,417,834.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orix Jreit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8954 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,410,265.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melisron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLSR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,403,580.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Americold Realty Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,389,907.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Covivio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COV FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,382,999.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mapletree Industrial Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MINT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>620,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,356,985.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Capital Realty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCR-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,352,233.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mapletree Logistics Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,012,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,340,589.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary Health Properties Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>754,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,324,921.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Choice Properties Real Estate Investmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHP-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,322,773.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swire Properties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1972 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,304,225.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unite Group Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>141,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,238,911.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tag Immobilien Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,205,987.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invincible Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8963 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,187,594.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advance Residence Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3269 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,177,116.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Hotel REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8985 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,164,332.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sl Green Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,160,855.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lxp Industrial Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LXP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,159,704.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Storage Affiliates Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,133,997.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Hospitality REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APLE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,121,712.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dream Industrial Real Estate Investment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIR-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,100,152.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Edge Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,096,100.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acadia Realty Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,067.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Four Corners Property Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCPT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,077,790.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smartcentres Real Estate Investment Tru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRU-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,074,979.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lineage Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LINE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,074,331.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaftesbury Capital Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>439,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,073,944.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Curbline Properties Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CURB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,068,356.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suntec Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>626,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,047,826.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keppel Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,022,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,043,355.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wihlborgs Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIHL SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,023,327.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inventrust Properties Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,017,921.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mapletree Pan Asia Commercial Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPACT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>673,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$990,087.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Prime Realty Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8955 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$988,855.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medical Properties Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$985,302.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Highwoods Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$979,261.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derwent London Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$968,847.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inmobiliaria Colonial Socimi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$954,923.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Frasers Centrepoint Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$943,664.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial &amp; Infrastructure Fund Invest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3249 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$942,437.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsui Fudosan Logistics Park Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3471 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$937,942.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sekisui House REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3309 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$936,481.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Big Yellow Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$924,891.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hammerson Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMSO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$923,521.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pandox Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNDXB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$864,117.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Accommodations Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3226 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$850,824.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Frasers Logistics &amp; Commercial Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$849,981.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Hotels &amp; Resorts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$829,421.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catena Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CATE SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$828,992.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activia Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3279 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$819,637.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamondrock Hospitality Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$818,444.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aroundtown Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AT1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>212,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$805,131.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H&amp;R Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HR-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$804,282.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boardwalk Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEI-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$799,960.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safestore Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$787,887.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capitaland Ascott Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLAS SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>783,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$786,297.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sirius Real Estate Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,106.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Net Lease Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$774,905.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ltc Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$751,022.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Getty Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$743,577.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smartstop Self Storage REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$727,419.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunstone Hotel Investors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$704,254.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Logistics Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8967 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$697,157.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netstreit Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$680,806.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montea Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONT BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$672,422.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lasalle Logiport Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3466 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$662,992.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amot Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMOT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$661,840.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fabege Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FABG SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$647,845.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Douglas Emmett Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$645,108.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veris Residential Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$639,456.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great Portland Estates Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$627,997.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wallenstam Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALLB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$627,396.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diversified Healthcare Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$627,230.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primaris Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PMZ-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$623,326.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Innovative Industrial Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IIPR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$621,666.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Killam Apartment Real Estate Investment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMP-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,486.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pebblebrook Hotel Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$599,001.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xenia Hotels &amp; Resorts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$596,904.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeon REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3292 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$592,600.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kojamo Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOJAMO FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$590,083.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hysan Development Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$589,818.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comforia Residential REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3282 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$583,308.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa Securities Living Investments Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8986 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,835.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parkway Life Real Estate Investment Tru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,595.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Frontier Real Estate Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8964 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$577,679.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sila Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SILA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,701.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vgp Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGP BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,574.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supermarket Income REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUPR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>368,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,826.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kennedy-Wilson Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$562,580.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interrent Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IIP-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$556,500.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hulic REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3295 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$555,654.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eurocommercial Properties Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECMPA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,772.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crombie Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRR-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,966.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercialys Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,864.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mori Hills REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3234 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,734.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carmila Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,121.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xior Student Housing Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XIOR BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,278.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ntt Ud REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8956 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$498,168.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cibus Nordic Real Estate Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIBUS SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$495,787.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argan Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARG FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$490,749.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Umh Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$487,659.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hufvudstaden Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUFVA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$485,950.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mori Trust REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8961 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,824.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allied Properties Real Estate Investmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$473,837.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa Office Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8976 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$471,783.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lendlease Global Commercial Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>764,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$467,612.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nyfosa Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYF SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,306.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Wohnen Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWNI GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$463,309.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goodman Property Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMT NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>289,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$461,104.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intershop Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,528.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intea Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTEAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,456.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Estate Logistics REIT Invest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3481 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,440.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyu REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8957 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,187.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Precinct Properties New Zealand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2291020D NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>511,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$444,633.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Excellent Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8987 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,016.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICAD FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$435,728.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esr-Logos Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,764.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerspace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$415,860.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortune Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>778 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>455,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,862.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Assets Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$406,975.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heiwa Real Estate REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8966 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,869.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rlj Lodging Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RLJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,515.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jbg Smith Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBGS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,578.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shurgard Self Storage Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHUR BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,396.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3296 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,047.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Easterly Government Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,428.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wereldhave Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$380,111.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Asia Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3468 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$374,064.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Retail Estates Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RET BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$373,161.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoshino Resorts REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3287 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,097.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northwest Healthcare Properties Real Es</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITL-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,366.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ca Immobilien Anlagen Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAI AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,883.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sk Reits Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>395400 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,896.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Target Healthcare REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THRL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>186,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,379.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piedmont Office Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,875.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fukuoka REIT Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8968 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,827.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Np3 Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NP3 SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,251.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kiwi Property Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KPG NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>427,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,377.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global One Real Estate Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8958 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$336,556.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Istar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$333,063.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedish Logistic Property Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLPB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,978.05</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cofinimmo Sa</x:t>
   </x:si>
   <x:si>
     <x:t>COFB BB</x:t>
   </x:si>
   <x:si>
-    <x:t>11,134</x:t>
-[...1796 lines deleted...]
-    <x:t>$367,235.01</x:t>
+    <x:t>2,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,529.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aims Apac Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,719.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Atrium Ljungberg Ab</x:t>
   </x:si>
   <x:si>
     <x:t>ATRLJB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>66,853</x:t>
-[...2 lines deleted...]
-    <x:t>$366,498.26</x:t>
+    <x:t>68,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,711.41</x:t>
   </x:si>
   <x:si>
     <x:t>Grand City Properties Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GYC GR</x:t>
   </x:si>
   <x:si>
-    <x:t>19,904</x:t>
-[...44 lines deleted...]
-    <x:t>8958 JP</x:t>
+    <x:t>20,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,175.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Storagevault Canada Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVI CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,600.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empire State Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,735.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hiag Immobilien Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIAG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,252.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dios Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIOS SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$288,679.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stoneweg Europe Stapled Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SERT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,470.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hankyu Hanshin REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8977 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,257.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oue Commercial Real Estate Investment T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUEREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,500.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workspace Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,159.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Starhill Global Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>422,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,505.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Care Property Invest Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPINV BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,835.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irish Residential Properties REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRES ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,477.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cre Logistics REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3487 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,690.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vital Healthcare Property Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VHP NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245,483.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Property Invest As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUBLI NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,900.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nexpoint Residential Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,218.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirai Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3476 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,705.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ichigo Office REIT Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8975 JP</x:t>
   </x:si>
   <x:si>
     <x:t>272</x:t>
   </x:si>
   <x:si>
-    <x:t>$342,987.05</x:t>
-[...170 lines deleted...]
-    <x:t>$263,666.05</x:t>
+    <x:t>$233,488.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Picton Property Income Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCTN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,453.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investis Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IREN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,868.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sosila Logistics REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2979 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,687.56</x:t>
   </x:si>
   <x:si>
     <x:t>Champion Reit</x:t>
   </x:si>
   <x:si>
     <x:t>2778 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>519,133</x:t>
-[...29 lines deleted...]
-    <x:t>$256,840.84</x:t>
+    <x:t>533,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,031.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argosy Property Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARG NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>228,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,977.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cdl Hospitality Trusts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,757.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entra Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENTRA NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,714.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Takara Leben Real Estate Investment Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3492 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,427.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esr Kendall Square REIT Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>365550 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,941.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lotte REIT Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330590 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,849.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Platzer Fastigheter Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLAZB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,769.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Alpha REIT Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>293940 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,247.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunevision Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1686 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,317.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Custodian Property Income REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,294.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Far East Hospitality Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEHT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>286,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,441.65</x:t>
   </x:si>
   <x:si>
     <x:t>Pphe Hotel Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PPH LN</x:t>
   </x:si>
   <x:si>
-    <x:t>6,704</x:t>
-[...200 lines deleted...]
-    <x:t>$188,494.38</x:t>
+    <x:t>5,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,791.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Core REIT Management Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCREIT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,388.02</x:t>
   </x:si>
   <x:si>
     <x:t>Logistea Ab</x:t>
   </x:si>
   <x:si>
     <x:t>LOGIB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>80,775</x:t>
-[...2 lines deleted...]
-    <x:t>$184,414.44</x:t>
+    <x:t>82,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,422.69</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>Far East Hospitality Trust</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Newriver REIT Plc</x:t>
   </x:si>
   <x:si>
     <x:t>NRR LN</x:t>
   </x:si>
   <x:si>
-    <x:t>114,700</x:t>
-[...2 lines deleted...]
-    <x:t>$174,840.80</x:t>
+    <x:t>117,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,818.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hamborner REIT Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HABA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,304.43</x:t>
   </x:si>
   <x:si>
     <x:t>Samhallsbyggnadsbolaget I Norden Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SBBB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>279,007</x:t>
-[...26 lines deleted...]
-    <x:t>$159,838.19</x:t>
+    <x:t>286,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,798.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ascencio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASCE BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,637.61</x:t>
   </x:si>
   <x:si>
     <x:t>Triple Point Social Housing REIT Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SOHO LN</x:t>
   </x:si>
   <x:si>
-    <x:t>108,389</x:t>
-[...2 lines deleted...]
-    <x:t>$157,654.95</x:t>
+    <x:t>111,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,647.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3290 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,047.11</x:t>
   </x:si>
   <x:si>
     <x:t>Stendorren Fastigheter Ab</x:t>
   </x:si>
   <x:si>
     <x:t>STEFB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>4,946</x:t>
-[...38 lines deleted...]
-    <x:t>$151,009.48</x:t>
+    <x:t>5,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,934.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stride Property Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPG NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,741.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunlight Real Estate Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>293,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,210.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Starts Proceed Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8979 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,918.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nsi Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NSI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,892.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schroder Real Estate Investment Trust L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SREI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,299.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corem Property Group Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COREB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,086.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sankei Real Estate Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2972 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,438.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Euroshop Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEQ GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,738.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helical Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLCL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,000.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Immobiliare Grande Distribuzione Siiq S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGD IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,669.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health Care &amp; Medical Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3455 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,078.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peach Property Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEAN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,665.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vastned Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VASTB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,384.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosperity Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>389,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,060.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samty Residential Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3459 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,927.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aew Uk REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEWU LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,406.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fastpartner Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FPARA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,970.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sveafastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVEAF SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,696.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Home Invest Belgium Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOMI BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,274.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jr Global Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>348950 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,114.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neobo Fastigheter Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEOBO SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,953.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional REIT Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,849.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heba Fastighets Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEBAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,430.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Life Science REIT Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LABS LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,375.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Residential Secure Income Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RESI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,589.15</x:t>
   </x:si>
   <x:si>
     <x:t>Citycon Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>CTY1S FH</x:t>
   </x:si>
   <x:si>
-    <x:t>22,629</x:t>
-[...317 lines deleted...]
-    <x:t>$50,452.06</x:t>
+    <x:t>7,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,335.09</x:t>
   </x:si>
   <x:si>
     <x:t>Home REIT Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HOME LN</x:t>
   </x:si>
   <x:si>
     <x:t>82,608</x:t>
   </x:si>
   <x:si>
     <x:t>$.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$14,024,638.71</x:t>
-[...2 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>$-13,599,555.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.98%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -4057,62 +4078,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae64d386dd744f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra2c90fc998cc4c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra1113bf6d0d64207" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R928a3921e7f147ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raabf1ad0348f4c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8918c4149e1248e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F316"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
-    <x:col min="5" max="5" width="21" customWidth="1"/>
+    <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:6" ht="15" customHeight="1">
       <x:c r="A2" s="2" t="s">
@@ -4349,6071 +4370,6071 @@
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
         <x:v>494</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
         <x:v>516</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
         <x:v>541</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s">
         <x:v>578</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
         <x:v>595</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
         <x:v>636</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
         <x:v>649</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="D157" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="E157" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="F157" s="1" t="s">
         <x:v>686</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="F164" s="1" t="s">
         <x:v>715</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="D170" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="E170" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="F170" s="1" t="s">
         <x:v>740</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="D184" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="E184" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="F184" s="1" t="s">
         <x:v>797</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="D199" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="E199" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="F199" s="1" t="s">
         <x:v>858</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="D216" s="1" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="E216" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="F216" s="1" t="s">
         <x:v>927</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:6" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:6" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:6" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:6" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:6" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="D230" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E230" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="F230" s="1" t="s">
         <x:v>984</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:6" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:6" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:6" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:6" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:6" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:6" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:6" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:6" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:6" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:6" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:6" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:6" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:6" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:6" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:6" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="D245" s="1" t="s">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c r="E245" s="1" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="F245" s="1" t="s">
         <x:v>1045</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:6" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:6" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:6" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:6" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:6" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:6" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:6" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:6" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:6" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:6" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:6" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:6" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:6" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:6" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:6" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:6" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:6" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="E262" s="1" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="F262" s="1" t="s">
         <x:v>1114</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:6" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:6" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:6" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:6" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:6" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:6" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:6" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:6" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:6" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:6" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:6" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:6" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:6" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:6" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:6" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:6" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:6" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:6" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:6" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:6" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
+        <x:v>1201</x:v>
+      </x:c>
+      <x:c r="E282" s="1" t="s">
+        <x:v>1202</x:v>
+      </x:c>
+      <x:c r="F282" s="1" t="s">
         <x:v>1194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:6" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:6" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:6" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:6" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:6" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:6" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:6" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:6" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:6" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:6" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:6" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:6" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:6" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:6" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:6" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:6" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:6" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:6" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:6" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:6" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:6" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="E303" s="1" t="s">
+        <x:v>1287</x:v>
+      </x:c>
+      <x:c r="F303" s="1" t="s">
         <x:v>1279</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:6" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:6" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:6" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:6" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:6" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:6" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:6" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:6" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:6" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:6" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:6" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1332</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:6" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1336</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:6" ht="15" customHeight="1">
       <x:c r="A316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F316" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>