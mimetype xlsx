--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -1,122 +1,416 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58f5cba0cd2473d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25bb33b64a434739" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20251224" sheetId="1" r:id="R5ba6a0baf9994f6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260115" sheetId="1" r:id="Rf379fc315c91450c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="352" uniqueCount="306">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="391">
   <x:si>
     <x:t>Uranium and Energy Innovation ETF - URAN</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>15/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.2110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.2148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.6850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.0765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.7421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.8197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.9480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.8692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.1772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.3945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/12/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>17.3945</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>99</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.4155</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17.66</x:t>
   </x:si>
   <x:si>
     <x:t>15,704</x:t>
   </x:si>
   <x:si>
-    <x:t>0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.40</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.4024</x:t>
   </x:si>
   <x:si>
     <x:t>0.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.79</x:t>
   </x:si>
   <x:si>
     <x:t>17.61</x:t>
   </x:si>
   <x:si>
     <x:t>367</x:t>
   </x:si>
   <x:si>
     <x:t>0.21</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
@@ -274,98 +568,83 @@
   <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>1.29</x:t>
   </x:si>
   <x:si>
     <x:t>17.93</x:t>
   </x:si>
   <x:si>
     <x:t>2,657</x:t>
   </x:si>
   <x:si>
     <x:t>-0.37</x:t>
   </x:si>
   <x:si>
     <x:t>-2.02</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.0670</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.23</x:t>
   </x:si>
   <x:si>
     <x:t>18.18</x:t>
   </x:si>
   <x:si>
     <x:t>1,863</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.63</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.2911</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18.40</x:t>
   </x:si>
   <x:si>
     <x:t>10,501</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.3309</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>18.55</x:t>
   </x:si>
   <x:si>
     <x:t>3,169</x:t>
   </x:si>
   <x:si>
     <x:t>1.20</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.2456</x:t>
   </x:si>
   <x:si>
     <x:t>-0.45</x:t>
   </x:si>
   <x:si>
     <x:t>-2.38</x:t>
   </x:si>
   <x:si>
     <x:t>18.94</x:t>
   </x:si>
   <x:si>
     <x:t>11,305</x:t>
@@ -397,53 +676,50 @@
   <x:si>
     <x:t>-0.72</x:t>
   </x:si>
   <x:si>
     <x:t>-3.86</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.8306</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
   </x:si>
   <x:si>
     <x:t>2.82</x:t>
   </x:si>
   <x:si>
     <x:t>17.74</x:t>
   </x:si>
   <x:si>
     <x:t>11,349</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.51</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3424</x:t>
   </x:si>
   <x:si>
     <x:t>1.42</x:t>
   </x:si>
   <x:si>
     <x:t>17.19</x:t>
   </x:si>
   <x:si>
     <x:t>18,788</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
     <x:t>-0.88</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
@@ -484,53 +760,50 @@
   <x:si>
     <x:t>-0.06</x:t>
   </x:si>
   <x:si>
     <x:t>-0.35</x:t>
   </x:si>
   <x:si>
     <x:t>17.44</x:t>
   </x:si>
   <x:si>
     <x:t>15,013</x:t>
   </x:si>
   <x:si>
     <x:t>0.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.59</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3985</x:t>
   </x:si>
   <x:si>
-    <x:t>0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.07</x:t>
   </x:si>
   <x:si>
     <x:t>17.50</x:t>
   </x:si>
   <x:si>
     <x:t>14,283</x:t>
   </x:si>
   <x:si>
     <x:t>0.58</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.2150</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.44</x:t>
   </x:si>
   <x:si>
     <x:t>17.26</x:t>
@@ -541,53 +814,50 @@
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.9699</x:t>
   </x:si>
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>2.48</x:t>
   </x:si>
   <x:si>
     <x:t>17.21</x:t>
   </x:si>
   <x:si>
     <x:t>2,821</x:t>
   </x:si>
   <x:si>
-    <x:t>1.41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.5597</x:t>
   </x:si>
   <x:si>
     <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>-1.77</x:t>
   </x:si>
   <x:si>
     <x:t>16.70</x:t>
   </x:si>
   <x:si>
     <x:t>19,989</x:t>
   </x:si>
   <x:si>
     <x:t>0.85</x:t>
   </x:si>
   <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.8589</x:t>
@@ -610,53 +880,50 @@
   <x:si>
     <x:t>9.62</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.7025</x:t>
   </x:si>
   <x:si>
     <x:t>0.40</x:t>
   </x:si>
   <x:si>
     <x:t>2.30</x:t>
   </x:si>
   <x:si>
     <x:t>17.36</x:t>
   </x:si>
   <x:si>
     <x:t>4,722</x:t>
   </x:si>
   <x:si>
     <x:t>-0.34</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.93</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3050</x:t>
   </x:si>
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>-0.93</x:t>
   </x:si>
   <x:si>
     <x:t>16.97</x:t>
   </x:si>
   <x:si>
     <x:t>46,063</x:t>
   </x:si>
   <x:si>
     <x:t>-1.94</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.4666</x:t>
@@ -745,53 +1012,50 @@
   <x:si>
     <x:t>3,534</x:t>
   </x:si>
   <x:si>
     <x:t>0.64</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.9731</x:t>
   </x:si>
   <x:si>
     <x:t>0.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.39</x:t>
   </x:si>
   <x:si>
     <x:t>19.50</x:t>
   </x:si>
   <x:si>
     <x:t>20,769</x:t>
   </x:si>
   <x:si>
-    <x:t>0.53</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.9001</x:t>
   </x:si>
   <x:si>
     <x:t>18.65</x:t>
   </x:si>
   <x:si>
     <x:t>31,099</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>-1.32</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.8592</x:t>
   </x:si>
   <x:si>
     <x:t>-3.92</x:t>
@@ -820,53 +1084,50 @@
   <x:si>
     <x:t>19.47</x:t>
   </x:si>
   <x:si>
     <x:t>18,785</x:t>
   </x:si>
   <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.6368</x:t>
   </x:si>
   <x:si>
     <x:t>-4.50</x:t>
   </x:si>
   <x:si>
     <x:t>20.30</x:t>
   </x:si>
   <x:si>
     <x:t>28,138</x:t>
   </x:si>
   <x:si>
-    <x:t>0.66</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.38</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5621</x:t>
   </x:si>
   <x:si>
     <x:t>-0.69</x:t>
   </x:si>
   <x:si>
     <x:t>-3.23</x:t>
   </x:si>
   <x:si>
     <x:t>21.40</x:t>
   </x:si>
   <x:si>
     <x:t>50,202</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
     <x:t>4.07</x:t>
@@ -904,60 +1165,54 @@
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
     <x:t>21.62</x:t>
   </x:si>
   <x:si>
     <x:t>139,967</x:t>
   </x:si>
   <x:si>
     <x:t>0.83</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3739</x:t>
   </x:si>
   <x:si>
     <x:t>2.87</x:t>
   </x:si>
   <x:si>
     <x:t>21.37</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7776</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>20.78</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -988,56 +1243,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R141d32e177e14412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re58a4fb64c384e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5ba6a0baf9994f6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb716b4357e45b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06187e02811f4640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf379fc315c91450c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H45"/>
+  <x:dimension ref="A1:H61"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -1091,1089 +1346,1505 @@
       </x:c>
       <x:c r="D3" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E3" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F3" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G3" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H3" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="E8" s="4" t="s">
+      <x:c r="F8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="F8" s="4" t="s">
+      <x:c r="G8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="G8" s="4" t="s">
+      <x:c r="H8" s="4" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
+      <x:c r="C9" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C9" s="4" t="s">
+      <x:c r="E9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D9" s="4" t="s">
+      <x:c r="F9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E9" s="4" t="s">
+      <x:c r="G9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F9" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
+      <x:c r="E10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="s">
+      <x:c r="F10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="D10" s="4" t="s">
+      <x:c r="G10" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H10" s="4" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="F11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="C11" s="4" t="s">
+      <x:c r="G11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="s">
+      <x:c r="H11" s="4" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
+      <x:c r="F12" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="s">
+      <x:c r="G12" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="s">
+      <x:c r="H12" s="4" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
+      <x:c r="F13" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G13" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="s">
+      <x:c r="H13" s="4" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F14" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="G14" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H14" s="4" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="G44" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H44" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A45" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="G45" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H45" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A46" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="B44" s="1" t="s">
+      <x:c r="E46" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D44" s="4" t="s">
+      <x:c r="F46" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="E44" s="4" t="s">
+      <x:c r="G46" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="F44" s="4" t="s">
+      <x:c r="H46" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A47" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="F47" s="4" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="G47" s="4" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H47" s="4" t="s">
+        <x:v>312</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A48" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F48" s="4" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G48" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H48" s="4" t="s">
+        <x:v>318</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A49" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="F49" s="4" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="G49" s="4" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H49" s="4" t="s">
+        <x:v>324</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A50" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F50" s="4" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="G50" s="4" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H50" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A51" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="F51" s="4" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="G51" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H51" s="4" t="s">
+        <x:v>170</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A52" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="F52" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="G52" s="4" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H52" s="4" t="s">
+        <x:v>342</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A53" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>349</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A54" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>355</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A55" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>361</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A56" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F56" s="4" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="G56" s="4" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="H56" s="4" t="s">
+        <x:v>369</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A57" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="F57" s="4" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="G57" s="4" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="H57" s="4" t="s">
+        <x:v>377</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A58" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="F58" s="4" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="G58" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H58" s="4" t="s">
+        <x:v>383</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A59" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="F59" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G44" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>301</x:v>
+      <x:c r="G59" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H59" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A60" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="F60" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G60" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H60" s="4" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>