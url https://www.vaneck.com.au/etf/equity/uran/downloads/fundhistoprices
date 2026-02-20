--- v1 (2026-01-16)
+++ v2 (2026-02-20)
@@ -1,149 +1,698 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25bb33b64a434739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73c3e0c820a64bba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260115" sheetId="1" r:id="Rf379fc315c91450c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260219" sheetId="1" r:id="R698660a566e94c2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="391">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="680" uniqueCount="541">
   <x:si>
     <x:t>Uranium and Energy Innovation ETF - URAN</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>19/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.7122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.7804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.9043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.8400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.9094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.0851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.5480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.2991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.2267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.0216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-5.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.1010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.5042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.2110</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>-0.02</x:t>
   </x:si>
   <x:si>
     <x:t>20.41</x:t>
   </x:si>
   <x:si>
     <x:t>12,548</x:t>
   </x:si>
   <x:si>
     <x:t>0.20</x:t>
   </x:si>
   <x:si>
-    <x:t>0.98</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.2148</x:t>
   </x:si>
   <x:si>
     <x:t>0.53</x:t>
   </x:si>
   <x:si>
     <x:t>2.69</x:t>
   </x:si>
   <x:si>
     <x:t>20.00</x:t>
   </x:si>
   <x:si>
     <x:t>4,110</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.06</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.6850</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>20.02</x:t>
   </x:si>
   <x:si>
     <x:t>38,042</x:t>
   </x:si>
   <x:si>
-    <x:t>0.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.70</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.5934</x:t>
   </x:si>
   <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>19.65</x:t>
   </x:si>
   <x:si>
     <x:t>7,119</x:t>
   </x:si>
   <x:si>
     <x:t>0.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
@@ -154,731 +703,644 @@
   <x:si>
     <x:t>19.5122</x:t>
   </x:si>
   <x:si>
     <x:t>1.75</x:t>
   </x:si>
   <x:si>
     <x:t>19.39</x:t>
   </x:si>
   <x:si>
     <x:t>3,082</x:t>
   </x:si>
   <x:si>
     <x:t>-0.12</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.1765</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19.36</x:t>
   </x:si>
   <x:si>
     <x:t>4,403</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.96</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.1610</x:t>
   </x:si>
   <x:si>
     <x:t>0.44</x:t>
   </x:si>
   <x:si>
     <x:t>19.12</x:t>
   </x:si>
   <x:si>
     <x:t>6,195</x:t>
   </x:si>
   <x:si>
     <x:t>-0.04</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.0765</x:t>
   </x:si>
   <x:si>
     <x:t>0.33</x:t>
   </x:si>
   <x:si>
-    <x:t>1.78</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19.06</x:t>
   </x:si>
   <x:si>
     <x:t>6,126</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.7421</x:t>
   </x:si>
   <x:si>
     <x:t>0.92</x:t>
   </x:si>
   <x:si>
     <x:t>5.18</x:t>
   </x:si>
   <x:si>
     <x:t>18.38</x:t>
   </x:si>
   <x:si>
     <x:t>15,069</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.93</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>17.8197</x:t>
   </x:si>
   <x:si>
     <x:t>0.87</x:t>
   </x:si>
   <x:si>
     <x:t>5.14</x:t>
   </x:si>
   <x:si>
     <x:t>17.33</x:t>
   </x:si>
   <x:si>
     <x:t>6,890</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.49</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.75</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>16.9480</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>17.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.66</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10,326</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.8692</x:t>
   </x:si>
   <x:si>
     <x:t>-0.31</x:t>
   </x:si>
   <x:si>
     <x:t>-1.79</x:t>
   </x:si>
   <x:si>
     <x:t>17.32</x:t>
   </x:si>
   <x:si>
     <x:t>379</x:t>
   </x:si>
   <x:si>
-    <x:t>0.45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.67</x:t>
   </x:si>
   <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.1772</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.25</x:t>
   </x:si>
   <x:si>
     <x:t>17.42</x:t>
   </x:si>
   <x:si>
     <x:t>1,434</x:t>
   </x:si>
   <x:si>
-    <x:t>0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.41</x:t>
   </x:si>
   <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3945</x:t>
   </x:si>
   <x:si>
     <x:t>17.40</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>99</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.4155</x:t>
   </x:si>
   <x:si>
     <x:t>17.66</x:t>
   </x:si>
   <x:si>
     <x:t>15,704</x:t>
   </x:si>
   <x:si>
     <x:t>1.40</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.4024</x:t>
   </x:si>
   <x:si>
     <x:t>0.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.79</x:t>
   </x:si>
   <x:si>
     <x:t>17.61</x:t>
   </x:si>
   <x:si>
     <x:t>367</x:t>
   </x:si>
   <x:si>
     <x:t>0.21</x:t>
   </x:si>
   <x:si>
-    <x:t>1.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.2663</x:t>
   </x:si>
   <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>3.65</x:t>
   </x:si>
   <x:si>
     <x:t>16.95</x:t>
   </x:si>
   <x:si>
     <x:t>3,248</x:t>
   </x:si>
   <x:si>
     <x:t>-0.32</x:t>
   </x:si>
   <x:si>
     <x:t>-1.83</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.6576</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.05</x:t>
   </x:si>
   <x:si>
     <x:t>16.40</x:t>
   </x:si>
   <x:si>
     <x:t>1,545</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.55</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.4837</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.40</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>17.05</x:t>
   </x:si>
   <x:si>
     <x:t>11,115</x:t>
   </x:si>
   <x:si>
     <x:t>0.57</x:t>
   </x:si>
   <x:si>
     <x:t>3.44</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.8825</x:t>
   </x:si>
   <x:si>
     <x:t>-0.24</x:t>
   </x:si>
   <x:si>
     <x:t>-1.41</x:t>
   </x:si>
   <x:si>
     <x:t>16.92</x:t>
   </x:si>
   <x:si>
     <x:t>9,668</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.1236</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.65</x:t>
   </x:si>
   <x:si>
     <x:t>17.60</x:t>
   </x:si>
   <x:si>
     <x:t>3,822</x:t>
   </x:si>
   <x:si>
-    <x:t>0.48</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.78</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.5893</x:t>
   </x:si>
   <x:si>
     <x:t>-0.71</x:t>
   </x:si>
   <x:si>
     <x:t>-3.88</x:t>
   </x:si>
   <x:si>
     <x:t>18.63</x:t>
   </x:si>
   <x:si>
     <x:t>4,247</x:t>
   </x:si>
   <x:si>
     <x:t>1.04</x:t>
   </x:si>
   <x:si>
     <x:t>5.92</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.2992</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.29</x:t>
   </x:si>
   <x:si>
     <x:t>17.93</x:t>
   </x:si>
   <x:si>
     <x:t>2,657</x:t>
   </x:si>
   <x:si>
     <x:t>-0.37</x:t>
   </x:si>
   <x:si>
     <x:t>-2.02</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.0670</x:t>
   </x:si>
   <x:si>
     <x:t>-1.23</x:t>
   </x:si>
   <x:si>
     <x:t>18.18</x:t>
   </x:si>
   <x:si>
     <x:t>1,863</x:t>
   </x:si>
   <x:si>
     <x:t>0.63</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.2911</x:t>
   </x:si>
   <x:si>
     <x:t>18.40</x:t>
   </x:si>
   <x:si>
     <x:t>10,501</x:t>
   </x:si>
   <x:si>
-    <x:t>0.60</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.3309</x:t>
   </x:si>
   <x:si>
     <x:t>18.55</x:t>
   </x:si>
   <x:si>
     <x:t>3,169</x:t>
   </x:si>
   <x:si>
     <x:t>1.20</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.2456</x:t>
   </x:si>
   <x:si>
     <x:t>-0.45</x:t>
   </x:si>
   <x:si>
     <x:t>-2.38</x:t>
   </x:si>
   <x:si>
-    <x:t>18.94</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11,305</x:t>
   </x:si>
   <x:si>
     <x:t>0.69</x:t>
   </x:si>
   <x:si>
     <x:t>3.81</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.6911</x:t>
   </x:si>
   <x:si>
     <x:t>0.86</x:t>
   </x:si>
   <x:si>
     <x:t>4.83</x:t>
   </x:si>
   <x:si>
     <x:t>17.97</x:t>
   </x:si>
   <x:si>
     <x:t>3,501</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.72</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-3.86</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.8306</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
   </x:si>
   <x:si>
     <x:t>2.82</x:t>
   </x:si>
   <x:si>
     <x:t>17.74</x:t>
   </x:si>
   <x:si>
     <x:t>11,349</x:t>
   </x:si>
   <x:si>
     <x:t>-0.51</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3424</x:t>
   </x:si>
   <x:si>
     <x:t>1.42</x:t>
   </x:si>
   <x:si>
     <x:t>17.19</x:t>
   </x:si>
   <x:si>
     <x:t>18,788</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.88</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.0996</x:t>
   </x:si>
   <x:si>
     <x:t>17.23</x:t>
   </x:si>
   <x:si>
     <x:t>3,392</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.76</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.4183</x:t>
   </x:si>
   <x:si>
     <x:t>4,414</x:t>
   </x:si>
   <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3369</x:t>
   </x:si>
   <x:si>
     <x:t>-0.06</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17.44</x:t>
   </x:si>
   <x:si>
     <x:t>15,013</x:t>
   </x:si>
   <x:si>
     <x:t>0.10</x:t>
   </x:si>
   <x:si>
-    <x:t>0.59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3985</x:t>
   </x:si>
   <x:si>
     <x:t>1.07</x:t>
   </x:si>
   <x:si>
     <x:t>17.50</x:t>
   </x:si>
   <x:si>
     <x:t>14,283</x:t>
   </x:si>
   <x:si>
     <x:t>0.58</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.2150</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.44</x:t>
   </x:si>
   <x:si>
     <x:t>17.26</x:t>
   </x:si>
   <x:si>
     <x:t>16,964</x:t>
   </x:si>
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.9699</x:t>
   </x:si>
   <x:si>
-    <x:t>0.41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.48</x:t>
   </x:si>
   <x:si>
     <x:t>17.21</x:t>
   </x:si>
   <x:si>
     <x:t>2,821</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.5597</x:t>
   </x:si>
   <x:si>
     <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>-1.77</x:t>
   </x:si>
   <x:si>
     <x:t>16.70</x:t>
   </x:si>
   <x:si>
     <x:t>19,989</x:t>
   </x:si>
   <x:si>
-    <x:t>0.85</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.8589</x:t>
   </x:si>
   <x:si>
     <x:t>-0.84</x:t>
   </x:si>
   <x:si>
     <x:t>-4.77</x:t>
   </x:si>
   <x:si>
     <x:t>18.48</x:t>
   </x:si>
   <x:si>
     <x:t>11,017</x:t>
   </x:si>
   <x:si>
     <x:t>1.62</x:t>
   </x:si>
   <x:si>
     <x:t>9.62</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
@@ -889,53 +1351,50 @@
   <x:si>
     <x:t>0.40</x:t>
   </x:si>
   <x:si>
     <x:t>2.30</x:t>
   </x:si>
   <x:si>
     <x:t>17.36</x:t>
   </x:si>
   <x:si>
     <x:t>4,722</x:t>
   </x:si>
   <x:si>
     <x:t>-0.34</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3050</x:t>
   </x:si>
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.93</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16.97</x:t>
   </x:si>
   <x:si>
     <x:t>46,063</x:t>
   </x:si>
   <x:si>
     <x:t>-1.94</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.4666</x:t>
   </x:si>
   <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>17.90</x:t>
   </x:si>
   <x:si>
     <x:t>14,774</x:t>
   </x:si>
   <x:si>
     <x:t>0.43</x:t>
@@ -985,53 +1444,50 @@
   <x:si>
     <x:t>18.6432</x:t>
   </x:si>
   <x:si>
     <x:t>18.50</x:t>
   </x:si>
   <x:si>
     <x:t>16,722</x:t>
   </x:si>
   <x:si>
     <x:t>-0.14</x:t>
   </x:si>
   <x:si>
     <x:t>-0.77</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.5027</x:t>
   </x:si>
   <x:si>
     <x:t>-2.48</x:t>
   </x:si>
   <x:si>
-    <x:t>19.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,534</x:t>
   </x:si>
   <x:si>
     <x:t>0.64</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.9731</x:t>
   </x:si>
   <x:si>
     <x:t>0.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.39</x:t>
   </x:si>
   <x:si>
     <x:t>19.50</x:t>
   </x:si>
   <x:si>
     <x:t>20,769</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
@@ -1039,69 +1495,63 @@
   <x:si>
     <x:t>18.9001</x:t>
   </x:si>
   <x:si>
     <x:t>18.65</x:t>
   </x:si>
   <x:si>
     <x:t>31,099</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>-1.32</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.8592</x:t>
   </x:si>
   <x:si>
     <x:t>-3.92</x:t>
   </x:si>
   <x:si>
-    <x:t>19.80</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13,892</x:t>
   </x:si>
   <x:si>
     <x:t>0.94</x:t>
   </x:si>
   <x:si>
     <x:t>4.99</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.6282</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>-0.01</x:t>
   </x:si>
   <x:si>
     <x:t>19.47</x:t>
   </x:si>
   <x:si>
     <x:t>18,785</x:t>
   </x:si>
   <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.6368</x:t>
   </x:si>
   <x:si>
     <x:t>-4.50</x:t>
   </x:si>
   <x:si>
     <x:t>20.30</x:t>
   </x:si>
   <x:si>
     <x:t>28,138</x:t>
   </x:si>
@@ -1243,56 +1693,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb716b4357e45b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06187e02811f4640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf379fc315c91450c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc53d90a233412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R78513690c52143c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R698660a566e94c2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H61"/>
+  <x:dimension ref="A1:H86"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -1387,1464 +1837,2114 @@
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="C6" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D6" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C6" s="4" t="s">
+      <x:c r="E6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="D6" s="4" t="s">
+      <x:c r="F6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="E6" s="4" t="s">
+      <x:c r="G6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F6" s="4" t="s">
+      <x:c r="H6" s="4" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
+      <x:c r="D7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D7" s="4" t="s">
+      <x:c r="E7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="E7" s="4" t="s">
+      <x:c r="F7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F7" s="4" t="s">
+      <x:c r="G7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="G7" s="4" t="s">
+      <x:c r="H7" s="4" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
+      <x:c r="C8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="C8" s="4" t="s">
+      <x:c r="D8" s="4" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="B34" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="G45" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H45" s="4" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F46" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="G46" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="B46" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="F47" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="B47" s="1" t="s">
+      <x:c r="G47" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="s">
+      <x:c r="H47" s="4" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="F48" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="B48" s="1" t="s">
+      <x:c r="G48" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H48" s="4" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="F49" s="4" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="G49" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="B49" s="1" t="s">
+      <x:c r="H49" s="4" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="B50" s="1" t="s">
+      <x:c r="F50" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D50" s="4" t="s">
+      <x:c r="G50" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E50" s="4" t="s">
+      <x:c r="H50" s="4" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="B51" s="1" t="s">
+      <x:c r="E51" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="s">
+      <x:c r="F51" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="s">
+      <x:c r="G51" s="4" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H51" s="4" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="B52" s="1" t="s">
+      <x:c r="D52" s="4" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="s">
+      <x:c r="F55" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="F55" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="B56" s="1" t="s">
+      <x:c r="F56" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="s">
+      <x:c r="G56" s="4" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="H56" s="4" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F57" s="4" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="G57" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="B57" s="1" t="s">
+      <x:c r="H57" s="4" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="F58" s="4" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="G58" s="4" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H58" s="4" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F59" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="B59" s="1" t="s">
+      <x:c r="G59" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H59" s="4" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="B60" s="1" t="s">
+      <x:c r="E60" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E60" s="4" t="s">
+      <x:c r="F60" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="F60" s="4" t="s">
+      <x:c r="G60" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H60" s="4" t="s">
+        <x:v>391</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A61" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="F61" s="4" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="G61" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H61" s="4" t="s">
+        <x:v>396</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A62" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F62" s="4" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="G62" s="4" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H62" s="4" t="s">
+        <x:v>400</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A63" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F63" s="4" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="G63" s="4" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H63" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A64" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="F64" s="4" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="G64" s="4" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H64" s="4" t="s">
+        <x:v>412</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A65" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="F65" s="4" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="G65" s="4" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="H65" s="4" t="s">
+        <x:v>420</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A66" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="F66" s="4" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="G66" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H66" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A67" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E67" s="4" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F67" s="4" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="G67" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H67" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A68" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E68" s="4" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="F68" s="4" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="G68" s="4" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="H68" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A69" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E69" s="4" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F69" s="4" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="G69" s="4" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="H69" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A70" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="E70" s="4" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="F70" s="4" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="G70" s="4" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="H70" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A71" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="E71" s="4" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="F71" s="4" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="G71" s="4" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="H71" s="4" t="s">
+        <x:v>423</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A72" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E72" s="4" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="F72" s="4" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="G72" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H72" s="4" t="s">
+        <x:v>465</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A73" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="E73" s="4" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="F73" s="4" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="G73" s="4" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="H73" s="4" t="s">
+        <x:v>471</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A74" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="F74" s="4" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="G74" s="4" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="H74" s="4" t="s">
+        <x:v>477</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A75" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="E75" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F75" s="4" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="G75" s="4" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="H75" s="4" t="s">
+        <x:v>320</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A76" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="F76" s="4" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="G76" s="4" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H76" s="4" t="s">
+        <x:v>334</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A77" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E77" s="4" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="F77" s="4" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="G77" s="4" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H77" s="4" t="s">
+        <x:v>494</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A78" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F78" s="4" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="G78" s="4" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="H78" s="4" t="s">
+        <x:v>500</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A79" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="F79" s="4" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="G79" s="4" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="H79" s="4" t="s">
+        <x:v>505</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A80" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="E80" s="4" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="F80" s="4" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="G80" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H80" s="4" t="s">
+        <x:v>511</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A81" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="F81" s="4" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="G81" s="4" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="H81" s="4" t="s">
+        <x:v>519</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A82" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="F82" s="4" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="G82" s="4" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="H82" s="4" t="s">
+        <x:v>527</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A83" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="E83" s="4" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="F83" s="4" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="G83" s="4" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H83" s="4" t="s">
+        <x:v>533</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A84" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="E84" s="4" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="F84" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G60" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>87</x:v>
+      <x:c r="G84" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H84" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A85" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E85" s="4" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="F85" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G85" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H85" s="4" t="s">
+        <x:v>150</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>