--- v2 (2026-02-20)
+++ v3 (2026-03-12)
@@ -1,101 +1,416 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73c3e0c820a64bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca76f3d80c3d4e94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260219" sheetId="1" r:id="R698660a566e94c2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260311" sheetId="1" r:id="Rec0de5d7dead4730"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="680" uniqueCount="541">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="792" uniqueCount="616">
   <x:si>
     <x:t>Uranium and Energy Innovation ETF - URAN</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.9607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.1295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.9196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.9351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.4772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.0626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.3550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51</x:t>
+  </x:si>
+  <x:si>
     <x:t>19/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.4646</x:t>
   </x:si>
   <x:si>
-    <x:t>0.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.77</x:t>
   </x:si>
   <x:si>
-    <x:t>19.37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,363</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.49</x:t>
   </x:si>
   <x:si>
     <x:t>18/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.1263</x:t>
   </x:si>
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>2.21</x:t>
   </x:si>
   <x:si>
     <x:t>18.91</x:t>
   </x:si>
   <x:si>
     <x:t>999</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>-1.13</x:t>
@@ -112,68 +427,62 @@
   <x:si>
     <x:t>-0.36</x:t>
   </x:si>
   <x:si>
     <x:t>18.70</x:t>
   </x:si>
   <x:si>
     <x:t>1,910</x:t>
   </x:si>
   <x:si>
     <x:t>-0.01</x:t>
   </x:si>
   <x:si>
     <x:t>16/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.7804</x:t>
   </x:si>
   <x:si>
     <x:t>-0.39</x:t>
   </x:si>
   <x:si>
     <x:t>18.94</x:t>
   </x:si>
   <x:si>
-    <x:t>8,043</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.85</x:t>
   </x:si>
   <x:si>
     <x:t>13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.8546</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>18.86</x:t>
   </x:si>
   <x:si>
     <x:t>21,030</x:t>
   </x:si>
   <x:si>
     <x:t>0.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.03</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.9043</x:t>
   </x:si>
   <x:si>
     <x:t>-0.68</x:t>
   </x:si>
   <x:si>
     <x:t>-3.47</x:t>
@@ -184,74 +493,68 @@
   <x:si>
     <x:t>6,263</x:t>
   </x:si>
   <x:si>
     <x:t>0.89</x:t>
   </x:si>
   <x:si>
     <x:t>4.69</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.5842</x:t>
   </x:si>
   <x:si>
     <x:t>-1.29</x:t>
   </x:si>
   <x:si>
     <x:t>20.08</x:t>
   </x:si>
   <x:si>
     <x:t>2,531</x:t>
   </x:si>
   <x:si>
-    <x:t>0.50</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.53</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.8400</x:t>
   </x:si>
   <x:si>
     <x:t>-0.35</x:t>
   </x:si>
   <x:si>
     <x:t>20.20</x:t>
   </x:si>
   <x:si>
     <x:t>4,329</x:t>
   </x:si>
   <x:si>
-    <x:t>0.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.81</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.9094</x:t>
   </x:si>
   <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>4.32</x:t>
   </x:si>
   <x:si>
     <x:t>19.44</x:t>
   </x:si>
   <x:si>
     <x:t>2,437</x:t>
   </x:si>
   <x:si>
     <x:t>-0.47</x:t>
   </x:si>
   <x:si>
     <x:t>-2.36</x:t>
@@ -289,53 +592,50 @@
   <x:si>
     <x:t>-0.75</x:t>
   </x:si>
   <x:si>
     <x:t>-3.89</x:t>
   </x:si>
   <x:si>
     <x:t>19.14</x:t>
   </x:si>
   <x:si>
     <x:t>9,164</x:t>
   </x:si>
   <x:si>
     <x:t>0.59</x:t>
   </x:si>
   <x:si>
     <x:t>3.19</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.2991</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.93</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-4.59</x:t>
   </x:si>
   <x:si>
     <x:t>20.32</x:t>
   </x:si>
   <x:si>
     <x:t>4,263</x:t>
   </x:si>
   <x:si>
     <x:t>1.02</x:t>
   </x:si>
   <x:si>
     <x:t>5.29</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.2267</x:t>
   </x:si>
   <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
     <x:t>3.98</x:t>
@@ -421,242 +721,221 @@
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>2.84</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.5042</x:t>
   </x:si>
   <x:si>
     <x:t>0.98</x:t>
   </x:si>
   <x:si>
     <x:t>4.76</x:t>
   </x:si>
   <x:si>
     <x:t>20.88</x:t>
   </x:si>
   <x:si>
     <x:t>10,279</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.62</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.90</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.5263</x:t>
   </x:si>
   <x:si>
     <x:t>-0.42</x:t>
   </x:si>
   <x:si>
     <x:t>20.17</x:t>
   </x:si>
   <x:si>
     <x:t>18,483</x:t>
   </x:si>
   <x:si>
     <x:t>-1.74</x:t>
   </x:si>
   <x:si>
     <x:t>26/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.6132</x:t>
   </x:si>
   <x:si>
     <x:t>0.00</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.10</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
     <x:t>-0.72</x:t>
   </x:si>
   <x:si>
     <x:t>8,898</x:t>
   </x:si>
   <x:si>
     <x:t>22/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.7619</x:t>
   </x:si>
   <x:si>
     <x:t>0.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>20.93</x:t>
   </x:si>
   <x:si>
     <x:t>5,337</x:t>
   </x:si>
   <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.81</x:t>
   </x:si>
   <x:si>
     <x:t>21/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.7438</x:t>
   </x:si>
   <x:si>
-    <x:t>0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>20.91</x:t>
   </x:si>
   <x:si>
     <x:t>7,042</x:t>
   </x:si>
   <x:si>
     <x:t>0.80</x:t>
   </x:si>
   <x:si>
     <x:t>20/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.5001</x:t>
   </x:si>
   <x:si>
     <x:t>-0.29</x:t>
   </x:si>
   <x:si>
     <x:t>-1.40</x:t>
   </x:si>
   <x:si>
     <x:t>20.98</x:t>
   </x:si>
   <x:si>
     <x:t>6,962</x:t>
   </x:si>
   <x:si>
-    <x:t>0.48</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.34</x:t>
   </x:si>
   <x:si>
     <x:t>19/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.7905</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.65</x:t>
   </x:si>
   <x:si>
     <x:t>20.94</x:t>
   </x:si>
   <x:si>
     <x:t>9,376</x:t>
   </x:si>
   <x:si>
-    <x:t>0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.72</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.6569</x:t>
   </x:si>
   <x:si>
     <x:t>0.45</x:t>
   </x:si>
   <x:si>
     <x:t>20.45</x:t>
   </x:si>
   <x:si>
     <x:t>4,103</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>-1.00</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.2110</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.41</x:t>
   </x:si>
   <x:si>
     <x:t>12,548</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.2148</x:t>
   </x:si>
   <x:si>
     <x:t>0.53</x:t>
   </x:si>
   <x:si>
     <x:t>2.69</x:t>
   </x:si>
   <x:si>
     <x:t>20.00</x:t>
   </x:si>
   <x:si>
     <x:t>4,110</x:t>
   </x:si>
   <x:si>
     <x:t>-1.06</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.6850</x:t>
@@ -664,110 +943,101 @@
   <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>20.02</x:t>
   </x:si>
   <x:si>
     <x:t>38,042</x:t>
   </x:si>
   <x:si>
     <x:t>1.70</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.5934</x:t>
   </x:si>
   <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
-    <x:t>19.65</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>7,119</x:t>
   </x:si>
   <x:si>
     <x:t>0.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.5122</x:t>
   </x:si>
   <x:si>
     <x:t>1.75</x:t>
   </x:si>
   <x:si>
     <x:t>19.39</x:t>
   </x:si>
   <x:si>
     <x:t>3,082</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.1765</x:t>
   </x:si>
   <x:si>
     <x:t>19.36</x:t>
   </x:si>
   <x:si>
     <x:t>4,403</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.96</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.1610</x:t>
   </x:si>
   <x:si>
-    <x:t>0.44</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19.12</x:t>
   </x:si>
   <x:si>
     <x:t>6,195</x:t>
   </x:si>
   <x:si>
     <x:t>-0.04</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.0765</x:t>
   </x:si>
   <x:si>
     <x:t>0.33</x:t>
   </x:si>
   <x:si>
     <x:t>19.06</x:t>
   </x:si>
   <x:si>
     <x:t>6,126</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026</x:t>
@@ -802,98 +1072,92 @@
   <x:si>
     <x:t>5.14</x:t>
   </x:si>
   <x:si>
     <x:t>17.33</x:t>
   </x:si>
   <x:si>
     <x:t>6,890</x:t>
   </x:si>
   <x:si>
     <x:t>-2.75</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>16.9480</x:t>
   </x:si>
   <x:si>
     <x:t>17.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
-    <x:t>0.66</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10,326</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.8692</x:t>
   </x:si>
   <x:si>
     <x:t>-0.31</x:t>
   </x:si>
   <x:si>
     <x:t>-1.79</x:t>
   </x:si>
   <x:si>
     <x:t>17.32</x:t>
   </x:si>
   <x:si>
     <x:t>379</x:t>
   </x:si>
   <x:si>
     <x:t>2.67</x:t>
   </x:si>
   <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.1772</x:t>
   </x:si>
   <x:si>
     <x:t>-1.25</x:t>
   </x:si>
   <x:si>
     <x:t>17.42</x:t>
   </x:si>
   <x:si>
     <x:t>1,434</x:t>
   </x:si>
   <x:si>
-    <x:t>1.41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3945</x:t>
   </x:si>
   <x:si>
     <x:t>17.40</x:t>
   </x:si>
   <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>99</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.4155</x:t>
   </x:si>
   <x:si>
     <x:t>17.66</x:t>
@@ -901,146 +1165,134 @@
   <x:si>
     <x:t>15,704</x:t>
   </x:si>
   <x:si>
     <x:t>1.40</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.4024</x:t>
   </x:si>
   <x:si>
     <x:t>0.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.79</x:t>
   </x:si>
   <x:si>
     <x:t>17.61</x:t>
   </x:si>
   <x:si>
     <x:t>367</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.2663</x:t>
   </x:si>
   <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>3.65</x:t>
   </x:si>
   <x:si>
     <x:t>16.95</x:t>
   </x:si>
   <x:si>
     <x:t>3,248</x:t>
   </x:si>
   <x:si>
     <x:t>-0.32</x:t>
   </x:si>
   <x:si>
     <x:t>-1.83</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.6576</x:t>
   </x:si>
   <x:si>
-    <x:t>1.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16.40</x:t>
   </x:si>
   <x:si>
     <x:t>1,545</x:t>
   </x:si>
   <x:si>
     <x:t>-1.55</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.4837</x:t>
   </x:si>
   <x:si>
     <x:t>17.05</x:t>
   </x:si>
   <x:si>
     <x:t>11,115</x:t>
   </x:si>
   <x:si>
     <x:t>0.57</x:t>
   </x:si>
   <x:si>
     <x:t>3.44</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.8825</x:t>
   </x:si>
   <x:si>
     <x:t>-0.24</x:t>
   </x:si>
   <x:si>
     <x:t>-1.41</x:t>
   </x:si>
   <x:si>
     <x:t>16.92</x:t>
   </x:si>
   <x:si>
     <x:t>9,668</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.1236</x:t>
   </x:si>
   <x:si>
-    <x:t>-2.65</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17.60</x:t>
   </x:si>
   <x:si>
     <x:t>3,822</x:t>
   </x:si>
   <x:si>
     <x:t>2.78</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.5893</x:t>
   </x:si>
   <x:si>
     <x:t>-0.71</x:t>
   </x:si>
   <x:si>
     <x:t>-3.88</x:t>
   </x:si>
   <x:si>
     <x:t>18.63</x:t>
   </x:si>
   <x:si>
     <x:t>4,247</x:t>
@@ -1075,53 +1327,50 @@
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.0670</x:t>
   </x:si>
   <x:si>
     <x:t>-1.23</x:t>
   </x:si>
   <x:si>
     <x:t>18.18</x:t>
   </x:si>
   <x:si>
     <x:t>1,863</x:t>
   </x:si>
   <x:si>
     <x:t>0.63</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.2911</x:t>
   </x:si>
   <x:si>
-    <x:t>18.40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10,501</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.3309</x:t>
   </x:si>
   <x:si>
     <x:t>18.55</x:t>
   </x:si>
   <x:si>
     <x:t>3,169</x:t>
   </x:si>
   <x:si>
     <x:t>1.20</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.2456</x:t>
   </x:si>
   <x:si>
     <x:t>-0.45</x:t>
@@ -1156,86 +1405,80 @@
   <x:si>
     <x:t>3,501</x:t>
   </x:si>
   <x:si>
     <x:t>-3.86</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.8306</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
   </x:si>
   <x:si>
     <x:t>2.82</x:t>
   </x:si>
   <x:si>
     <x:t>17.74</x:t>
   </x:si>
   <x:si>
     <x:t>11,349</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.51</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3424</x:t>
   </x:si>
   <x:si>
     <x:t>1.42</x:t>
   </x:si>
   <x:si>
     <x:t>17.19</x:t>
   </x:si>
   <x:si>
     <x:t>18,788</x:t>
   </x:si>
   <x:si>
     <x:t>-0.88</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.0996</x:t>
   </x:si>
   <x:si>
     <x:t>17.23</x:t>
   </x:si>
   <x:si>
     <x:t>3,392</x:t>
   </x:si>
   <x:si>
-    <x:t>0.76</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.4183</x:t>
   </x:si>
   <x:si>
     <x:t>4,414</x:t>
   </x:si>
   <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3369</x:t>
   </x:si>
   <x:si>
     <x:t>-0.06</x:t>
   </x:si>
   <x:si>
     <x:t>17.44</x:t>
   </x:si>
   <x:si>
     <x:t>15,013</x:t>
@@ -1258,53 +1501,50 @@
   <x:si>
     <x:t>14,283</x:t>
   </x:si>
   <x:si>
     <x:t>0.58</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.2150</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.44</x:t>
   </x:si>
   <x:si>
     <x:t>17.26</x:t>
   </x:si>
   <x:si>
     <x:t>16,964</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.9699</x:t>
   </x:si>
   <x:si>
     <x:t>2.48</x:t>
   </x:si>
   <x:si>
     <x:t>17.21</x:t>
   </x:si>
   <x:si>
     <x:t>2,821</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>16.5597</x:t>
   </x:si>
   <x:si>
     <x:t>-0.30</x:t>
@@ -1366,143 +1606,131 @@
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.3050</x:t>
   </x:si>
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>16.97</x:t>
   </x:si>
   <x:si>
     <x:t>46,063</x:t>
   </x:si>
   <x:si>
     <x:t>-1.94</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.4666</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.92</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17.90</x:t>
   </x:si>
   <x:si>
     <x:t>14,774</x:t>
   </x:si>
   <x:si>
     <x:t>0.43</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.6285</x:t>
   </x:si>
   <x:si>
     <x:t>-0.38</x:t>
   </x:si>
   <x:si>
     <x:t>-2.09</x:t>
   </x:si>
   <x:si>
     <x:t>17.86</x:t>
   </x:si>
   <x:si>
     <x:t>12,616</x:t>
   </x:si>
   <x:si>
-    <x:t>1.31</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.0039</x:t>
   </x:si>
   <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>-3.43</x:t>
   </x:si>
   <x:si>
     <x:t>3,599</x:t>
   </x:si>
   <x:si>
     <x:t>3.48</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.6432</x:t>
   </x:si>
   <x:si>
     <x:t>18.50</x:t>
   </x:si>
   <x:si>
     <x:t>16,722</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.77</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.5027</x:t>
   </x:si>
   <x:si>
     <x:t>-2.48</x:t>
   </x:si>
   <x:si>
     <x:t>3,534</x:t>
   </x:si>
   <x:si>
     <x:t>0.64</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.9731</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.39</x:t>
   </x:si>
   <x:si>
     <x:t>19.50</x:t>
   </x:si>
   <x:si>
     <x:t>20,769</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.9001</x:t>
   </x:si>
   <x:si>
     <x:t>18.65</x:t>
   </x:si>
   <x:si>
     <x:t>31,099</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>-1.32</x:t>
@@ -1565,53 +1793,50 @@
     <x:t>20.5621</x:t>
   </x:si>
   <x:si>
     <x:t>-0.69</x:t>
   </x:si>
   <x:si>
     <x:t>-3.23</x:t>
   </x:si>
   <x:si>
     <x:t>21.40</x:t>
   </x:si>
   <x:si>
     <x:t>50,202</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
     <x:t>4.07</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2479</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>-0.19</x:t>
   </x:si>
   <x:si>
     <x:t>-0.90</x:t>
   </x:si>
   <x:si>
     <x:t>21.93</x:t>
   </x:si>
   <x:si>
     <x:t>58,814</x:t>
   </x:si>
   <x:si>
     <x:t>0.68</x:t>
   </x:si>
   <x:si>
     <x:t>3.21</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4419</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
@@ -1693,56 +1918,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc53d90a233412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R78513690c52143c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R698660a566e94c2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5d4d0286fb243d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra9818e32366e4194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec0de5d7dead4730" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H86"/>
+  <x:dimension ref="A1:H100"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -1837,2114 +2062,2478 @@
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D17" s="4" t="s">
+      <x:c r="E17" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="E17" s="4" t="s">
+      <x:c r="G17" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H17" s="4" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
+      <x:c r="E18" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="s">
+      <x:c r="F18" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D18" s="4" t="s">
+      <x:c r="G18" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E18" s="4" t="s">
+      <x:c r="H18" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="B19" s="1" t="s">
+      <x:c r="E19" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="s">
+      <x:c r="F19" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="D19" s="4" t="s">
+      <x:c r="G19" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="E19" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F20" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="G20" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="B20" s="1" t="s">
+      <x:c r="H20" s="4" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="F21" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="B21" s="1" t="s">
+      <x:c r="G21" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C21" s="4" t="s">
+      <x:c r="H21" s="4" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="B22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C22" s="4" t="s">
+      <x:c r="F22" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D22" s="4" t="s">
+      <x:c r="G22" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="E22" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F22" s="4" t="s">
+      <x:c r="H22" s="4" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="D23" s="4" t="s">
+      <x:c r="E23" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="E23" s="4" t="s">
+      <x:c r="F23" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="F23" s="4" t="s">
+      <x:c r="G23" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H23" s="4" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B24" s="1" t="s">
+      <x:c r="E24" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C24" s="4" t="s">
+      <x:c r="F24" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D24" s="4" t="s">
+      <x:c r="G24" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H24" s="4" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="B25" s="1" t="s">
+      <x:c r="E25" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C25" s="4" t="s">
+      <x:c r="F25" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D25" s="4" t="s">
+      <x:c r="G25" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E25" s="4" t="s">
+      <x:c r="H25" s="4" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="B26" s="1" t="s">
+      <x:c r="E26" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="C26" s="4" t="s">
+      <x:c r="F26" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="D26" s="4" t="s">
+      <x:c r="G26" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="E26" s="4" t="s">
+      <x:c r="H26" s="4" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="B27" s="1" t="s">
+      <x:c r="E27" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C27" s="4" t="s">
+      <x:c r="F27" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D27" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="E27" s="4" t="s">
+      <x:c r="G27" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="F27" s="4" t="s">
+      <x:c r="H27" s="4" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="B28" s="1" t="s">
+      <x:c r="E28" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C28" s="4" t="s">
+      <x:c r="F28" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D28" s="4" t="s">
+      <x:c r="G28" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E28" s="4" t="s">
+      <x:c r="H28" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
+      <x:c r="D29" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C29" s="4" t="s">
+      <x:c r="E29" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D29" s="4" t="s">
+      <x:c r="F29" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E29" s="4" t="s">
+      <x:c r="G29" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F29" s="4" t="s">
+      <x:c r="H29" s="4" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
+      <x:c r="C30" s="4" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D36" s="4" t="s">
+      <x:c r="F36" s="4" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="G36" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H36" s="4" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F38" s="4" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="G38" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="B38" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="B58" s="1" t="s">
+      <x:c r="C58" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E58" s="4" t="s">
+      <x:c r="F58" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="F58" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="B59" s="1" t="s">
+      <x:c r="F59" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="s">
+      <x:c r="G59" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H59" s="4" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="B60" s="1" t="s">
+      <x:c r="F60" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="B61" s="1" t="s">
+      <x:c r="F61" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E61" s="4" t="s">
+      <x:c r="G61" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="F61" s="4" t="s">
+      <x:c r="H61" s="4" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="B62" s="1" t="s">
+      <x:c r="C62" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="s">
         <x:v>398</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="E63" s="4" t="s">
+      <x:c r="F63" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="F63" s="4" t="s">
+      <x:c r="G63" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="G63" s="4" t="s">
+      <x:c r="H63" s="4" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="E65" s="4" t="s">
+      <x:c r="F65" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="F65" s="4" t="s">
+      <x:c r="G65" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H65" s="4" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="B66" s="1" t="s">
+      <x:c r="D66" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D66" s="4" t="s">
+      <x:c r="E66" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="E66" s="4" t="s">
+      <x:c r="F66" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="F66" s="4" t="s">
+      <x:c r="G66" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="G66" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="E69" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F69" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="D69" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E70" s="4" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="F70" s="4" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="G70" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H70" s="4" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E71" s="4" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F71" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="G71" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="B71" s="1" t="s">
+      <x:c r="H71" s="4" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E72" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="B72" s="1" t="s">
+      <x:c r="F72" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="C72" s="4" t="s">
+      <x:c r="G72" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H72" s="4" t="s">
         <x:v>461</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="E73" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="B73" s="1" t="s">
+      <x:c r="F73" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="C73" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="F74" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="B74" s="1" t="s">
+      <x:c r="G74" s="4" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H74" s="4" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E85" s="4" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="F85" s="4" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="G85" s="4" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="H85" s="4" t="s">
+        <x:v>503</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A86" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="B85" s="1" t="s">
+      <x:c r="B86" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E85" s="4" t="s">
+      <x:c r="C86" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="F85" s="4" t="s">
+      <x:c r="D86" s="4" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="E86" s="4" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="F86" s="4" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="G86" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H86" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A87" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="B87" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="C87" s="4" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="D87" s="4" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="E87" s="4" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="F87" s="4" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="G87" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="H87" s="4" t="s">
+        <x:v>549</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A88" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="C88" s="4" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D88" s="4" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E88" s="4" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="F88" s="4" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="G88" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H88" s="4" t="s">
+        <x:v>554</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A89" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="E89" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F89" s="4" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="G89" s="4" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="H89" s="4" t="s">
+        <x:v>406</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A90" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="E90" s="4" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="F90" s="4" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="G90" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H90" s="4" t="s">
+        <x:v>418</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A91" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E91" s="4" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="F91" s="4" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="G91" s="4" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="H91" s="4" t="s">
+        <x:v>570</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A92" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="B92" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="E92" s="4" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F92" s="4" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="G92" s="4" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="H92" s="4" t="s">
+        <x:v>576</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A93" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="B93" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="E93" s="4" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="F93" s="4" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="G93" s="4" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="H93" s="4" t="s">
+        <x:v>581</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A94" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="B94" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="E94" s="4" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="F94" s="4" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="G94" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H94" s="4" t="s">
+        <x:v>587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A95" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="B95" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="E95" s="4" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="F95" s="4" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="G95" s="4" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="H95" s="4" t="s">
+        <x:v>595</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A96" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="E96" s="4" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="F96" s="4" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="G96" s="4" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="H96" s="4" t="s">
+        <x:v>602</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A97" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C97" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D97" s="4" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="E97" s="4" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="F97" s="4" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="G97" s="4" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="H97" s="4" t="s">
+        <x:v>608</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A98" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="E98" s="4" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="F98" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G85" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>150</x:v>
+      <x:c r="G98" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H98" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A99" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E99" s="4" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="F99" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G99" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H99" s="4" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>