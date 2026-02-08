--- v0 (2026-01-19)
+++ v1 (2026-02-08)
@@ -1,459 +1,459 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564c7c2aba0a43c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re885f5ddd55f4eb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260116" sheetId="1" r:id="R3b871f747e334c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260206" sheetId="1" r:id="R7f66323e3e5d4a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="137">
   <x:si>
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+    <x:t>All Fund Holdings as at 06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Cameco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CCJ US</x:t>
   </x:si>
   <x:si>
-    <x:t>12,414</x:t>
-[...5 lines deleted...]
-    <x:t>16.11%</x:t>
+    <x:t>13,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,101,652.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nexgen Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$821,209.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sprott Physical Uranium Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$751,416.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung C&amp;T Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>028260 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$744,295.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,713</x:t>
-[...35 lines deleted...]
-    <x:t>5.77%</x:t>
+    <x:t>8,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$742,568.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ihi Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7013 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$740,171.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atkinsrealis Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATRL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$698,914.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Heavy Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7011 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$662,183.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jacobs Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>J US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$638,684.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hitachi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6501 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$633,699.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Uranium Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>UEC US</x:t>
   </x:si>
   <x:si>
-    <x:t>25,790</x:t>
-[...65 lines deleted...]
-    <x:t>4.70%</x:t>
+    <x:t>27,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,907.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Fuji Electric Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>6504 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>5,342</x:t>
-[...35 lines deleted...]
-    <x:t>4.48%</x:t>
+    <x:t>5,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$549,088.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Fuels Inc/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UUUU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,937.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Centrus Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>LEU US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,178</x:t>
-[...20 lines deleted...]
-    <x:t>3.91%</x:t>
+    <x:t>1,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,936.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jgc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1963 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,023.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Nuscale Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SMR US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,169</x:t>
-[...5 lines deleted...]
-    <x:t>3.19%</x:t>
+    <x:t>15,259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,747.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Denison Mines Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DNN US</x:t>
   </x:si>
   <x:si>
-    <x:t>60,416</x:t>
-[...2 lines deleted...]
-    <x:t>$333,710.12</x:t>
+    <x:t>65,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,850.72</x:t>
   </x:si>
   <x:si>
     <x:t>2.49%</x:t>
   </x:si>
   <x:si>
-    <x:t>Jgc Corp</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Paladin Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PDN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>23,247</x:t>
-[...5 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>25,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,432.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgn Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1164 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>289,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,538.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Yellow Cake Plc</x:t>
   </x:si>
   <x:si>
     <x:t>YCA LN</x:t>
   </x:si>
   <x:si>
-    <x:t>15,363</x:t>
-[...20 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>16,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,177.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Kepco Engineering &amp; Construction Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>052690 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>1,287</x:t>
-[...5 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>1,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,647.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deep Yellow Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DYL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,592.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Nac Kazatomprom Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>KAP LI</x:t>
   </x:si>
   <x:si>
-    <x:t>1,242</x:t>
-[...20 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>1,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,210.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Silex Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SLX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>17,086</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>18,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,894.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Encore Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EU US</x:t>
   </x:si>
   <x:si>
-    <x:t>9,380</x:t>
-[...5 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>10,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,928.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$2,279.42</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$-2,081.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -478,51 +478,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec4355fa615457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R34da57fe3fd440de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b871f747e334c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556e7528a0d04af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9077edacb2b247c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7f66323e3e5d4a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">