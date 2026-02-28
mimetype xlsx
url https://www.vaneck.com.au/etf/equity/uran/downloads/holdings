--- v1 (2026-02-08)
+++ v2 (2026-02-28)
@@ -1,459 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re885f5ddd55f4eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19586d3cff4040fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260206" sheetId="1" r:id="R7f66323e3e5d4a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260227" sheetId="1" r:id="Ra59740fe6ac74824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="137">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 06/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="136">
+  <x:si>
+    <x:t>All Fund Holdings as at 27/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Cameco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CCJ US</x:t>
   </x:si>
   <x:si>
-    <x:t>13,369</x:t>
-[...5 lines deleted...]
-    <x:t>16.19%</x:t>
+    <x:t>14,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,378,466.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Nexgen Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NXE US</x:t>
   </x:si>
   <x:si>
-    <x:t>51,522</x:t>
-[...5 lines deleted...]
-    <x:t>6.33%</x:t>
+    <x:t>55,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$989,349.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung C&amp;T Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>028260 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$908,775.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ihi Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7013 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$901,923.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oklo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$785,715.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Sprott Physical Uranium Trust</x:t>
   </x:si>
   <x:si>
     <x:t>U-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>25,613</x:t>
-[...50 lines deleted...]
-    <x:t>5.70%</x:t>
+    <x:t>27,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$776,575.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fuji Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6504 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$770,121.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Heavy Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7011 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$743,205.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Atkinsrealis Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ATRL CN</x:t>
   </x:si>
   <x:si>
-    <x:t>6,618</x:t>
-[...20 lines deleted...]
-    <x:t>5.10%</x:t>
+    <x:t>7,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$689,318.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hitachi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6501 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$672,892.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Jacobs Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>J US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,089</x:t>
-[...20 lines deleted...]
-    <x:t>4.88%</x:t>
+    <x:t>3,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$639,922.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Uranium Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>UEC US</x:t>
   </x:si>
   <x:si>
-    <x:t>27,774</x:t>
-[...20 lines deleted...]
-    <x:t>4.23%</x:t>
+    <x:t>29,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$639,766.24</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Fuels Inc/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>UUUU US</x:t>
   </x:si>
   <x:si>
-    <x:t>17,208</x:t>
-[...5 lines deleted...]
-    <x:t>3.74%</x:t>
+    <x:t>18,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$551,271.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denison Mines Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,650.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jgc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1963 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$405,314.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Centrus Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>LEU US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,269</x:t>
-[...20 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>1,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,048.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paladin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,959.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Nuscale Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SMR US</x:t>
   </x:si>
   <x:si>
-    <x:t>15,259</x:t>
-[...35 lines deleted...]
-    <x:t>2.38%</x:t>
+    <x:t>16,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,613.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Cgn Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1164 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>289,049</x:t>
-[...5 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>309,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,620.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepco Engineering &amp; Construction Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>052690 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,474.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Yellow Cake Plc</x:t>
   </x:si>
   <x:si>
     <x:t>YCA LN</x:t>
   </x:si>
   <x:si>
-    <x:t>16,545</x:t>
-[...20 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>17,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,564.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Deep Yellow Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DYL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>59,437</x:t>
-[...5 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>63,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,386.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Nac Kazatomprom Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>KAP LI</x:t>
   </x:si>
   <x:si>
-    <x:t>1,337</x:t>
-[...5 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>1,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,770.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Silex Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SLX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>18,401</x:t>
-[...2 lines deleted...]
-    <x:t>$120,894.57</x:t>
+    <x:t>19,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,957.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Encore Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EU US</x:t>
   </x:si>
   <x:si>
-    <x:t>10,102</x:t>
-[...5 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>10,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,982.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-2,081.24</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$4,340.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -478,51 +475,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556e7528a0d04af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9077edacb2b247c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7f66323e3e5d4a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b97f3a15a35411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R78e71c6e1c544f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra59740fe6ac74824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -790,331 +787,331 @@
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>