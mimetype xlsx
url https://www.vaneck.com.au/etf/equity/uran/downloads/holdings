--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -1,456 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19586d3cff4040fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R598b36040a854b84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260227" sheetId="1" r:id="Ra59740fe6ac74824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260320" sheetId="1" r:id="R1171784137ce4ec8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="136">
   <x:si>
-    <x:t>All Fund Holdings as at 27/02/2026</x:t>
+    <x:t>All Fund Holdings as at 20/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Cameco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CCJ US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,316</x:t>
-[...5 lines deleted...]
-    <x:t>16.34%</x:t>
+    <x:t>16,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,458,193.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Nexgen Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NXE US</x:t>
   </x:si>
   <x:si>
-    <x:t>55,169</x:t>
-[...5 lines deleted...]
-    <x:t>6.80%</x:t>
+    <x:t>62,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,181.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ihi Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7013 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$895,160.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sprott Physical Uranium Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$858,879.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung C&amp;T Corp</x:t>
   </x:si>
   <x:si>
     <x:t>028260 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>2,658</x:t>
-[...20 lines deleted...]
-    <x:t>6.20%</x:t>
+    <x:t>3,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$830,426.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Heavy Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7011 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$814,277.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
-    <x:t>8,895</x:t>
-[...20 lines deleted...]
-    <x:t>5.34%</x:t>
+    <x:t>10,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,584.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atkinsrealis Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATRL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$753,541.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hitachi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6501 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$707,471.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Fuji Electric Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>6504 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>6,160</x:t>
-[...50 lines deleted...]
-    <x:t>4.62%</x:t>
+    <x:t>6,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$699,471.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Jacobs Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>J US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,308</x:t>
-[...5 lines deleted...]
-    <x:t>4.40%</x:t>
+    <x:t>3,749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$682,130.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Uranium Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>UEC US</x:t>
   </x:si>
   <x:si>
-    <x:t>29,741</x:t>
-[...2 lines deleted...]
-    <x:t>$639,766.24</x:t>
+    <x:t>33,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$636,179.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Fuels Inc/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>UUUU US</x:t>
   </x:si>
   <x:si>
-    <x:t>18,427</x:t>
-[...5 lines deleted...]
-    <x:t>3.79%</x:t>
+    <x:t>20,884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,894.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrus Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$448,889.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jgc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1963 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,597.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Denison Mines Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DNN US</x:t>
   </x:si>
   <x:si>
-    <x:t>69,671</x:t>
-[...35 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>78,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,034.43</x:t>
   </x:si>
   <x:si>
     <x:t>Paladin Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PDN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>26,808</x:t>
-[...5 lines deleted...]
-    <x:t>2.47%</x:t>
+    <x:t>30,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,263.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Nuscale Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SMR US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,339</x:t>
-[...5 lines deleted...]
-    <x:t>2.02%</x:t>
+    <x:t>18,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,563.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepco Engineering &amp; Construction Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>052690 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,635.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Cgn Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1164 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>309,513</x:t>
-[...20 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>350,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,214.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Yellow Cake Plc</x:t>
   </x:si>
   <x:si>
     <x:t>YCA LN</x:t>
   </x:si>
   <x:si>
-    <x:t>17,716</x:t>
-[...5 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>20,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,391.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nac Kazatomprom Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAP LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,467.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Deep Yellow Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DYL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>63,645</x:t>
-[...20 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>72,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,378.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Silex Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SLX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>19,704</x:t>
-[...5 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>22,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,558.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Encore Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EU US</x:t>
   </x:si>
   <x:si>
-    <x:t>10,817</x:t>
-[...5 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>12,259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,710.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$4,340.83</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$-2.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -475,51 +475,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b97f3a15a35411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R78e71c6e1c544f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra59740fe6ac74824" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R692a96367b764482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2788b86637e14aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1171784137ce4ec8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -787,131 +787,131 @@
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>