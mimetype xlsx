--- v3 (2026-03-21)
+++ v4 (2026-03-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R598b36040a854b84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6a04bbc363c4873" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260320" sheetId="1" r:id="R1171784137ce4ec8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="URAN_asat_20260320" sheetId="1" r:id="R57887063d70a46e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="136">
   <x:si>
     <x:t>All Fund Holdings as at 20/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
@@ -475,51 +475,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R692a96367b764482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2788b86637e14aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1171784137ce4ec8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1354830f85c940cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1708d82adf684ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57887063d70a46e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">