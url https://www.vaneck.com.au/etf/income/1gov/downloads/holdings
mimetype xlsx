--- v0 (2026-01-21)
+++ v1 (2026-02-14)
@@ -1,618 +1,630 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d07463a056e494c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda75b68b4ae493a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="1GOV_asat_20260121" sheetId="1" r:id="R2b1b409612f84bb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="1GOV_asat_20260213" sheetId="1" r:id="Rc586db9adf7944a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="191">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 21/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="195">
+  <x:si>
+    <x:t>All Fund Holdings as at 13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Compositerating^</x:t>
   </x:si>
   <x:si>
     <x:t>% of Fundnet assets</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Australia Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JR70BH0</x:t>
   </x:si>
   <x:si>
     <x:t>2.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2029</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
-    <x:t>10.56</x:t>
-[...2 lines deleted...]
-    <x:t>$2,280,261.00</x:t>
+    <x:t>10.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,575,819.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZZ10Y1</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>9.51</x:t>
-[...2 lines deleted...]
-    <x:t>$2,052,415.00</x:t>
+    <x:t>9.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,419,950.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L2FR980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-05-2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,258,671.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003GGDGQ2</x:t>
   </x:si>
   <x:si>
     <x:t>3.250</x:t>
   </x:si>
   <x:si>
     <x:t>21-04-2029</x:t>
   </x:si>
   <x:si>
-    <x:t>8.81</x:t>
-[...17 lines deleted...]
-    <x:t>$1,874,942.00</x:t>
+    <x:t>8.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,195,437.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0025XPYX9</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-04-2027</x:t>
   </x:si>
   <x:si>
     <x:t>7.64</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,649,976.00</x:t>
+    <x:t>$1,957,209.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CTZSDY8</x:t>
   </x:si>
   <x:si>
     <x:t>2.250</x:t>
   </x:si>
   <x:si>
     <x:t>21-05-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>7.39</x:t>
-[...2 lines deleted...]
-    <x:t>$1,595,223.00</x:t>
+    <x:t>7.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,835,368.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BNT3F72</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2027</x:t>
   </x:si>
   <x:si>
-    <x:t>6.09</x:t>
-[...2 lines deleted...]
-    <x:t>$1,314,607.00</x:t>
+    <x:t>6.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,589,466.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TQWZZD7</x:t>
   </x:si>
   <x:si>
     <x:t>1.000</x:t>
   </x:si>
   <x:si>
     <x:t>21-12-2030</x:t>
   </x:si>
   <x:si>
-    <x:t>3.49</x:t>
-[...2 lines deleted...]
-    <x:t>$753,496.00</x:t>
+    <x:t>4.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,045,054.00</x:t>
   </x:si>
   <x:si>
     <x:t>New South Wales Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DDS90J5</x:t>
   </x:si>
   <x:si>
     <x:t>3.000</x:t>
   </x:si>
   <x:si>
     <x:t>20-02-2030</x:t>
   </x:si>
   <x:si>
     <x:t>AA+ </x:t>
   </x:si>
   <x:si>
-    <x:t>3.22</x:t>
-[...2 lines deleted...]
-    <x:t>$695,819.00</x:t>
+    <x:t>3.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$829,769.00</x:t>
   </x:si>
   <x:si>
     <x:t>Treasury Corp Of Victoria</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00THTM679</x:t>
   </x:si>
   <x:si>
     <x:t>1.250</x:t>
   </x:si>
   <x:si>
     <x:t>19-11-2027</x:t>
   </x:si>
   <x:si>
     <x:t>AA  </x:t>
   </x:si>
   <x:si>
-    <x:t>$694,505.00</x:t>
+    <x:t>3.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$770,708.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CMSTF39</x:t>
   </x:si>
   <x:si>
     <x:t>20-03-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>2.62</x:t>
-[...2 lines deleted...]
-    <x:t>$565,243.00</x:t>
+    <x:t>2.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$683,239.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RQ8DDR2</x:t>
   </x:si>
   <x:si>
     <x:t>1.500</x:t>
   </x:si>
   <x:si>
     <x:t>20-11-2030</x:t>
   </x:si>
   <x:si>
-    <x:t>2.61</x:t>
-[...2 lines deleted...]
-    <x:t>$564,164.00</x:t>
+    <x:t>2.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$651,797.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Queensland Treasury Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HXWZ2R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-08-2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$641,190.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NLFVYB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22-10-2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$632,599.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8PZ4H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-10-2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$604,411.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HZHPSK5</x:t>
   </x:si>
   <x:si>
     <x:t>20-04-2029</x:t>
   </x:si>
   <x:si>
-    <x:t>2.54</x:t>
-[...44 lines deleted...]
-    <x:t>$487,651.00</x:t>
+    <x:t>2.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$596,311.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F36QY06</x:t>
   </x:si>
   <x:si>
     <x:t>20-08-2027</x:t>
   </x:si>
   <x:si>
-    <x:t>2.05</x:t>
-[...2 lines deleted...]
-    <x:t>$441,800.00</x:t>
+    <x:t>1.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,274.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CSKXNT0</x:t>
   </x:si>
   <x:si>
     <x:t>21-07-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>1.89</x:t>
-[...2 lines deleted...]
-    <x:t>$408,867.00</x:t>
+    <x:t>1.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$467,297.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M6PXHM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-08-2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,837.00</x:t>
   </x:si>
   <x:si>
     <x:t>Western Australian Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D0PNXQ9</x:t>
   </x:si>
   <x:si>
     <x:t>21-10-2027</x:t>
   </x:si>
   <x:si>
-    <x:t>1.67</x:t>
-[...2 lines deleted...]
-    <x:t>$360,869.00</x:t>
+    <x:t>1.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,982.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G9F55S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-05-2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,228.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Australian Government Financing A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N7YDK08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-05-2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,619.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000F7DR0</x:t>
   </x:si>
   <x:si>
     <x:t>6.000</x:t>
   </x:si>
   <x:si>
     <x:t>01-05-2030</x:t>
   </x:si>
   <x:si>
-    <x:t>1.49</x:t>
-[...41 lines deleted...]
-    <x:t>$227,944.00</x:t>
+    <x:t>1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,485.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Capital Territory</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KJRGF04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18-04-2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,576.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NBG4LB8</x:t>
   </x:si>
   <x:si>
     <x:t>24-07-2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.67</x:t>
-[...2 lines deleted...]
-    <x:t>$143,951.00</x:t>
+    <x:t>0.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,972.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZCNYVK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22-10-2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,371.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBYDQ31</x:t>
   </x:si>
   <x:si>
     <x:t>24-05-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.62</x:t>
-[...14 lines deleted...]
-    <x:t>$122,670.00</x:t>
+    <x:t>0.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,230.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KK8K1G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-07-2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,274.00</x:t>
   </x:si>
   <x:si>
     <x:t>Tasmanian Public Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D1SM6R1</x:t>
   </x:si>
   <x:si>
     <x:t>24-01-2028</x:t>
   </x:si>
   <x:si>
     <x:t>AA-</x:t>
   </x:si>
   <x:si>
-    <x:t>0.56</x:t>
-[...2 lines deleted...]
-    <x:t>$120,582.00</x:t>
+    <x:t>0.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,575.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QNB6FK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-01-2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,530.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G3TN617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-09-2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,108.00</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Territory Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LNK2CM0</x:t>
   </x:si>
   <x:si>
-    <x:t>0.44</x:t>
-[...5 lines deleted...]
-    <x:t>Australian Capital Territory</x:t>
+    <x:t>0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,931.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XXVG1Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,659.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QQ016K5</x:t>
   </x:si>
   <x:si>
     <x:t>23-10-2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.42</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
-    <x:t>$77,466.00</x:t>
-[...47 lines deleted...]
-    <x:t>$66,450.00</x:t>
+    <x:t>$91,432.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JRR6ML0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-01-2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,014.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010W17574</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
     <x:t>17-05-2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.29</x:t>
-[...2 lines deleted...]
-    <x:t>$62,438.00</x:t>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,407.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LY9PCJ1</x:t>
   </x:si>
   <x:si>
     <x:t>4.000</x:t>
   </x:si>
   <x:si>
     <x:t>24-05-2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...2 lines deleted...]
-    <x:t>$30,837.00</x:t>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,694.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NG9HMT4</x:t>
   </x:si>
   <x:si>
     <x:t>06-03-2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...2 lines deleted...]
-    <x:t>$18,188.00</x:t>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,193.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MF1H7W3</x:t>
   </x:si>
   <x:si>
     <x:t>15-11-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...2 lines deleted...]
-    <x:t>$12,630.00</x:t>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,616.00</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...2 lines deleted...]
-    <x:t>$15,022.00</x:t>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,510.00</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -640,56 +652,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03385cc608c445f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rec0b3fa538df4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b1b409612f84bb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed2c57a039b4cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2029e305c83944af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc586db9adf7944a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I43"/>
+  <x:dimension ref="A1:I44"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="27" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1026,912 +1038,941 @@
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:9" ht="30" customHeight="1">
-      <x:c r="A43" s="2" t="s">
+    <x:row r="43" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A43" s="1">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="B43" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I43" s="2" t="s">
+      <x:c r="C43" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:9" ht="30" customHeight="1">
+      <x:c r="A44" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A43:I43"/>
+    <x:mergeCell ref="A44:I44"/>
   </x:mergeCells>
 </x:worksheet>
 </file>