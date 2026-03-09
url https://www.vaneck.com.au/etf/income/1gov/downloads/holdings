--- v1 (2026-02-14)
+++ v2 (2026-03-09)
@@ -1,630 +1,627 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda75b68b4ae493a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bbf9efc638f4a50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="1GOV_asat_20260213" sheetId="1" r:id="Rc586db9adf7944a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="1GOV_asat_20260309" sheetId="1" r:id="Rc15e3c79e13b4231"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="195">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 13/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="194">
+  <x:si>
+    <x:t>All Fund Holdings as at 09/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Compositerating^</x:t>
   </x:si>
   <x:si>
     <x:t>% of Fundnet assets</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Australia Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JR70BH0</x:t>
   </x:si>
   <x:si>
     <x:t>2.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2029</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>10.05</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,575,819.00</x:t>
+    <x:t>$2,557,526.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZZ10Y1</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>9.44</x:t>
-[...2 lines deleted...]
-    <x:t>$2,419,950.00</x:t>
+    <x:t>9.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,399,115.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L2FR980</x:t>
   </x:si>
   <x:si>
     <x:t>2.500</x:t>
   </x:si>
   <x:si>
     <x:t>21-05-2030</x:t>
   </x:si>
   <x:si>
     <x:t>8.81</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,258,671.00</x:t>
+    <x:t>$2,241,127.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003GGDGQ2</x:t>
   </x:si>
   <x:si>
     <x:t>3.250</x:t>
   </x:si>
   <x:si>
     <x:t>21-04-2029</x:t>
   </x:si>
   <x:si>
-    <x:t>8.56</x:t>
-[...2 lines deleted...]
-    <x:t>$2,195,437.00</x:t>
+    <x:t>8.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,182,869.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0025XPYX9</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-04-2027</x:t>
   </x:si>
   <x:si>
-    <x:t>7.64</x:t>
-[...2 lines deleted...]
-    <x:t>$1,957,209.00</x:t>
+    <x:t>7.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,958,601.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CTZSDY8</x:t>
   </x:si>
   <x:si>
     <x:t>2.250</x:t>
   </x:si>
   <x:si>
     <x:t>21-05-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>7.16</x:t>
-[...2 lines deleted...]
-    <x:t>$1,835,368.00</x:t>
+    <x:t>7.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,820,270.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BNT3F72</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2027</x:t>
   </x:si>
   <x:si>
-    <x:t>6.20</x:t>
-[...2 lines deleted...]
-    <x:t>$1,589,466.00</x:t>
+    <x:t>6.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,587,519.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TQWZZD7</x:t>
   </x:si>
   <x:si>
     <x:t>1.000</x:t>
   </x:si>
   <x:si>
     <x:t>21-12-2030</x:t>
   </x:si>
   <x:si>
-    <x:t>4.08</x:t>
-[...2 lines deleted...]
-    <x:t>$1,045,054.00</x:t>
+    <x:t>4.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,035,235.00</x:t>
   </x:si>
   <x:si>
     <x:t>New South Wales Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DDS90J5</x:t>
   </x:si>
   <x:si>
     <x:t>3.000</x:t>
   </x:si>
   <x:si>
     <x:t>20-02-2030</x:t>
   </x:si>
   <x:si>
     <x:t>AA+ </x:t>
   </x:si>
   <x:si>
-    <x:t>3.24</x:t>
-[...2 lines deleted...]
-    <x:t>$829,769.00</x:t>
+    <x:t>3.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$809,550.00</x:t>
   </x:si>
   <x:si>
     <x:t>Treasury Corp Of Victoria</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00THTM679</x:t>
   </x:si>
   <x:si>
     <x:t>1.250</x:t>
   </x:si>
   <x:si>
     <x:t>19-11-2027</x:t>
   </x:si>
   <x:si>
     <x:t>AA  </x:t>
   </x:si>
   <x:si>
-    <x:t>3.01</x:t>
-[...2 lines deleted...]
-    <x:t>$770,708.00</x:t>
+    <x:t>2.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$712,817.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CMSTF39</x:t>
   </x:si>
   <x:si>
     <x:t>20-03-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>2.67</x:t>
-[...2 lines deleted...]
-    <x:t>$683,239.00</x:t>
+    <x:t>2.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$681,247.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Queensland Treasury Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HXWZ2R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-08-2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$651,953.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RQ8DDR2</x:t>
   </x:si>
   <x:si>
     <x:t>1.500</x:t>
   </x:si>
   <x:si>
     <x:t>20-11-2030</x:t>
   </x:si>
   <x:si>
-    <x:t>2.54</x:t>
-[...20 lines deleted...]
-    <x:t>$641,190.00</x:t>
+    <x:t>2.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$644,502.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NLFVYB1</x:t>
   </x:si>
   <x:si>
     <x:t>22-10-2029</x:t>
   </x:si>
   <x:si>
     <x:t>2.47</x:t>
   </x:si>
   <x:si>
-    <x:t>$632,599.00</x:t>
+    <x:t>$627,516.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8PZ4H6</x:t>
   </x:si>
   <x:si>
     <x:t>20-10-2028</x:t>
   </x:si>
   <x:si>
     <x:t>2.36</x:t>
   </x:si>
   <x:si>
-    <x:t>$604,411.00</x:t>
+    <x:t>$601,305.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HZHPSK5</x:t>
   </x:si>
   <x:si>
     <x:t>20-04-2029</x:t>
   </x:si>
   <x:si>
     <x:t>2.33</x:t>
   </x:si>
   <x:si>
-    <x:t>$596,311.00</x:t>
+    <x:t>$592,250.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F36QY06</x:t>
   </x:si>
   <x:si>
     <x:t>20-08-2027</x:t>
   </x:si>
   <x:si>
-    <x:t>1.96</x:t>
-[...2 lines deleted...]
-    <x:t>$501,274.00</x:t>
+    <x:t>1.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$493,921.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CSKXNT0</x:t>
   </x:si>
   <x:si>
     <x:t>21-07-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>1.82</x:t>
-[...2 lines deleted...]
-    <x:t>$467,297.00</x:t>
+    <x:t>1.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,316.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Australian Government Financing A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N7YDK08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-05-2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$357,634.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M6PXHM1</x:t>
   </x:si>
   <x:si>
     <x:t>21-08-2029</x:t>
   </x:si>
   <x:si>
-    <x:t>1.41</x:t>
-[...2 lines deleted...]
-    <x:t>$360,837.00</x:t>
+    <x:t>1.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,129.00</x:t>
   </x:si>
   <x:si>
     <x:t>Western Australian Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D0PNXQ9</x:t>
   </x:si>
   <x:si>
     <x:t>21-10-2027</x:t>
   </x:si>
   <x:si>
-    <x:t>1.37</x:t>
-[...2 lines deleted...]
-    <x:t>$350,982.00</x:t>
+    <x:t>$350,446.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G9F55S4</x:t>
   </x:si>
   <x:si>
     <x:t>20-05-2027</x:t>
   </x:si>
   <x:si>
-    <x:t>1.28</x:t>
-[...11 lines deleted...]
-    <x:t>24-05-2030</x:t>
+    <x:t>1.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,182.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000F7DR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01-05-2030</x:t>
   </x:si>
   <x:si>
     <x:t>1.26</x:t>
   </x:si>
   <x:si>
-    <x:t>$323,619.00</x:t>
-[...14 lines deleted...]
-    <x:t>$321,485.00</x:t>
+    <x:t>$319,561.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBG4LB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-07-2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,363.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZCNYVK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22-10-2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,871.00</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Capital Territory</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KJRGF04</x:t>
   </x:si>
   <x:si>
     <x:t>18-04-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.80</x:t>
-[...26 lines deleted...]
-    <x:t>$166,371.00</x:t>
+    <x:t>0.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,114.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBYDQ31</x:t>
   </x:si>
   <x:si>
     <x:t>24-05-2028</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
-    <x:t>$154,230.00</x:t>
+    <x:t>$153,658.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KK8K1G3</x:t>
   </x:si>
   <x:si>
     <x:t>20-07-2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$153,274.00</x:t>
+    <x:t>$152,831.00</x:t>
   </x:si>
   <x:si>
     <x:t>Tasmanian Public Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D1SM6R1</x:t>
   </x:si>
   <x:si>
     <x:t>24-01-2028</x:t>
   </x:si>
   <x:si>
     <x:t>AA-</x:t>
   </x:si>
   <x:si>
-    <x:t>0.46</x:t>
-[...2 lines deleted...]
-    <x:t>$118,575.00</x:t>
+    <x:t>0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,413.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QNB6FK0</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>24-01-2030</x:t>
   </x:si>
   <x:si>
     <x:t>0.43</x:t>
   </x:si>
   <x:si>
-    <x:t>$110,530.00</x:t>
+    <x:t>$109,676.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G3TN617</x:t>
   </x:si>
   <x:si>
     <x:t>20-09-2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.41</x:t>
-[...2 lines deleted...]
-    <x:t>$106,108.00</x:t>
+    <x:t>0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,018.00</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Territory Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LNK2CM0</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
-    <x:t>$95,931.00</x:t>
+    <x:t>$95,169.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XXVG1Y5</x:t>
   </x:si>
   <x:si>
-    <x:t>$94,659.00</x:t>
+    <x:t>$93,594.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QQ016K5</x:t>
   </x:si>
   <x:si>
     <x:t>23-10-2030</x:t>
   </x:si>
   <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
-    <x:t>$91,432.00</x:t>
+    <x:t>$90,551.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LY9PCJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-05-2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,087.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JRR6ML0</x:t>
   </x:si>
   <x:si>
     <x:t>21-01-2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.27</x:t>
   </x:si>
   <x:si>
-    <x:t>$70,014.00</x:t>
+    <x:t>$69,305.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010W17574</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
     <x:t>17-05-2030</x:t>
   </x:si>
   <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
-    <x:t>$62,407.00</x:t>
-[...14 lines deleted...]
-    <x:t>$50,694.00</x:t>
+    <x:t>$61,824.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NG9HMT4</x:t>
   </x:si>
   <x:si>
     <x:t>06-03-2029</x:t>
   </x:si>
   <x:si>
     <x:t>0.07</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,193.00</x:t>
+    <x:t>$17,839.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MF1H7W3</x:t>
   </x:si>
   <x:si>
     <x:t>15-11-2028</x:t>
   </x:si>
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,616.00</x:t>
+    <x:t>$12,549.00</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...2 lines deleted...]
-    <x:t>$4,510.00</x:t>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,395.00</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -652,51 +649,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed2c57a039b4cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2029e305c83944af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc586db9adf7944a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3221f1dfea414eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3bf764fe09d74508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc15e3c79e13b4231" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I44"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="27" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1081,92 +1078,92 @@
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
@@ -1226,744 +1223,744 @@
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
+      <x:c r="G32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="30" customHeight="1">
       <x:c r="A44" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>