--- v0 (2026-01-21)
+++ v1 (2026-02-14)
@@ -1,825 +1,828 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a50e9fcbad84e25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91832579597c4b33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="5GOV_asat_20260121" sheetId="1" r:id="R7a14e534f7284e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="5GOV_asat_20260213" sheetId="1" r:id="Rd4c29fb70004424e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="260">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 21/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="261">
+  <x:si>
+    <x:t>All Fund Holdings as at 13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Compositerating^</x:t>
   </x:si>
   <x:si>
     <x:t>% of Fundnet assets</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Australia Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P8VBBX4</x:t>
   </x:si>
   <x:si>
     <x:t>1.500</x:t>
   </x:si>
   <x:si>
     <x:t>21-06-2031</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
-    <x:t>7.11</x:t>
-[...2 lines deleted...]
-    <x:t>$6,199,869.00</x:t>
+    <x:t>7.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,121,463.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WW5RQQ7</x:t>
   </x:si>
   <x:si>
     <x:t>1.000</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2031</x:t>
   </x:si>
   <x:si>
     <x:t>6.47</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,641,879.00</x:t>
+    <x:t>$5,654,062.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005LY95J9</x:t>
   </x:si>
   <x:si>
     <x:t>4.500</x:t>
   </x:si>
   <x:si>
     <x:t>21-04-2033</x:t>
   </x:si>
   <x:si>
-    <x:t>5.88</x:t>
-[...2 lines deleted...]
-    <x:t>$5,125,968.00</x:t>
+    <x:t>5.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,143,381.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RF99MP9</x:t>
   </x:si>
   <x:si>
     <x:t>1.250</x:t>
   </x:si>
   <x:si>
     <x:t>21-05-2032</x:t>
   </x:si>
   <x:si>
-    <x:t>5.79</x:t>
-[...2 lines deleted...]
-    <x:t>$5,046,656.00</x:t>
+    <x:t>5.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,061,458.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZZL46K7</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2032</x:t>
   </x:si>
   <x:si>
-    <x:t>5.32</x:t>
-[...2 lines deleted...]
-    <x:t>$4,635,376.00</x:t>
+    <x:t>5.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,651,330.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016PT8FM8</x:t>
   </x:si>
   <x:si>
     <x:t>3.000</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2033</x:t>
   </x:si>
   <x:si>
-    <x:t>5.00</x:t>
-[...2 lines deleted...]
-    <x:t>$4,360,787.00</x:t>
+    <x:t>5.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,379,502.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BF9LJK1</x:t>
   </x:si>
   <x:si>
     <x:t>3.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-05-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>4.55</x:t>
-[...2 lines deleted...]
-    <x:t>$3,966,808.00</x:t>
+    <x:t>4.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,947,011.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G80VNH1</x:t>
   </x:si>
   <x:si>
     <x:t>3.500</x:t>
   </x:si>
   <x:si>
     <x:t>21-12-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>4.39</x:t>
-[...2 lines deleted...]
-    <x:t>$3,829,885.00</x:t>
+    <x:t>4.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,851,723.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NY1S695</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
     <x:t>21-12-2035</x:t>
   </x:si>
   <x:si>
-    <x:t>3.98</x:t>
-[...2 lines deleted...]
-    <x:t>$3,467,090.00</x:t>
+    <x:t>3.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,488,171.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008CRCL18</x:t>
   </x:si>
   <x:si>
     <x:t>2.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-06-2035</x:t>
   </x:si>
   <x:si>
-    <x:t>3.91</x:t>
-[...2 lines deleted...]
-    <x:t>$3,407,773.00</x:t>
+    <x:t>3.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,430,452.00</x:t>
   </x:si>
   <x:si>
     <x:t>New South Wales Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BHV02Y5</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
     <x:t>20-02-2035</x:t>
   </x:si>
   <x:si>
     <x:t>AA+ </x:t>
   </x:si>
   <x:si>
-    <x:t>3.63</x:t>
-[...2 lines deleted...]
-    <x:t>$3,163,626.00</x:t>
+    <x:t>3.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,185,991.00</x:t>
   </x:si>
   <x:si>
     <x:t>Treasury Corp Of Victoria</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X262PS3</x:t>
   </x:si>
   <x:si>
     <x:t>10-09-2031</x:t>
   </x:si>
   <x:si>
     <x:t>AA  </x:t>
   </x:si>
   <x:si>
     <x:t>3.55</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,098,122.00</x:t>
+    <x:t>$3,104,243.00</x:t>
   </x:si>
   <x:si>
     <x:t>Queensland Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01DMQ6R57</x:t>
   </x:si>
   <x:si>
     <x:t>22-08-2035</x:t>
   </x:si>
   <x:si>
-    <x:t>2.89</x:t>
-[...2 lines deleted...]
-    <x:t>$2,518,645.00</x:t>
+    <x:t>2.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,543,807.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PBQGPV7</x:t>
   </x:si>
   <x:si>
     <x:t>2.250</x:t>
   </x:si>
   <x:si>
     <x:t>20-11-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>2.83</x:t>
-[...2 lines deleted...]
-    <x:t>$2,463,107.00</x:t>
+    <x:t>2.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,485,326.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004MGLT68</x:t>
   </x:si>
   <x:si>
     <x:t>20-12-2032</x:t>
   </x:si>
   <x:si>
     <x:t>2.74</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,386,475.00</x:t>
+    <x:t>$2,396,166.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PT9BNM6</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>20-03-2031</x:t>
   </x:si>
   <x:si>
-    <x:t>2.58</x:t>
-[...2 lines deleted...]
-    <x:t>$2,251,810.00</x:t>
+    <x:t>2.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,166,238.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N58QVZ0</x:t>
   </x:si>
   <x:si>
     <x:t>21-06-2034</x:t>
   </x:si>
   <x:si>
     <x:t>2.45</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,134,136.00</x:t>
+    <x:t>$2,143,840.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YG5MP88</x:t>
   </x:si>
   <x:si>
     <x:t>20-02-2032</x:t>
   </x:si>
   <x:si>
     <x:t>2.43</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,117,407.00</x:t>
+    <x:t>$2,122,549.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RZRYFQ3</x:t>
   </x:si>
   <x:si>
     <x:t>08-03-2033</x:t>
   </x:si>
   <x:si>
     <x:t>2.39</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,081,542.00</x:t>
+    <x:t>$2,089,866.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0105R0T45</x:t>
   </x:si>
   <x:si>
     <x:t>15-09-2033</x:t>
   </x:si>
   <x:si>
-    <x:t>2.05</x:t>
-[...2 lines deleted...]
-    <x:t>$1,788,406.00</x:t>
+    <x:t>2.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,799,329.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RXZVXC6</x:t>
   </x:si>
   <x:si>
     <x:t>20-07-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.75</x:t>
-[...2 lines deleted...]
-    <x:t>$1,522,298.00</x:t>
+    <x:t>1.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,535,005.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012DRLBD8</x:t>
   </x:si>
   <x:si>
     <x:t>02-03-2032</x:t>
   </x:si>
   <x:si>
     <x:t>1.65</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,434,383.00</x:t>
+    <x:t>$1,437,995.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01256JT38</x:t>
   </x:si>
   <x:si>
     <x:t>20-03-2034</x:t>
   </x:si>
   <x:si>
     <x:t>1.53</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,329,125.00</x:t>
+    <x:t>$1,339,437.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QJ57V40</x:t>
   </x:si>
   <x:si>
     <x:t>21-08-2031</x:t>
   </x:si>
   <x:si>
     <x:t>1.49</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,296,201.00</x:t>
+    <x:t>$1,298,013.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012JDGS42</x:t>
   </x:si>
   <x:si>
     <x:t>17-09-2035</x:t>
   </x:si>
   <x:si>
-    <x:t>1.47</x:t>
-[...2 lines deleted...]
-    <x:t>$1,281,526.00</x:t>
+    <x:t>1.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,293,944.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Australian Government Financing A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RPXMX21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-05-2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$870,473.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z1R9145</x:t>
   </x:si>
   <x:si>
     <x:t>20-08-2032</x:t>
   </x:si>
   <x:si>
     <x:t>0.93</x:t>
   </x:si>
   <x:si>
-    <x:t>$811,111.00</x:t>
-[...14 lines deleted...]
-    <x:t>$802,560.00</x:t>
+    <x:t>$813,807.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0133CXX76</x:t>
   </x:si>
   <x:si>
     <x:t>22-08-2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0.88</x:t>
-[...2 lines deleted...]
-    <x:t>$769,788.00</x:t>
+    <x:t>0.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$774,730.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FP26738</x:t>
   </x:si>
   <x:si>
     <x:t>09-03-2033</x:t>
   </x:si>
   <x:si>
     <x:t>0.70</x:t>
   </x:si>
   <x:si>
-    <x:t>$610,684.00</x:t>
+    <x:t>$613,648.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L56W6K2</x:t>
   </x:si>
   <x:si>
     <x:t>02-02-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0.63</x:t>
-[...2 lines deleted...]
-    <x:t>$553,164.00</x:t>
+    <x:t>0.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$543,455.00</x:t>
   </x:si>
   <x:si>
     <x:t>Western Australian Treasury Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG01TXDBPS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-10-2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,935.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Capital Territory</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THLR0V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23-10-2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,399.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG00TWT0T94</x:t>
   </x:si>
   <x:si>
     <x:t>22-10-2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.62</x:t>
-[...26 lines deleted...]
-    <x:t>$537,650.00</x:t>
+    <x:t>$541,129.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3SBL80</x:t>
   </x:si>
   <x:si>
     <x:t>24-05-2034</x:t>
   </x:si>
   <x:si>
+    <x:t>0.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,466.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0156MCLZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22-11-2032</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.59</x:t>
   </x:si>
   <x:si>
-    <x:t>$518,263.00</x:t>
-[...11 lines deleted...]
-    <x:t>$514,706.00</x:t>
+    <x:t>$516,145.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCMP874</x:t>
   </x:si>
   <x:si>
     <x:t>23-05-2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.54</x:t>
   </x:si>
   <x:si>
-    <x:t>$470,144.00</x:t>
+    <x:t>$470,501.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GHWWFD1</x:t>
   </x:si>
   <x:si>
     <x:t>20-07-2033</x:t>
   </x:si>
   <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
-    <x:t>$410,513.00</x:t>
+    <x:t>$411,273.00</x:t>
   </x:si>
   <x:si>
     <x:t>Tasmanian Public Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L169LF5</x:t>
   </x:si>
   <x:si>
     <x:t>25-01-2035</x:t>
   </x:si>
   <x:si>
     <x:t>AA-</x:t>
   </x:si>
   <x:si>
-    <x:t>0.44</x:t>
-[...2 lines deleted...]
-    <x:t>$384,217.00</x:t>
+    <x:t>0.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$377,012.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00000QX34</x:t>
   </x:si>
   <x:si>
     <x:t>6.500</x:t>
   </x:si>
   <x:si>
     <x:t>14-03-2033</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
-    <x:t>$279,628.00</x:t>
+    <x:t>$280,874.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VL17QK7</x:t>
   </x:si>
   <x:si>
     <x:t>24-05-2033</x:t>
   </x:si>
   <x:si>
     <x:t>0.31</x:t>
   </x:si>
   <x:si>
-    <x:t>$274,130.00</x:t>
+    <x:t>$274,873.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MWC4WQ5</x:t>
   </x:si>
   <x:si>
     <x:t>21-07-2032</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
-    <x:t>$250,628.00</x:t>
+    <x:t>$251,151.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZRW7G09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22-01-2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,263.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y4701B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-03-2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,305.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QDD2NQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-10-2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,813.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JWXJ0N3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-10-2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,051.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Territory Treasury Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MYGZ776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-03-2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,886.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0KD9Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-09-2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,908.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G28Q665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-01-2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,829.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZSF3ZD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,924.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXL4J00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23-01-2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,159.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F84KXS3</x:t>
   </x:si>
   <x:si>
     <x:t>23-10-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...98 lines deleted...]
-    <x:t>$173,092.00</x:t>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,030.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013K03MX1</x:t>
   </x:si>
   <x:si>
     <x:t>21-01-2033</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
-    <x:t>$132,254.00</x:t>
+    <x:t>$132,854.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0155YV1B8</x:t>
   </x:si>
   <x:si>
     <x:t>22-10-2032</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
-    <x:t>$112,593.00</x:t>
+    <x:t>$112,994.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G9N7HC5</x:t>
   </x:si>
   <x:si>
     <x:t>21-03-2035</x:t>
   </x:si>
   <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
-    <x:t>$93,620.00</x:t>
-[...11 lines deleted...]
-    <x:t>$57,976.00</x:t>
+    <x:t>$94,910.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QKGVD47</x:t>
   </x:si>
   <x:si>
     <x:t>23-10-2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
-    <x:t>$42,566.00</x:t>
+    <x:t>$42,557.00</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$39,873.00</x:t>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,705.00</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -847,51 +850,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11eaadbefa94aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R493b93ac6e7241a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7a14e534f7284e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b90f5440fa42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6974c68e05af4dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4c29fb70004424e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="27" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1682,86 +1685,86 @@
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
@@ -1833,190 +1836,190 @@
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
@@ -2088,51 +2091,51 @@
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
@@ -2146,483 +2149,483 @@
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="30" customHeight="1">
       <x:c r="A60" s="2" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>