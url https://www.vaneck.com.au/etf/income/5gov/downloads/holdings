--- v1 (2026-02-14)
+++ v2 (2026-03-07)
@@ -1,828 +1,837 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91832579597c4b33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6eb2d5f87c24b93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="5GOV_asat_20260213" sheetId="1" r:id="Rd4c29fb70004424e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="5GOV_asat_20260306" sheetId="1" r:id="Red9addfd88d64751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="261">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 13/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="264">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Compositerating^</x:t>
   </x:si>
   <x:si>
     <x:t>% of Fundnet assets</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Australia Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P8VBBX4</x:t>
   </x:si>
   <x:si>
     <x:t>1.500</x:t>
   </x:si>
   <x:si>
     <x:t>21-06-2031</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
-    <x:t>7.01</x:t>
-[...2 lines deleted...]
-    <x:t>$6,121,463.00</x:t>
+    <x:t>6.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,946,219.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WW5RQQ7</x:t>
   </x:si>
   <x:si>
     <x:t>1.000</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2031</x:t>
   </x:si>
   <x:si>
-    <x:t>6.47</x:t>
-[...2 lines deleted...]
-    <x:t>$5,654,062.00</x:t>
+    <x:t>6.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,509,882.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RF99MP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-05-2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,248,934.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005LY95J9</x:t>
   </x:si>
   <x:si>
     <x:t>4.500</x:t>
   </x:si>
   <x:si>
     <x:t>21-04-2033</x:t>
   </x:si>
   <x:si>
-    <x:t>5.89</x:t>
-[...17 lines deleted...]
-    <x:t>$5,061,458.00</x:t>
+    <x:t>5.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,208,023.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZZL46K7</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2032</x:t>
   </x:si>
   <x:si>
-    <x:t>5.33</x:t>
-[...2 lines deleted...]
-    <x:t>$4,651,330.00</x:t>
+    <x:t>5.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,794,000.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016PT8FM8</x:t>
   </x:si>
   <x:si>
     <x:t>3.000</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2033</x:t>
   </x:si>
   <x:si>
-    <x:t>5.01</x:t>
-[...2 lines deleted...]
-    <x:t>$4,379,502.00</x:t>
+    <x:t>4.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,426,786.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BF9LJK1</x:t>
   </x:si>
   <x:si>
     <x:t>3.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-05-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>4.52</x:t>
-[...2 lines deleted...]
-    <x:t>$3,947,011.00</x:t>
+    <x:t>4.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,715,961.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G80VNH1</x:t>
   </x:si>
   <x:si>
     <x:t>3.500</x:t>
   </x:si>
   <x:si>
     <x:t>21-12-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>4.41</x:t>
-[...2 lines deleted...]
-    <x:t>$3,851,723.00</x:t>
+    <x:t>4.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,663,588.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NY1S695</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
     <x:t>21-12-2035</x:t>
   </x:si>
   <x:si>
-    <x:t>3.99</x:t>
-[...2 lines deleted...]
-    <x:t>$3,488,171.00</x:t>
+    <x:t>4.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,610,783.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008CRCL18</x:t>
   </x:si>
   <x:si>
     <x:t>2.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-06-2035</x:t>
   </x:si>
   <x:si>
-    <x:t>3.93</x:t>
-[...2 lines deleted...]
-    <x:t>$3,430,452.00</x:t>
+    <x:t>3.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,569,564.00</x:t>
   </x:si>
   <x:si>
     <x:t>New South Wales Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BHV02Y5</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
     <x:t>20-02-2035</x:t>
   </x:si>
   <x:si>
     <x:t>AA+ </x:t>
   </x:si>
   <x:si>
-    <x:t>3.65</x:t>
-[...2 lines deleted...]
-    <x:t>$3,185,991.00</x:t>
+    <x:t>3.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,192,723.00</x:t>
   </x:si>
   <x:si>
     <x:t>Treasury Corp Of Victoria</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X262PS3</x:t>
   </x:si>
   <x:si>
     <x:t>10-09-2031</x:t>
   </x:si>
   <x:si>
     <x:t>AA  </x:t>
   </x:si>
   <x:si>
-    <x:t>3.55</x:t>
-[...2 lines deleted...]
-    <x:t>$3,104,243.00</x:t>
+    <x:t>3.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,179,334.00</x:t>
   </x:si>
   <x:si>
     <x:t>Queensland Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01DMQ6R57</x:t>
   </x:si>
   <x:si>
     <x:t>22-08-2035</x:t>
   </x:si>
   <x:si>
-    <x:t>2.91</x:t>
-[...2 lines deleted...]
-    <x:t>$2,543,807.00</x:t>
+    <x:t>2.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,573,908.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PBQGPV7</x:t>
   </x:si>
   <x:si>
     <x:t>2.250</x:t>
   </x:si>
   <x:si>
     <x:t>20-11-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>2.85</x:t>
-[...2 lines deleted...]
-    <x:t>$2,485,326.00</x:t>
+    <x:t>2.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,534,762.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004MGLT68</x:t>
   </x:si>
   <x:si>
     <x:t>20-12-2032</x:t>
   </x:si>
   <x:si>
-    <x:t>2.74</x:t>
-[...2 lines deleted...]
-    <x:t>$2,396,166.00</x:t>
+    <x:t>2.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,488,824.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PT9BNM6</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>20-03-2031</x:t>
   </x:si>
   <x:si>
     <x:t>2.48</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,166,238.00</x:t>
+    <x:t>$2,228,508.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5MP88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-02-2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,168,008.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RZRYFQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08-03-2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,144,063.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N58QVZ0</x:t>
   </x:si>
   <x:si>
     <x:t>21-06-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>2.45</x:t>
-[...26 lines deleted...]
-    <x:t>$2,089,866.00</x:t>
+    <x:t>2.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,043,684.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GFXHJR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-02-2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,874,288.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0105R0T45</x:t>
   </x:si>
   <x:si>
     <x:t>15-09-2033</x:t>
   </x:si>
   <x:si>
     <x:t>2.06</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,799,329.00</x:t>
+    <x:t>$1,843,610.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RXZVXC6</x:t>
   </x:si>
   <x:si>
     <x:t>20-07-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.76</x:t>
-[...2 lines deleted...]
-    <x:t>$1,535,005.00</x:t>
+    <x:t>1.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,567,265.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012DRLBD8</x:t>
   </x:si>
   <x:si>
     <x:t>02-03-2032</x:t>
   </x:si>
   <x:si>
-    <x:t>1.65</x:t>
-[...2 lines deleted...]
-    <x:t>$1,437,995.00</x:t>
+    <x:t>1.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,428,739.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01256JT38</x:t>
   </x:si>
   <x:si>
     <x:t>20-03-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.53</x:t>
-[...2 lines deleted...]
-    <x:t>$1,339,437.00</x:t>
+    <x:t>1.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,399,089.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QJ57V40</x:t>
   </x:si>
   <x:si>
     <x:t>21-08-2031</x:t>
   </x:si>
   <x:si>
     <x:t>1.49</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,298,013.00</x:t>
+    <x:t>$1,338,722.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012JDGS42</x:t>
   </x:si>
   <x:si>
     <x:t>17-09-2035</x:t>
   </x:si>
   <x:si>
     <x:t>1.48</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,293,944.00</x:t>
+    <x:t>$1,327,586.00</x:t>
   </x:si>
   <x:si>
     <x:t>South Australian Government Financing A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RPXMX21</x:t>
   </x:si>
   <x:si>
     <x:t>24-05-2032</x:t>
   </x:si>
   <x:si>
-    <x:t>1.00</x:t>
-[...2 lines deleted...]
-    <x:t>$870,473.00</x:t>
+    <x:t>0.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$875,278.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z1R9145</x:t>
   </x:si>
   <x:si>
     <x:t>20-08-2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0.93</x:t>
-[...2 lines deleted...]
-    <x:t>$813,807.00</x:t>
+    <x:t>0.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$851,608.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0133CXX76</x:t>
   </x:si>
   <x:si>
     <x:t>22-08-2033</x:t>
   </x:si>
   <x:si>
     <x:t>0.89</x:t>
   </x:si>
   <x:si>
-    <x:t>$774,730.00</x:t>
+    <x:t>$800,341.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FP26738</x:t>
   </x:si>
   <x:si>
     <x:t>09-03-2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0.70</x:t>
-[...2 lines deleted...]
-    <x:t>$613,648.00</x:t>
+    <x:t>0.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,752.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L56W6K2</x:t>
   </x:si>
   <x:si>
     <x:t>02-02-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0.62</x:t>
-[...2 lines deleted...]
-    <x:t>$543,455.00</x:t>
+    <x:t>0.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$549,578.00</x:t>
   </x:si>
   <x:si>
     <x:t>Western Australian Treasury Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG00TWT0T94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22-10-2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,290.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG01TXDBPS2</x:t>
   </x:si>
   <x:si>
     <x:t>24-10-2035</x:t>
   </x:si>
   <x:si>
-    <x:t>$542,935.00</x:t>
+    <x:t>0.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$538,747.00</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Capital Territory</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01THLR0V6</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>23-10-2035</x:t>
   </x:si>
   <x:si>
-    <x:t>$542,399.00</x:t>
-[...8 lines deleted...]
-    <x:t>$541,129.00</x:t>
+    <x:t>$538,209.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0156MCLZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22-11-2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,274.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3SBL80</x:t>
   </x:si>
   <x:si>
     <x:t>24-05-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0.60</x:t>
-[...17 lines deleted...]
-    <x:t>$516,145.00</x:t>
+    <x:t>$524,963.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCMP874</x:t>
   </x:si>
   <x:si>
     <x:t>23-05-2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.54</x:t>
   </x:si>
   <x:si>
-    <x:t>$470,501.00</x:t>
+    <x:t>$488,788.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GHWWFD1</x:t>
   </x:si>
   <x:si>
     <x:t>20-07-2033</x:t>
   </x:si>
   <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
-    <x:t>$411,273.00</x:t>
+    <x:t>$419,214.00</x:t>
   </x:si>
   <x:si>
     <x:t>Tasmanian Public Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L169LF5</x:t>
   </x:si>
   <x:si>
     <x:t>25-01-2035</x:t>
   </x:si>
   <x:si>
     <x:t>AA-</x:t>
   </x:si>
   <x:si>
-    <x:t>0.43</x:t>
-[...2 lines deleted...]
-    <x:t>$377,012.00</x:t>
+    <x:t>0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$374,676.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0KD9Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-09-2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,189.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00000QX34</x:t>
   </x:si>
   <x:si>
     <x:t>6.500</x:t>
   </x:si>
   <x:si>
     <x:t>14-03-2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0.32</x:t>
-[...2 lines deleted...]
-    <x:t>$280,874.00</x:t>
+    <x:t>0.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,911.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VL17QK7</x:t>
   </x:si>
   <x:si>
     <x:t>24-05-2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0.31</x:t>
-[...2 lines deleted...]
-    <x:t>$274,873.00</x:t>
+    <x:t>$273,590.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MWC4WQ5</x:t>
   </x:si>
   <x:si>
     <x:t>21-07-2032</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
-    <x:t>$251,151.00</x:t>
+    <x:t>$259,827.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZRW7G09</x:t>
   </x:si>
   <x:si>
     <x:t>22-01-2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...2 lines deleted...]
-    <x:t>$232,263.00</x:t>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$231,318.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4701B0</x:t>
   </x:si>
   <x:si>
     <x:t>10-03-2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.26</x:t>
-[...2 lines deleted...]
-    <x:t>$223,305.00</x:t>
+    <x:t>0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,381.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JWXJ0N3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-10-2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,811.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Territory Treasury Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MYGZ776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-03-2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,822.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G28Q665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-01-2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,604.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZSF3ZD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,160.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXL4J00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23-01-2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,019.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013K03MX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-01-2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,127.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QDD2NQ8</x:t>
   </x:si>
   <x:si>
     <x:t>24-10-2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0.24</x:t>
-[...98 lines deleted...]
-    <x:t>$132,854.00</x:t>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,592.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0155YV1B8</x:t>
   </x:si>
   <x:si>
     <x:t>22-10-2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...2 lines deleted...]
-    <x:t>$112,994.00</x:t>
+    <x:t>$112,316.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G9N7HC5</x:t>
   </x:si>
   <x:si>
     <x:t>21-03-2035</x:t>
   </x:si>
   <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
-    <x:t>$94,910.00</x:t>
+    <x:t>$94,156.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QKGVD47</x:t>
   </x:si>
   <x:si>
     <x:t>23-10-2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
-    <x:t>$42,557.00</x:t>
+    <x:t>$42,414.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WJJFST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-05-2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,697.00</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...2 lines deleted...]
-    <x:t>$14,705.00</x:t>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$733.00</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -850,56 +859,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b90f5440fa42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6974c68e05af4dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4c29fb70004424e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3127f98bd2a84dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1d172d7a425c4762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red9addfd88d64751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I60"/>
+  <x:dimension ref="A1:I61"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="27" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1314,51 +1323,51 @@
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
@@ -1424,1217 +1433,1246 @@
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="G42" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="H59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I59" s="1" t="s">
+    </x:row>
+    <x:row r="60" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A60" s="1">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A60" s="2" t="s">
+      <x:c r="C60" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="B60" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I60" s="2" t="s">
+      <x:c r="D60" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:9" ht="30" customHeight="1">
+      <x:c r="A61" s="2" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="B61" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C61" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D61" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E61" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F61" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G61" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H61" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A60:I60"/>
+    <x:mergeCell ref="A61:I61"/>
   </x:mergeCells>
 </x:worksheet>
 </file>