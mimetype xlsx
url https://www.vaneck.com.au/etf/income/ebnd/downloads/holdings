--- v0 (2025-10-12)
+++ v1 (2026-01-19)
@@ -1,1950 +1,1992 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30acafc5c6a48bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2911cac2098c4151" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EBND_asat_20251010" sheetId="1" r:id="Rbd1ae957823d4808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EBND_asat_20260116" sheetId="1" r:id="Rd9b58c22c53d423c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="916" uniqueCount="635">
-[...1 lines deleted...]
-    <x:t>Emerging Income Opportunities Active ETF (Managed Fund) All Fund Holdings as at 10/10/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="956" uniqueCount="649">
+  <x:si>
+    <x:t>Emerging Income Opportunities Active ETF (Managed Fund) All Fund Holdings as at 16/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
-    <x:t>Republic Of South Africa Government Bon</x:t>
-[...2 lines deleted...]
-    <x:t>ZAG000106972</x:t>
+    <x:t>Mexican Bonos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MX0MGO0000R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.9671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MXN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,812,201.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MX0MGO000102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.5666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,720,804.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uae International Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2397083820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/10/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.0196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,229,974.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bonos De La Tesoreria De La Republica E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL0002839505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/04/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,607,188.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSTNCNTF212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,542,892.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PL0000118188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,760,951.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazilian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105756CL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,044,715.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMS2400013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/04/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,029,315.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP01000C5J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,766,750.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombian Tes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL17CT04001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,313,610.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSTNCNTF1P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,176,658.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Congolese International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS0334989000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCC+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,470,001.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolivian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP37878AC26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCC-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,437,307.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romanian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3114897633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/05/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,427,726.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of South Africa Government Int</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3250317867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,268,315.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMS1900047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,203,609.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Export-Import Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USY2387VAA18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,200,171.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDG000024605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,137,164.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL17CT03995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,881,450.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900123CM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,834,643.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZ0001006688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,742,945.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMI2500011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,677,643.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Internati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>857524AH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,562,253.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentine Republic Government Internati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>040114HV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CC  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,539,688.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623038401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,274,955.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ksa Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2626274463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/05/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,219,852.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippine Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>718286DC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,179,929.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>922646AS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,013,115.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30216KAC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,982,567.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egypt Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2176899701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/05/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,843,886.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2397053757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/10/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,788,366.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH062303FC01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,766,864.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR103503GF38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,721,718.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecuador Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2214239506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,701,886.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2571924070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,651,189.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2113615228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,636,681.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PL0000116851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,616,461.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zambia Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2837240261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,545,815.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL0002454248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,529,038.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2966242179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,430,477.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900123DS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,426,159.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2908172260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,420,029.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH062303P607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,396,648.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP97475AN08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,391,920.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46513JXM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,249,291.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geopark Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG38327AD78</x:t>
   </x:si>
   <x:si>
     <x:t>8.75%</x:t>
   </x:si>
   <x:si>
-    <x:t>31/01/2044</x:t>
-[...206 lines deleted...]
-    <x:t>XS3021378032</x:t>
+    <x:t>31/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,213,972.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuwait International Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3190721871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,179,526.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZ0001006894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/04/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,155,076.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000406160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,985,277.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000406624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,908,889.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gran Tierra Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USU37016AC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,866,665.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tunisian Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP578801A785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,834,694.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623B3E601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,803,838.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2270577344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,725,728.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3000946437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,658,351.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2407752711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,658,332.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL0002686989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,570,635.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGXF25686589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,564,950.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000403696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,496,947.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irsa Inversiones Y Representaciones Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP58809BW62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,477,352.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siam Commercial Bank Pcl/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1945125547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,471,067.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Lux Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USL9R621AA97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,459,568.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98977LAA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,452,192.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>718286BM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,450,925.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR103502GF62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,396,628.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR103502GDC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,331,587.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMZ2300010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,279,565.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uruguay Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>760942BF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UYU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,262,009.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMO2000028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,222,265.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>760942BJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,195,320.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laos Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3225349573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,180,034.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03846JX62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,171,190.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2893147681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,144,639.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jamaica Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>470160CB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/07/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,141,591.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000404892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,127,578.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SG3261987691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,122,600.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Panama Generation Holdings Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP0608AAB28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,115,466.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP5015VAU00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,067,702.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1910828182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,041,224.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65412JAT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/09/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,032,378.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oman Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68205LAS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,897.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP37878AE81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,910.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZ0001007496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$991,610.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP01012CF16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$958,287.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jordan Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3218674136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$911,431.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP3579ECU93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$886,496.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG84393AC49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/04/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$870,022.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP80557BV53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$860,575.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623A3H605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$849,306.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Maple Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USY5951MAA00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$820,432.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edo Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2689095086</x:t>
   </x:si>
   <x:si>
     <x:t>5.88%</x:t>
   </x:si>
   <x:si>
-    <x:t>11/07/2032</x:t>
-[...557 lines deleted...]
-    <x:t>$1,919,641.95</x:t>
+    <x:t>21/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$749,562.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Angolan Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>035198AB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$736,793.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2214237807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$705,097.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Rica Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP3699PGK77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$701,271.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1819680288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$679,419.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>718286BZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$669,718.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP3579ECZ80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$653,477.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USY5325QAJ14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$543,268.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad &amp; Tobago Government Internatio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP93960AJ47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,409.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDG000023607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/02/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,108.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transportadora De Gas Del Sur Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP9308RBB89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,504.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Kenya Government Internatio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3196129632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,529.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nwd Finance Bvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2435611327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$426,976.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honduras Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP5178RAE82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$407,850.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3218072919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$373,314.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barbados Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP48864AS47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,003.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bahamas Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP06518AL18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/06/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$340,975.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP06518AC19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,053.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Uzbekistan International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2365195978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,216.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hta Group Ltd/Mauritius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40435WAC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,801.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>362420AE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,522.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Benin Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08205QAA6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,504.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP01012CE41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,024.24</x:t>
   </x:si>
   <x:si>
     <x:t>Ivory Coast Government International Bo</x:t>
   </x:si>
   <x:si>
-    <x:t>XS2064786911</x:t>
-[...1021 lines deleted...]
-  <x:si>
     <x:t>XS0496488395</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0554</x:t>
-[...38 lines deleted...]
-    <x:t>$20,372.47</x:t>
+    <x:t>0.0000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>8.1989</x:t>
+    <x:t>4.8052</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,207,600.47</x:t>
+    <x:t>$13,096,742.25</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1972,100 +2014,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re83b0179b9554f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R18161ae331a84ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd1ae957823d4808" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b78ef81115f45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2ee6d12313b54c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd9b58c22c53d423c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I114"/>
+  <x:dimension ref="A1:I119"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>634</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2111,3218 +2153,3363 @@
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="C5" s="1" t="s">
+      <x:c r="D5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="D5" s="1" t="s">
+      <x:c r="E5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="E5" s="1" t="s">
+      <x:c r="F5" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="F5" s="1" t="s">
+      <x:c r="H5" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I5" s="1" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C6" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D6" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="C6" s="1" t="s">
+      <x:c r="F6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="D6" s="1" t="s">
+      <x:c r="G6" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="E6" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F6" s="1" t="s">
+      <x:c r="H6" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I6" s="1" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D7" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E7" s="1" t="s">
+      <x:c r="F7" s="1" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="G36" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="G36" s="1" t="s">
+      <x:c r="I36" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="G41" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="G42" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="G57" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G67" s="1" t="s">
+      <x:c r="I67" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>398</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="I71" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="H113" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I113" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A114" s="1">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="H114" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I114" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A115" s="1">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="D115" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H115" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I115" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A116" s="1">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="H116" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A117" s="1">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="H117" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I117" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A118" s="1">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E113" s="1" t="s">
+      <x:c r="D118" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F113" s="1" t="s">
-[...13 lines deleted...]
-      <x:c r="A114" s="2" t="s">
+      <x:c r="F118" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="H118" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="I118" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B114" s="2" t="s">
+      <x:c r="B119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C114" s="2" t="s">
+      <x:c r="C119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D114" s="2" t="s">
+      <x:c r="D119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E114" s="2" t="s">
+      <x:c r="E119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F114" s="2" t="s">
+      <x:c r="F119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G114" s="2" t="s">
+      <x:c r="G119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H114" s="2" t="s">
+      <x:c r="H119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I114" s="2" t="s">
+      <x:c r="I119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A114:I114"/>
+    <x:mergeCell ref="A119:I119"/>
   </x:mergeCells>
 </x:worksheet>
 </file>