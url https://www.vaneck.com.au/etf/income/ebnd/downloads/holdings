--- v1 (2026-01-19)
+++ v2 (2026-02-11)
@@ -1,1992 +1,1965 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2911cac2098c4151" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb620717f92f642c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EBND_asat_20260116" sheetId="1" r:id="Rd9b58c22c53d423c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EBND_asat_20260211" sheetId="1" r:id="Rb23789b691fe48a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="956" uniqueCount="649">
-[...1 lines deleted...]
-    <x:t>Emerging Income Opportunities Active ETF (Managed Fund) All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="932" uniqueCount="640">
+  <x:si>
+    <x:t>Emerging Income Opportunities Active ETF (Managed Fund) All Fund Holdings as at 11/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Mexican Bonos</x:t>
   </x:si>
   <x:si>
     <x:t>MX0MGO0000R8</x:t>
   </x:si>
   <x:si>
     <x:t>7.75%</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
-    <x:t>3.9671</x:t>
+    <x:t>3.8880</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,812,201.58</x:t>
+    <x:t>$10,817,636.16</x:t>
   </x:si>
   <x:si>
     <x:t>MX0MGO000102</x:t>
   </x:si>
   <x:si>
     <x:t>8.00%</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2047</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5666</x:t>
-[...2 lines deleted...]
-    <x:t>$9,720,804.17</x:t>
+    <x:t>3.5004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,739,261.15</x:t>
   </x:si>
   <x:si>
     <x:t>Uae International Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>XS2397083820</x:t>
   </x:si>
   <x:si>
     <x:t>2.88%</x:t>
   </x:si>
   <x:si>
     <x:t>19/10/2041</x:t>
   </x:si>
   <x:si>
     <x:t>AA  </x:t>
   </x:si>
   <x:si>
-    <x:t>3.0196</x:t>
+    <x:t>2.8354</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,229,974.06</x:t>
+    <x:t>$7,888,958.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PL0000116851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,752,911.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSTNCNTF212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,490,987.00</x:t>
   </x:si>
   <x:si>
     <x:t>Bonos De La Tesoreria De La Republica E</x:t>
   </x:si>
   <x:si>
     <x:t>CL0002839505</x:t>
   </x:si>
   <x:si>
     <x:t>6.00%</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2033</x:t>
   </x:si>
   <x:si>
     <x:t>A+</x:t>
   </x:si>
   <x:si>
-    <x:t>2.7911</x:t>
+    <x:t>2.6783</x:t>
   </x:si>
   <x:si>
     <x:t>CLP</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,607,188.70</x:t>
-[...26 lines deleted...]
-    <x:t>Republic Of Poland Government Bond</x:t>
+    <x:t>$7,452,011.92</x:t>
   </x:si>
   <x:si>
     <x:t>PL0000118188</x:t>
   </x:si>
   <x:si>
-    <x:t>5.00%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25/10/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>A-</x:t>
-[...8 lines deleted...]
-    <x:t>$6,760,951.32</x:t>
+    <x:t>2.3718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,599,200.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMS2400013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/04/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,860,591.89</x:t>
   </x:si>
   <x:si>
     <x:t>Brazilian Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>105756CL2</x:t>
   </x:si>
   <x:si>
     <x:t>6.63%</x:t>
   </x:si>
   <x:si>
     <x:t>15/03/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>2.2178</x:t>
-[...23 lines deleted...]
-    <x:t>$6,029,315.33</x:t>
+    <x:t>2.0687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,755,800.63</x:t>
   </x:si>
   <x:si>
     <x:t>Peru Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>PEP01000C5J8</x:t>
   </x:si>
   <x:si>
     <x:t>7.60%</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2039</x:t>
   </x:si>
   <x:si>
-    <x:t>2.1159</x:t>
+    <x:t>1.9999</x:t>
   </x:si>
   <x:si>
     <x:t>PEN</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,766,750.21</x:t>
+    <x:t>$5,564,364.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippine Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>718286BM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,456,267.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSTNCNTF1P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,109,261.10</x:t>
   </x:si>
   <x:si>
     <x:t>Colombian Tes</x:t>
   </x:si>
   <x:si>
     <x:t>COL17CT04001</x:t>
   </x:si>
   <x:si>
     <x:t>12.75%</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2040</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9496</x:t>
+    <x:t>1.7990</x:t>
   </x:si>
   <x:si>
     <x:t>COP</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,313,610.37</x:t>
-[...14 lines deleted...]
-    <x:t>$5,176,658.04</x:t>
+    <x:t>$5,005,346.20</x:t>
   </x:si>
   <x:si>
     <x:t>Congolese International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>XS0334989000</x:t>
   </x:si>
   <x:si>
     <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>30/06/2029</x:t>
   </x:si>
   <x:si>
     <x:t>CCC+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.6401</x:t>
-[...2 lines deleted...]
-    <x:t>$4,470,001.84</x:t>
+    <x:t>1.6541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,602,383.92</x:t>
   </x:si>
   <x:si>
     <x:t>Bolivian Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>USP37878AC26</x:t>
   </x:si>
   <x:si>
     <x:t>4.50%</x:t>
   </x:si>
   <x:si>
     <x:t>20/03/2028</x:t>
   </x:si>
   <x:si>
     <x:t>CCC-</x:t>
   </x:si>
   <x:si>
-    <x:t>1.6281</x:t>
-[...2 lines deleted...]
-    <x:t>$4,437,307.80</x:t>
+    <x:t>1.5420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,290,243.85</x:t>
   </x:si>
   <x:si>
     <x:t>Romanian Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>XS3114897633</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBB-</x:t>
   </x:si>
   <x:si>
-    <x:t>1.6246</x:t>
-[...2 lines deleted...]
-    <x:t>$4,427,726.39</x:t>
+    <x:t>1.5390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,282,019.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMS1900047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,112,903.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL17CT03995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,036,136.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Export-Import Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USY2387VAA18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,994,938.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDG000024605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,935,231.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900123CM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,692,732.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZ0001006688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,668,094.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMI2500011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,599,764.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentine Republic Government Internati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>040114HV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CC  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,513,366.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623038401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,121,086.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>922646AS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,106,819.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ksa Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2626274463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/05/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,052,323.32</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of South Africa Government Int</x:t>
   </x:si>
   <x:si>
     <x:t>XS3250317867</x:t>
   </x:si>
   <x:si>
     <x:t>7.25%</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2055</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5661</x:t>
-[...248 lines deleted...]
-    <x:t>$3,013,115.60</x:t>
+    <x:t>1.0919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,038,166.94</x:t>
   </x:si>
   <x:si>
     <x:t>30216KAC6</x:t>
   </x:si>
   <x:si>
     <x:t>3.88%</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0943</x:t>
-[...2 lines deleted...]
-    <x:t>$2,982,567.62</x:t>
+    <x:t>0.9988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,779,011.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2167193015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/05/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,749,800.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Treasury Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797ST5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,737,719.91</x:t>
   </x:si>
   <x:si>
     <x:t>Egypt Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>XS2176899701</x:t>
   </x:si>
   <x:si>
     <x:t>8.88%</x:t>
   </x:si>
   <x:si>
     <x:t>29/05/2050</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0434</x:t>
-[...2 lines deleted...]
-    <x:t>$2,843,886.51</x:t>
+    <x:t>0.9736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,708,925.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROO7A2H5YIN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,665,994.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zambia Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2837240261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,664,602.14</x:t>
   </x:si>
   <x:si>
     <x:t>XS2397053757</x:t>
   </x:si>
   <x:si>
     <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>19/10/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0231</x:t>
-[...2 lines deleted...]
-    <x:t>$2,788,366.41</x:t>
+    <x:t>0.9535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,652,984.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2113615228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,646,278.58</x:t>
   </x:si>
   <x:si>
     <x:t>TH062303FC01</x:t>
   </x:si>
   <x:si>
     <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0152</x:t>
-[...2 lines deleted...]
-    <x:t>$2,766,864.54</x:t>
+    <x:t>0.9350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,601,610.63</x:t>
   </x:si>
   <x:si>
     <x:t>Korea Treasury Bond</x:t>
   </x:si>
   <x:si>
     <x:t>KR103503GF38</x:t>
   </x:si>
   <x:si>
     <x:t>2.63%</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2030</x:t>
   </x:si>
   <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9986</x:t>
+    <x:t>0.9172</x:t>
   </x:si>
   <x:si>
     <x:t>KRW</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,721,718.03</x:t>
+    <x:t>$2,551,967.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000406624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,477,105.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP97475AN08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,465,260.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2966242179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,376,536.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900123DS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,330,690.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2908172260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,309,276.29</x:t>
   </x:si>
   <x:si>
     <x:t>Ecuador Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>XS2214239506</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>31/07/2030</x:t>
   </x:si>
   <x:si>
     <x:t>B-</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9913</x:t>
-[...71 lines deleted...]
-    <x:t>01/09/2030</x:t>
+    <x:t>0.8194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,279,884.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH062303P607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,191,792.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2214238441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/07/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,117,585.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZ0001006894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/04/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,108,496.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuwait International Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3190721871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,071,524.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geopark Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG38327AD78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,018,169.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gran Tierra Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USU37016AC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,015,136.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR103502GF62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,005,095.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000406160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,972,317.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105756CQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/05/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,754,372.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tunisian Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP578801A785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,747,556.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2407752711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,737,208.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3000946437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,736,248.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623B3E601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,705,250.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2270577344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,654,411.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGXF25686589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,532,446.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL0002686989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2028</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9279</x:t>
-[...317 lines deleted...]
-    <x:t>$1,564,950.15</x:t>
+    <x:t>0.5503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,530,993.08</x:t>
   </x:si>
   <x:si>
     <x:t>HU0000403696</x:t>
   </x:si>
   <x:si>
     <x:t>21/08/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5492</x:t>
-[...2 lines deleted...]
-    <x:t>$1,496,947.98</x:t>
+    <x:t>0.5367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,493,334.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98977LAA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,467,154.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siam Commercial Bank Pcl/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1945125547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,403,799.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Lux Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USL9R621AA97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,322,737.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMZ2300010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,248,462.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR103502GDC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,247,433.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMO2000028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,197,992.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3283442112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,187,046.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laos Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3225349573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,138,351.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000404892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,137,596.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03846JX62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,115,610.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SG3261987691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,099,454.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2893147681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,086,667.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Panama Generation Holdings Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP0608AAB28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,060,346.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jamaica Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>470160CB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/07/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,046,610.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP5015VAU00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,334.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65412JAT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/09/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,000,198.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZ0001007496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$969,434.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP37878AE81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$966,751.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1910828182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$962,001.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oman Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68205LAS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$936,616.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP01012CF16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$912,421.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jordan Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3218674136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$873,364.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP3579ECU93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$845,547.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG84393AC49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/04/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$825,317.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623A3H605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$797,185.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Maple Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USY5951MAA00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$776,742.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina Treasury Bond Bonte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AR0193433734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$745,649.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edo Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2689095086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$711,517.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bono Del Tesoro Nacional Capitalizable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AR0071678673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$708,163.02</x:t>
   </x:si>
   <x:si>
     <x:t>Irsa Inversiones Y Representaciones Sa</x:t>
   </x:si>
   <x:si>
-    <x:t>USP58809BW62</x:t>
+    <x:t>USP58809BU07</x:t>
   </x:si>
   <x:si>
     <x:t>31/03/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5421</x:t>
-[...485 lines deleted...]
-    <x:t>$749,562.94</x:t>
+    <x:t>0.2543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$707,478.78</x:t>
   </x:si>
   <x:si>
     <x:t>Angolan Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>035198AB6</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2703</x:t>
-[...11 lines deleted...]
-    <x:t>$705,097.08</x:t>
+    <x:t>0.2542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$707,299.36</x:t>
   </x:si>
   <x:si>
     <x:t>Costa Rica Government International Bon</x:t>
   </x:si>
   <x:si>
     <x:t>USP3699PGK77</x:t>
   </x:si>
   <x:si>
     <x:t>6.13%</x:t>
   </x:si>
   <x:si>
     <x:t>19/02/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2573</x:t>
-[...2 lines deleted...]
-    <x:t>$701,271.58</x:t>
+    <x:t>0.2396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$666,666.89</x:t>
   </x:si>
   <x:si>
     <x:t>XS1819680288</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2493</x:t>
-[...17 lines deleted...]
-    <x:t>$669,718.08</x:t>
+    <x:t>0.2344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$652,222.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AR0571277315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$640,096.85</x:t>
   </x:si>
   <x:si>
     <x:t>USP3579ECZ80</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2398</x:t>
-[...2 lines deleted...]
-    <x:t>$653,477.43</x:t>
+    <x:t>0.2250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$625,920.07</x:t>
   </x:si>
   <x:si>
     <x:t>China Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>USY5325QAJ14</x:t>
   </x:si>
   <x:si>
     <x:t>3.75%</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1993</x:t>
-[...2 lines deleted...]
-    <x:t>$543,268.18</x:t>
+    <x:t>0.1856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,267.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nwd Finance Bvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2435611327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$494,024.86</x:t>
   </x:si>
   <x:si>
     <x:t>Trinidad &amp; Tobago Government Internatio</x:t>
   </x:si>
   <x:si>
     <x:t>USP93960AJ47</x:t>
   </x:si>
   <x:si>
     <x:t>5.95%</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1858</x:t>
-[...2 lines deleted...]
-    <x:t>$506,409.23</x:t>
+    <x:t>0.1726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$480,210.89</x:t>
   </x:si>
   <x:si>
     <x:t>IDG000023607</x:t>
   </x:si>
   <x:si>
     <x:t>15/02/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1707</x:t>
-[...17 lines deleted...]
-    <x:t>$447,504.71</x:t>
+    <x:t>0.1580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$439,660.96</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of Kenya Government Internatio</x:t>
   </x:si>
   <x:si>
     <x:t>XS3196129632</x:t>
   </x:si>
   <x:si>
     <x:t>8.80%</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2038</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1624</x:t>
-[...20 lines deleted...]
-    <x:t>$426,976.32</x:t>
+    <x:t>0.1534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$426,893.97</x:t>
   </x:si>
   <x:si>
     <x:t>Honduras Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>USP5178RAE82</x:t>
   </x:si>
   <x:si>
     <x:t>8.63%</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1496</x:t>
-[...2 lines deleted...]
-    <x:t>$407,850.65</x:t>
+    <x:t>0.1423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,936.48</x:t>
   </x:si>
   <x:si>
     <x:t>XS3218072919</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2036</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1370</x:t>
-[...2 lines deleted...]
-    <x:t>$373,314.85</x:t>
+    <x:t>0.1280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,078.68</x:t>
   </x:si>
   <x:si>
     <x:t>Barbados Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>USP48864AS47</x:t>
   </x:si>
   <x:si>
     <x:t>26/06/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1306</x:t>
-[...2 lines deleted...]
-    <x:t>$356,003.84</x:t>
+    <x:t>0.1214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,759.38</x:t>
   </x:si>
   <x:si>
     <x:t>Bahamas Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>USP06518AL18</x:t>
   </x:si>
   <x:si>
     <x:t>24/06/2036</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1251</x:t>
-[...2 lines deleted...]
-    <x:t>$340,975.18</x:t>
+    <x:t>0.1158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,304.28</x:t>
   </x:si>
   <x:si>
     <x:t>USP06518AC19</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1215</x:t>
-[...2 lines deleted...]
-    <x:t>$331,053.74</x:t>
+    <x:t>0.1133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,331.22</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of Uzbekistan International Bo</x:t>
   </x:si>
   <x:si>
     <x:t>XS2365195978</x:t>
   </x:si>
   <x:si>
     <x:t>3.90%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1164</x:t>
-[...2 lines deleted...]
-    <x:t>$317,216.65</x:t>
+    <x:t>0.1086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,234.56</x:t>
   </x:si>
   <x:si>
     <x:t>Hta Group Ltd/Mauritius</x:t>
   </x:si>
   <x:si>
     <x:t>40435WAC4</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0755</x:t>
-[...2 lines deleted...]
-    <x:t>$205,801.09</x:t>
+    <x:t>0.0703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,731.15</x:t>
   </x:si>
   <x:si>
     <x:t>362420AE1</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0633</x:t>
-[...2 lines deleted...]
-    <x:t>$172,522.93</x:t>
+    <x:t>0.0650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,728.72</x:t>
   </x:si>
   <x:si>
     <x:t>Benin Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>08205QAA6</x:t>
   </x:si>
   <x:si>
     <x:t>7.96%</x:t>
   </x:si>
   <x:si>
     <x:t>13/02/2038</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0328</x:t>
-[...2 lines deleted...]
-    <x:t>$89,504.87</x:t>
+    <x:t>0.0310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,279.57</x:t>
   </x:si>
   <x:si>
     <x:t>USP01012CE41</x:t>
   </x:si>
   <x:si>
     <x:t>0.25%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0081</x:t>
-[...17 lines deleted...]
-    <x:t>$.01</x:t>
+    <x:t>0.0084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,306.29</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>4.8052</x:t>
+    <x:t>7.4126</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,096,742.25</x:t>
+    <x:t>$20,624,531.93</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2014,100 +1987,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b78ef81115f45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2ee6d12313b54c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd9b58c22c53d423c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f79d38f869f4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5487bea6eedc4035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb23789b691fe48a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I119"/>
+  <x:dimension ref="A1:I116"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>648</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2298,3218 +2271,3131 @@
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="I11" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="I13" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="I14" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E17" s="1" t="s">
+      <x:c r="G17" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="G18" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
+      <x:c r="I23" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
+      <x:c r="G24" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="G25" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
+      <x:c r="G27" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
+      <x:c r="G28" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="H28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
+      <x:c r="I57" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="F74" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A116" s="1">
-[...63 lines deleted...]
-      <x:c r="C118" s="1" t="s">
+      <x:c r="A116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D118" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E118" s="1" t="s">
+      <x:c r="B116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F118" s="1" t="s">
-[...13 lines deleted...]
-      <x:c r="A119" s="2" t="s">
+      <x:c r="C116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B119" s="2" t="s">
+      <x:c r="D116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C119" s="2" t="s">
+      <x:c r="E116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D119" s="2" t="s">
+      <x:c r="F116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E119" s="2" t="s">
+      <x:c r="G116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F119" s="2" t="s">
+      <x:c r="H116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G119" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="I119" s="2" t="s">
+      <x:c r="I116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A119:I119"/>
+    <x:mergeCell ref="A116:I116"/>
   </x:mergeCells>
 </x:worksheet>
 </file>