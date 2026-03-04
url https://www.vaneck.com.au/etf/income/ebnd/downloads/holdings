--- v2 (2026-02-11)
+++ v3 (2026-03-04)
@@ -1,1965 +1,2103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb620717f92f642c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb65a6b4276c849aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EBND_asat_20260211" sheetId="1" r:id="Rb23789b691fe48a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EBND_asat_20260303" sheetId="1" r:id="R21a12a1751484860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="932" uniqueCount="640">
-[...1 lines deleted...]
-    <x:t>Emerging Income Opportunities Active ETF (Managed Fund) All Fund Holdings as at 11/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1012" uniqueCount="686">
+  <x:si>
+    <x:t>Emerging Income Opportunities Active ETF (Managed Fund) All Fund Holdings as at 03/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Mexican Bonos</x:t>
   </x:si>
   <x:si>
     <x:t>MX0MGO0000R8</x:t>
   </x:si>
   <x:si>
     <x:t>7.75%</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
-    <x:t>3.8880</x:t>
+    <x:t>3.8760</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,817,636.16</x:t>
+    <x:t>$10,755,184.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippine Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>718286BM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.0175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,372,964.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uae International Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2397083820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/10/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,900,244.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PL0000116851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,615,335.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bonos De La Tesoreria De La Republica E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL0002839505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/04/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,299,396.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PL0000118188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,487,440.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombian Tes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL17CT04001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,939,341.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMS2400013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/04/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,929,719.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazilian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105756CL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,874,774.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900123CM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,343,672.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP01000C5J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,322,122.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romanian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3114897633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/05/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,308,720.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSTNCNTF1P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,164,961.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Congolese International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS0334989000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCC+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,624,247.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSTNCNTF212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,525,711.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolivian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP37878AC26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCC-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,409,847.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZ0001006688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,214,081.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Export-Import Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USY2387VAA18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,033,875.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HK0001256764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,014,285.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL17CT03995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3931</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,865,695.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMI2500011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,618,921.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentine Republic Government Internati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>040114HV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CC  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,428,616.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petronas Capital Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USY68856AQ98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/03/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,426,798.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>922646AS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,179,748.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623038401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,117,379.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of South Africa Government Int</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3250317867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,092,240.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ksa Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2626274463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/05/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,079,380.26</x:t>
   </x:si>
   <x:si>
     <x:t>MX0MGO000102</x:t>
   </x:si>
   <x:si>
     <x:t>8.00%</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2047</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5004</x:t>
-[...287 lines deleted...]
-    <x:t>$4,282,019.33</x:t>
+    <x:t>1.0930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,032,790.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH062303P607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,944,602.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZ0001006894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/04/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,833,018.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saudi Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2294323386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,804,936.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30216KAC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,796,582.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2167193015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/05/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,770,003.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Treasury Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797ST5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,754,321.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuwait International Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3190721871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,746,807.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2397053757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/10/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,672,553.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH062303FC01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,653,441.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zambia Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2837240261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,651,625.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egypt Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2176899701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/05/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,644,437.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR103503GF38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,625,659.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP97475AN08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,577,609.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2113615228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,558,034.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROO7A2H5YIN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,471,364.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000406624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,424,194.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2966242179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,333,608.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2908172260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,330,686.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900123DS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,316,833.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecuador Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2214239506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,295,909.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000403696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,163,067.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2214238441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/07/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,119,618.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR103502GF62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,088,013.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000406160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,935,219.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105756CQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/05/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,787,035.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623B3E601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,728,541.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tunisian Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP578801A785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,723,443.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2407752711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,684,549.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2270577344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,684,141.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3000946437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,603,097.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gran Tierra Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38500TAD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,588,013.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HK0000153913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/06/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,539,581.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGXF25686589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,514,289.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL0002686989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,492,378.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL17CT04142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,441,519.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98977LAA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,409,977.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpek Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP01703AD22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,403,723.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siam Commercial Bank Pcl/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1945125547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,380,970.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMN2500029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,377,338.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Lux Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USL9R621AA97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,354,157.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR103502GDC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,292,024.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMZ2300010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,257,031.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMO2000028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,205,262.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3283442112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,183,874.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laos Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3225349573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,157,928.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000404892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,113,387.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03846JX62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,089,052.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SG3261987691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,082,406.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2893147681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,076,034.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Panama Generation Holdings Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP0608AAB28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,074,971.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jamaica Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>470160CB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/07/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,051,081.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65412JAT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/09/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,361.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP5015VAU00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,000,466.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1910828182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$975,665.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZ0001007496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$963,268.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP37878AE81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$943,296.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oman Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68205LAS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$943,204.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP01012CF16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$910,396.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jordan Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3218674136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$868,354.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP3579ECU93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$851,485.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG84393AC49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/04/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$832,843.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3295059367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$814,942.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623A3H605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$813,769.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina Treasury Bond Bonte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AR0193433734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$781,927.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Maple Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USY5951MAA00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$781,047.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geopark Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG38327AD78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$760,447.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Kenya Government Internatio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3305838941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$738,052.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edo Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2689095086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$717,144.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivory Coast Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3299474083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$717,044.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irsa Inversiones Y Representaciones Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP58809BU07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$716,610.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP58809BW62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Angolan Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>035198AB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$711,961.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bono Del Tesoro Nacional Capitalizable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AR0571277315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$660,907.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1819680288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,521.46</x:t>
   </x:si>
   <x:si>
     <x:t>MYBMS1900047</x:t>
   </x:si>
   <x:si>
     <x:t>3.83%</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4782</x:t>
-[...1256 lines deleted...]
-    <x:t>$707,299.36</x:t>
+    <x:t>0.2357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$654,066.62</x:t>
   </x:si>
   <x:si>
     <x:t>Costa Rica Government International Bon</x:t>
   </x:si>
   <x:si>
     <x:t>USP3699PGK77</x:t>
   </x:si>
   <x:si>
     <x:t>6.13%</x:t>
   </x:si>
   <x:si>
     <x:t>19/02/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2396</x:t>
-[...26 lines deleted...]
-    <x:t>$640,096.85</x:t>
+    <x:t>0.2351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$652,256.44</x:t>
   </x:si>
   <x:si>
     <x:t>USP3579ECZ80</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2250</x:t>
-[...2 lines deleted...]
-    <x:t>$625,920.07</x:t>
+    <x:t>0.2257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$626,169.92</x:t>
   </x:si>
   <x:si>
     <x:t>China Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>USY5325QAJ14</x:t>
   </x:si>
   <x:si>
     <x:t>3.75%</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1856</x:t>
-[...2 lines deleted...]
-    <x:t>$516,267.08</x:t>
+    <x:t>0.1879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,505.24</x:t>
   </x:si>
   <x:si>
     <x:t>Nwd Finance Bvi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS2435611327</x:t>
   </x:si>
   <x:si>
     <x:t>6.15%</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2072</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1776</x:t>
-[...2 lines deleted...]
-    <x:t>$494,024.86</x:t>
+    <x:t>0.1857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,364.68</x:t>
   </x:si>
   <x:si>
     <x:t>Trinidad &amp; Tobago Government Internatio</x:t>
   </x:si>
   <x:si>
     <x:t>USP93960AJ47</x:t>
   </x:si>
   <x:si>
     <x:t>5.95%</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1726</x:t>
-[...17 lines deleted...]
-    <x:t>Republic Of Kenya Government Internatio</x:t>
+    <x:t>0.1745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,308.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paraguay Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP75744AT29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$477,639.64</x:t>
   </x:si>
   <x:si>
     <x:t>XS3196129632</x:t>
   </x:si>
   <x:si>
     <x:t>8.80%</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2038</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1534</x:t>
-[...2 lines deleted...]
-    <x:t>$426,893.97</x:t>
+    <x:t>0.1504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$417,212.62</x:t>
   </x:si>
   <x:si>
     <x:t>Honduras Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>USP5178RAE82</x:t>
   </x:si>
   <x:si>
     <x:t>8.63%</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1423</x:t>
-[...2 lines deleted...]
-    <x:t>$395,936.48</x:t>
+    <x:t>0.1438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,125.34</x:t>
   </x:si>
   <x:si>
     <x:t>XS3218072919</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2036</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1280</x:t>
-[...2 lines deleted...]
-    <x:t>$356,078.68</x:t>
+    <x:t>0.1301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$361,142.51</x:t>
   </x:si>
   <x:si>
     <x:t>Barbados Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>USP48864AS47</x:t>
   </x:si>
   <x:si>
     <x:t>26/06/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1214</x:t>
-[...2 lines deleted...]
-    <x:t>$337,759.38</x:t>
+    <x:t>0.1232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,884.29</x:t>
   </x:si>
   <x:si>
     <x:t>Bahamas Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>USP06518AL18</x:t>
   </x:si>
   <x:si>
     <x:t>24/06/2036</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1158</x:t>
-[...2 lines deleted...]
-    <x:t>$322,304.28</x:t>
+    <x:t>0.1175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,020.42</x:t>
   </x:si>
   <x:si>
     <x:t>USP06518AC19</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1133</x:t>
-[...2 lines deleted...]
-    <x:t>$315,331.22</x:t>
+    <x:t>0.1143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,073.82</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of Uzbekistan International Bo</x:t>
   </x:si>
   <x:si>
     <x:t>XS2365195978</x:t>
   </x:si>
   <x:si>
     <x:t>3.90%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1086</x:t>
-[...2 lines deleted...]
-    <x:t>$302,234.56</x:t>
+    <x:t>0.1100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,232.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3223166409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$271,465.92</x:t>
   </x:si>
   <x:si>
     <x:t>Hta Group Ltd/Mauritius</x:t>
   </x:si>
   <x:si>
     <x:t>40435WAC4</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0703</x:t>
-[...2 lines deleted...]
-    <x:t>$195,731.15</x:t>
+    <x:t>0.0711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,245.03</x:t>
   </x:si>
   <x:si>
     <x:t>362420AE1</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0650</x:t>
-[...2 lines deleted...]
-    <x:t>$180,728.72</x:t>
+    <x:t>0.0632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,250.38</x:t>
   </x:si>
   <x:si>
     <x:t>Benin Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>08205QAA6</x:t>
   </x:si>
   <x:si>
     <x:t>7.96%</x:t>
   </x:si>
   <x:si>
     <x:t>13/02/2038</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0310</x:t>
-[...2 lines deleted...]
-    <x:t>$86,279.57</x:t>
+    <x:t>0.0302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,775.01</x:t>
   </x:si>
   <x:si>
     <x:t>USP01012CE41</x:t>
   </x:si>
   <x:si>
     <x:t>0.25%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0084</x:t>
-[...2 lines deleted...]
-    <x:t>$23,306.29</x:t>
+    <x:t>0.0097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,858.21</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>7.4126</x:t>
+    <x:t>3.8387</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,624,531.93</x:t>
+    <x:t>$10,651,750.50</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1987,100 +2125,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f79d38f869f4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5487bea6eedc4035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb23789b691fe48a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a02ef6efcf849ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R490adf54365e4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R21a12a1751484860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I116"/>
+  <x:dimension ref="A1:I126"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>639</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2126,3276 +2264,3566 @@
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="G37" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="G41" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="I43" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="I46" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E58" s="1" t="s">
+      <x:c r="I58" s="1" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>358</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="G62" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E64" s="1" t="s">
+      <x:c r="G64" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>446</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
         <x:v>471</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="D85" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="F85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="F86" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
         <x:v>488</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>497</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="H90" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>507</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>513</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="H97" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I97" s="1" t="s">
         <x:v>548</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="F98" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G98" s="1" t="s">
+      <x:c r="H98" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
         <x:v>554</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
         <x:v>564</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="D101" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="F101" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
+      <x:c r="H101" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="H111" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I111" s="1" t="s">
         <x:v>617</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G112" s="1" t="s">
+      <x:c r="H112" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I112" s="1" t="s">
         <x:v>623</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="F113" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="E113" s="1" t="s">
+      <x:c r="H113" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I113" s="1" t="s">
         <x:v>628</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="E114" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="E114" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A116" s="2" t="s">
+      <x:c r="A116" s="1">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="H116" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A117" s="1">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="H117" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I117" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A118" s="1">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="H118" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I118" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A119" s="1">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B119" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="H119" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A120" s="1">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B120" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="F120" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="H120" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I120" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A121" s="1">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I121" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A122" s="1">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I122" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A123" s="1">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="H123" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I123" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A124" s="1">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="H124" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I124" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A125" s="1">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B116" s="2" t="s">
+      <x:c r="D125" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C116" s="2" t="s">
+      <x:c r="F125" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="H125" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="I125" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D116" s="2" t="s">
+      <x:c r="B126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E116" s="2" t="s">
+      <x:c r="C126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F116" s="2" t="s">
+      <x:c r="D126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G116" s="2" t="s">
+      <x:c r="E126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H116" s="2" t="s">
+      <x:c r="F126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I116" s="2" t="s">
+      <x:c r="G126" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H126" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A116:I116"/>
+    <x:mergeCell ref="A126:I126"/>
   </x:mergeCells>
 </x:worksheet>
 </file>