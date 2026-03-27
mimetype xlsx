--- v3 (2026-03-04)
+++ v4 (2026-03-27)
@@ -1,2103 +1,1983 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb65a6b4276c849aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1be707467d54dd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EBND_asat_20260303" sheetId="1" r:id="R21a12a1751484860"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EBND_asat_20260326" sheetId="1" r:id="Rf2d9dea40c6f4daf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1012" uniqueCount="686">
-[...1 lines deleted...]
-    <x:t>Emerging Income Opportunities Active ETF (Managed Fund) All Fund Holdings as at 03/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="932" uniqueCount="646">
+  <x:si>
+    <x:t>Emerging Income Opportunities Active ETF All Fund Holdings as at  26/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
+    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSTNCNTF212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.5216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,709,333.64</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mexican Bonos</x:t>
   </x:si>
   <x:si>
     <x:t>MX0MGO0000R8</x:t>
   </x:si>
   <x:si>
     <x:t>7.75%</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
-    <x:t>3.8760</x:t>
+    <x:t>3.5187</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,755,184.00</x:t>
+    <x:t>$9,701,190.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of South Africa Government Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAG000125980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.3880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,341,077.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP01000C5J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.3692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,289,227.51</x:t>
   </x:si>
   <x:si>
     <x:t>Philippine Government International Bon</x:t>
   </x:si>
   <x:si>
     <x:t>718286BM8</x:t>
   </x:si>
   <x:si>
     <x:t>6.25%</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2036</x:t>
   </x:si>
   <x:si>
-    <x:t>3.0175</x:t>
+    <x:t>2.9431</x:t>
   </x:si>
   <x:si>
     <x:t>PHP</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,372,964.83</x:t>
-[...17 lines deleted...]
-    <x:t>2.8471</x:t>
+    <x:t>$8,114,290.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PL0000116851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,280,008.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bonos De La Tesoreria De La Republica E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL0002839505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/04/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,988,891.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombian Tes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL17CT04001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,318,296.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Congolese International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS0334989000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCC+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1590</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,900,244.17</x:t>
-[...47 lines deleted...]
-    <x:t>$7,299,396.30</x:t>
+    <x:t>$5,952,532.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMS2400013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/04/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,946,931.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazilian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105756CL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,658,488.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HU0000406624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,641,096.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Export-Import Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USY2387VAA18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,335,714.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romanian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3114897633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/05/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,178,644.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Internati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>857524AE2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,467,903.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL0003068690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,178,963.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HK0001256764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,103,604.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZ0001006688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,091,277.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL17CT03995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,041,152.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMI2500011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,634,244.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>922646AS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,601,955.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HK0000153913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/06/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,513,420.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentine Republic Government Internati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>040114HV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CC  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,375,936.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL17CT04142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,221,875.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623038401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,027,572.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900123DS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,010,007.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP97475AN08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,923,281.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROO7A2H5YIN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,857,908.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolivian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP37878AC26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCC-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,834,593.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Treasury Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,819,823.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30216KAC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,819,059.92</x:t>
   </x:si>
   <x:si>
     <x:t>PL0000118188</x:t>
   </x:si>
   <x:si>
     <x:t>25/10/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>2.3380</x:t>
-[...374 lines deleted...]
-    <x:t>$3,117,379.03</x:t>
+    <x:t>1.0028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,764,849.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAG000107012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,761,756.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2113615228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,683,099.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623B3K608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,675,205.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siam Commercial Bank Pcl/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1945125547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,667,808.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zambia Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2837240261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,645,794.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Panama Generation Holdings Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP0608AAB28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,621,126.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oriental Republic Of Uruguay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>760942BG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,594,521.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR103503GF38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,507,452.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Energy Geothermal Darajat Ii / Sta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG8438NAB31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/10/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,429,664.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecuador Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2214239506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,326,352.59</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of South Africa Government Int</x:t>
   </x:si>
   <x:si>
-    <x:t>XS3250317867</x:t>
-[...32 lines deleted...]
-    <x:t>MX0MGO000102</x:t>
+    <x:t>XS2908172260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,286,779.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP3579ECU93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,227,547.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG84393AC49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/04/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,222,790.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Uganda Government Bonds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UG12K0811352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UGX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,220,837.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Kenya Government Internatio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3305838941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,183,043.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2214238441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/07/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,127,901.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Angolan Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1819680288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,119,222.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR103502GF62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,968,463.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105756CQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/05/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,780,721.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2407752711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,771,045.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tunisian Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP578801A785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,724,586.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>445545AM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,698,587.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3000946437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,696,372.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGXF25686589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,495,841.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indofood Cbp Sukses Makmur Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2349180104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,472,796.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barbados Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP48864AS47</x:t>
   </x:si>
   <x:si>
     <x:t>8.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>07/11/2047</x:t>
-[...131 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>26/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,466,144.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpek Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP01703AD22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,461,218.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL0002686989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,445,240.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98977LAA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,434,323.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pakuwon Jati Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2327392234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,391,546.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2384701020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,387,015.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMN2500029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,377,101.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Lux Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USL9R621AA97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,365,381.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP5015VAM83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,360,023.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMZ2300010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,254,226.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR103502GDC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,219,327.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMO2000028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,210,026.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HK0000251295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/05/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,204,967.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3283442112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,184,705.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laos Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3225349573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,138,345.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2893147681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,108.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SG3261987691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,070,927.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jamaica Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>470160CB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/07/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,037,890.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65412JAT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/09/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,352.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP5015VAU00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$987,802.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1910828182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$982,112.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP37878AE81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$952,653.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZ0001007496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$930,792.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP01012CF16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$904,574.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3295059367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$869,247.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina Treasury Bond Bonte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AR0193433734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$809,094.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geopark Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG38327AD78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$803,133.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Maple Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USY5951MAA00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$788,792.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2966242179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$750,834.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>035198AB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$730,587.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irsa Inversiones Y Representaciones Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP58809BW62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$727,416.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP58809BU07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivory Coast Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3299474083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$703,377.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bono Del Tesoro Nacional Capitalizable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AR0571277315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$691,603.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYBMS1900047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$655,872.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Rica Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP3699PGK77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,936.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP3579ECZ80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,710.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nwd Finance Bvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2435611327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,606.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USY5325QAJ14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,292.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad &amp; Tobago Government Internatio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP93960AJ47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$488,239.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paraguay Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP75744AT29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$467,225.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TH0623B3E601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,076.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3196129632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$411,366.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honduras Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP5178RAE82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,782.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3218072919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,074.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bahamas Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP06518AL18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/06/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,278.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP06518AC19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$312,347.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Uzbekistan International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2365195978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.90%</x:t>
   </x:si>
   <x:si>
     <x:t>19/10/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9631</x:t>
-[...359 lines deleted...]
-    <x:t>$1,603,097.34</x:t>
+    <x:t>0.1095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,878.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3223166409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,129.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hta Group Ltd/Mauritius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40435WAC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,551.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>362420AE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,248.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Benin Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08205QAA6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,845.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP01012CE41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,988.33</x:t>
   </x:si>
   <x:si>
     <x:t>Gran Tierra Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>38500TAD3</x:t>
   </x:si>
   <x:si>
-    <x:t>9.75%</x:t>
-[...956 lines deleted...]
-    <x:t>$26,858.21</x:t>
+    <x:t>0.0003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$933.84</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>3.8387</x:t>
+    <x:t>5.5661</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,651,750.50</x:t>
+    <x:t>$15,345,474.48</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2125,100 +2005,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a02ef6efcf849ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R490adf54365e4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R21a12a1751484860" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref93efc26b394150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R26732116b3ad4852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf2d9dea40c6f4daf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I126"/>
+  <x:dimension ref="A1:I116"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>685</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2276,3554 +2156,3264 @@
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="G7" s="1" t="s">
+      <x:c r="H7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H7" s="1" t="s">
+      <x:c r="I7" s="1" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="G8" s="1" t="s">
+      <x:c r="I8" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D9" s="1" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A116" s="1">
-[...266 lines deleted...]
-      <x:c r="C125" s="1" t="s">
+      <x:c r="A116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E125" s="1" t="s">
+      <x:c r="B116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F125" s="1" t="s">
-[...13 lines deleted...]
-      <x:c r="A126" s="2" t="s">
+      <x:c r="C116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B126" s="2" t="s">
+      <x:c r="D116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C126" s="2" t="s">
+      <x:c r="E116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D126" s="2" t="s">
+      <x:c r="F116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E126" s="2" t="s">
+      <x:c r="G116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F126" s="2" t="s">
+      <x:c r="H116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G126" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="I126" s="2" t="s">
+      <x:c r="I116" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A126:I126"/>
+    <x:mergeCell ref="A116:I116"/>
   </x:mergeCells>
 </x:worksheet>
 </file>