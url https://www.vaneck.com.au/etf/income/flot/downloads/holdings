--- v0 (2026-01-22)
+++ v1 (2026-02-13)
@@ -1,3294 +1,3288 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8fcc5f2bf194b43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a47c44fa29848e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLOT_asat_20260121" sheetId="1" r:id="Rcf0cd77bbc554e01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLOT_asat_20260212" sheetId="1" r:id="R5797a62ded6e4362"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1892" uniqueCount="1083">
-[...1 lines deleted...]
-    <x:t>Australian Floating Rate ETF All Fund Holdings as at 21/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1868" uniqueCount="1081">
+  <x:si>
+    <x:t>Australian Floating Rate ETF All Fund Holdings as at 12/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Westpac Banking Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0084018</x:t>
   </x:si>
   <x:si>
     <x:t>4.73%</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>AA-</x:t>
   </x:si>
   <x:si>
-    <x:t>2.4029</x:t>
-[...2 lines deleted...]
-    <x:t>$22,885,127.02</x:t>
+    <x:t>2.3098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,953,903.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Cash Plus Active ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,018,800.00</x:t>
   </x:si>
   <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0073896</x:t>
   </x:si>
   <x:si>
     <x:t>4.85%</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0693</x:t>
-[...2 lines deleted...]
-    <x:t>$19,707,438.46</x:t>
+    <x:t>1.9888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,764,467.65</x:t>
   </x:si>
   <x:si>
     <x:t>Australia &amp; New Zealand Banking Group L</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0095691</x:t>
   </x:si>
   <x:si>
     <x:t>4.33%</x:t>
   </x:si>
   <x:si>
     <x:t>18/02/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9429</x:t>
-[...2 lines deleted...]
-    <x:t>$18,504,281.13</x:t>
+    <x:t>1.8681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,564,345.63</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Bank Of Australia</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0074514</x:t>
   </x:si>
   <x:si>
     <x:t>4.89%</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8147</x:t>
-[...2 lines deleted...]
-    <x:t>$17,282,751.63</x:t>
+    <x:t>1.7441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,332,167.65</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0094843</x:t>
   </x:si>
   <x:si>
     <x:t>4.57%</x:t>
   </x:si>
   <x:si>
     <x:t>21/01/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5527</x:t>
-[...2 lines deleted...]
-    <x:t>$14,787,813.95</x:t>
+    <x:t>1.4932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,839,197.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,709,526.56</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0073003</x:t>
   </x:si>
   <x:si>
+    <x:t>5.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,609,519.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,645,579.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,551,826.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,193,379.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,765,802.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,366,390.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,900,020.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,732,989.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,568,975.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cooperatieve Rabobank Ua/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,156,766.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,741,363.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,723,054.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,721,169.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norfina Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0083135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,189,466.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,173,189.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,064,457.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,047,751.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hongkong &amp; Shanghai Banking Corp Ltd-Th</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,921,084.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Imperial Bank Of Commerce/Sydn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,795,570.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,683,867.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oversea-Chinese Banking Corp Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,261,835.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbs Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,257,342.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Overseas Bank Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,256,873.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0076998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,139,746.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,132,783.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,088,506.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,052,178.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,036,212.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,986,382.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,754,513.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,710,260.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,577,109.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ing Bank Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,271,877.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,952,619.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,914,402.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,909,067.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,812,513.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,733,931.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubs Ag/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0083150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,587,014.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Banking Corp/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,439,769.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0076196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,396,854.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0076980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,287,912.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbs Bank Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,284,721.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,144,951.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,111,307.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,089,599.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agricultural Bank Of China Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,059,342.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,892,108.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,765,535.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mizuho Bank Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,741,526.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,418,379.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,304,044.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0070579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,303,872.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,210,847.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,132,083.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bpce Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,102,770.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,086,311.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,061,084.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,051,845.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,046,236.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,916,156.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Union Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,712,401.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,711,879.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,579,897.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,531,433.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,521,318.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,468,718.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mufg Bank Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,458,021.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,445,294.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,385,011.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,362,677.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,327,598.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Finance Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,299,696.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,295,539.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,278,353.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,251,668.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,234,959.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,062,449.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,059,410.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,050,136.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,048,550.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,037,151.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0068771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,028,884.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of America Na/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,024,956.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,019,386.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,865,787.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Financial Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0067914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,762,928.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,753,509.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,750,597.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,742,971.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,719,414.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Montreal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,712,146.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,653,973.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,558,071.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federation Des Caisses Desjardins Du Qu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,543,239.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,514,564.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,327,307.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,208,795.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newcastle Greater Mutual Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,172,090.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,161,804.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Export-Import Bank Of Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,150,858.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Toronto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,146,037.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,117,861.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,077,115.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,049,720.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teachers Mutual Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/06/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,046,425.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,045,886.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,040,972.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,040,694.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,035,812.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,029,950.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,027,777.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0086633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,020,884.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,020,559.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,014,822.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,010,940.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,000,959.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,000,660.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,985,817.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,984,802.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,940,000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Development Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,936,450.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,927,743.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,919,182.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,896,066.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,836,201.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,789,215.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landesbank Baden-Wuerttemberg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,735,079.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,715,961.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,631,804.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,619,106.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hsbc Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,595,288.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,548,484.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/06/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,518,977.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,505,373.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nbn Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,436,872.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0071015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,416,786.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,364,958.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,317,990.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,310,465.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heritage And People's Choice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,271,087.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,236,299.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,216,053.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,145,467.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,124,561.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0060406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,102,979.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,065,227.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2073</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,059,868.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0078515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,058,545.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,053,058.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,035,080.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banque Federative Du Credit Mutuel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,028,450.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,027,055.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kiwibank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,019,955.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,017,157.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,016,982.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0076170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,014,924.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,014,638.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Power Networks Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103644</x:t>
+  </x:si>
+  <x:si>
     <x:t>4.84%</x:t>
   </x:si>
   <x:si>
-    <x:t>04/11/2027</x:t>
-[...800 lines deleted...]
-    <x:t>Mizuho Bank Ltd/Sydney</x:t>
+    <x:t>27/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,013,704.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beyond Bank Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,974,311.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,696,198.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,669,110.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,631,360.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,621,558.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0059218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,611,185.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,541,792.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amp Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,522,139.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,519,444.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,516,627.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,515,990.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,513,931.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,507,020.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,464,701.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0083119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,436,224.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,426,560.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,417,067.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,320,704.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Societe Generale Sa/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,314,617.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0086211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,312,878.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0078846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,174,881.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0058632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,159,350.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,138,725.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0069217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,120,938.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0070025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,113,985.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,105,710.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0059739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,103,537.45</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0091195</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5354</x:t>
-[...134 lines deleted...]
-    <x:t>$4,569,233.81</x:t>
+    <x:t>0.1070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,063,127.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,018,660.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,180.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Life Global Funding I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,961.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,822.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,593.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,177.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,540.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,010,607.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of China Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,208.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clp Power Hong Kong Financing Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,901.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Police Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,311.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0059994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,996.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$911,836.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0083168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$826,762.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$763,725.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$759,952.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$713,351.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$711,479.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0073367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$709,438.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,217.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$701,827.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0076279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,189.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$604,602.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$552,181.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0060505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,102.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0067476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,511.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,181.24</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0070181</x:t>
   </x:si>
   <x:si>
+    <x:t>4.82%</x:t>
+  </x:si>
+  <x:si>
     <x:t>28/07/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.4793</x:t>
-[...1670 lines deleted...]
-    <x:t>AU3FN0093258</x:t>
+    <x:t>0.0506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,678.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Housing Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$497,351.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$454,737.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,925.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Housing Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,211.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wso Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0031563</x:t>
   </x:si>
   <x:si>
     <x:t>5.74%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1077</x:t>
-[...454 lines deleted...]
-  <x:si>
     <x:t>14/07/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0263</x:t>
-[...2 lines deleted...]
-    <x:t>$250,701.92</x:t>
+    <x:t>0.0253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,464.72</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0077970</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0162</x:t>
-[...2 lines deleted...]
-    <x:t>$154,659.44</x:t>
+    <x:t>0.0154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,222.30</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>NA</x:t>
-[...5 lines deleted...]
-    <x:t>$374,024.48</x:t>
+    <x:t>0.0373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$373,375.52</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -3316,100 +3310,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R347005682dc24de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3c0b4d8871db4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf0cd77bbc554e01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56ad9106036d4bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4dc03f2f23cb4990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5797a62ded6e4362" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I236"/>
+  <x:dimension ref="A1:I233"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>1082</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -3464,54 +3458,54 @@
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F5" s="1" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
@@ -3542,492 +3536,492 @@
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
@@ -4035,6176 +4029,6089 @@
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="G50" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E53" s="1" t="s">
+      <x:c r="G53" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="G64" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="F70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="F77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="F78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>386</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="F80" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="F83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="F85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="F86" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>422</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="H89" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H95" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I95" s="1" t="s">
         <x:v>458</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="G97" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="F97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I97" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="F98" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G98" s="1" t="s">
+      <x:c r="H98" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
+      <x:c r="F99" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="F99" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G99" s="1" t="s">
+      <x:c r="H99" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I99" s="1" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E101" s="1" t="s">
+      <x:c r="H101" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
         <x:v>487</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
+      <x:c r="H102" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I102" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="F103" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E103" s="1" t="s">
+      <x:c r="H103" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
         <x:v>498</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E104" s="1" t="s">
+      <x:c r="F104" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="F104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="D113" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E113" s="1" t="s">
+      <x:c r="F113" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="F113" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G113" s="1" t="s">
+      <x:c r="H113" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I113" s="1" t="s">
         <x:v>550</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="D114" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="E114" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="E114" s="1" t="s">
+      <x:c r="F114" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="F114" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G114" s="1" t="s">
+      <x:c r="H114" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I114" s="1" t="s">
         <x:v>556</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="F115" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
+      <x:c r="H115" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I115" s="1" t="s">
         <x:v>560</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E116" s="1" t="s">
+      <x:c r="F116" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="F116" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G116" s="1" t="s">
+      <x:c r="H116" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
         <x:v>566</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E117" s="1" t="s">
+      <x:c r="F117" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="H117" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I117" s="1" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
+      <x:c r="E118" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="D118" s="1" t="s">
+      <x:c r="F118" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="E118" s="1" t="s">
+      <x:c r="H118" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I118" s="1" t="s">
         <x:v>575</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="H119" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
         <x:v>578</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="F120" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="H120" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I120" s="1" t="s">
         <x:v>582</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I122" s="1" t="s">
         <x:v>591</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:9" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:9" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E124" s="1" t="s">
+      <x:c r="H124" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I124" s="1" t="s">
         <x:v>601</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
+      <x:c r="E125" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="E125" s="1" t="s">
+      <x:c r="F125" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="F125" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G125" s="1" t="s">
+      <x:c r="H125" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I125" s="1" t="s">
         <x:v>607</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
         <x:v>609</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="C128" s="1" t="s">
+      <x:c r="D128" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="D128" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E128" s="1" t="s">
+      <x:c r="F128" s="1" t="s">
         <x:v>618</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>544</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="H135" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I135" s="1" t="s">
         <x:v>652</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="C136" s="1" t="s">
+      <x:c r="F136" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="D136" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E136" s="1" t="s">
+      <x:c r="H136" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I136" s="1" t="s">
         <x:v>656</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:9" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E137" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="F137" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G137" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="D137" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E137" s="1" t="s">
+      <x:c r="H137" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I137" s="1" t="s">
         <x:v>660</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:9" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E138" s="1" t="s">
+      <x:c r="F138" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="G138" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="F138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G138" s="1" t="s">
+      <x:c r="H138" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I138" s="1" t="s">
         <x:v>665</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:9" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E139" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="C139" s="1" t="s">
+      <x:c r="F139" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G139" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="D139" s="1" t="s">
+      <x:c r="H139" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I139" s="1" t="s">
         <x:v>669</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:9" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G140" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="H140" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I140" s="1" t="s">
         <x:v>673</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:9" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E142" s="1" t="s">
+      <x:c r="H142" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I142" s="1" t="s">
         <x:v>684</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="E143" s="1" t="s">
+      <x:c r="F143" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="F143" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G143" s="1" t="s">
+      <x:c r="H143" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I143" s="1" t="s">
         <x:v>690</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
         <x:v>692</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>693</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="H144" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I144" s="1" t="s">
         <x:v>694</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E145" s="1" t="s">
+      <x:c r="F145" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
-      <x:c r="F145" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G145" s="1" t="s">
+      <x:c r="H145" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I145" s="1" t="s">
         <x:v>698</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C147" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="C147" s="1" t="s">
+      <x:c r="D147" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
-      <x:c r="D147" s="1" t="s">
+      <x:c r="F147" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
         <x:v>706</x:v>
       </x:c>
-      <x:c r="E147" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G147" s="1" t="s">
+      <x:c r="H147" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I147" s="1" t="s">
         <x:v>707</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:9" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="C148" s="1" t="s">
+      <x:c r="E148" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E148" s="1" t="s">
+      <x:c r="F148" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="F148" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G148" s="1" t="s">
+      <x:c r="H148" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I148" s="1" t="s">
         <x:v>712</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:9" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="C149" s="1" t="s">
+      <x:c r="D149" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="D149" s="1" t="s">
+      <x:c r="E149" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F149" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G149" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
-      <x:c r="E149" s="1" t="s">
+      <x:c r="H149" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I149" s="1" t="s">
         <x:v>717</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:9" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="D150" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
-      <x:c r="D150" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E150" s="1" t="s">
+      <x:c r="H150" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I150" s="1" t="s">
         <x:v>721</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:9" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="D151" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="D151" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:9" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:9" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F153" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="G153" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
-      <x:c r="E153" s="1" t="s">
+      <x:c r="H153" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I153" s="1" t="s">
         <x:v>734</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:9" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="D154" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="E154" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E154" s="1" t="s">
+      <x:c r="F154" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G154" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
-      <x:c r="F154" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G154" s="1" t="s">
+      <x:c r="H154" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I154" s="1" t="s">
         <x:v>739</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:9" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
         <x:v>741</x:v>
       </x:c>
-      <x:c r="D155" s="1" t="s">
+      <x:c r="F155" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
-      <x:c r="E155" s="1" t="s">
+      <x:c r="H155" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I155" s="1" t="s">
         <x:v>743</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:9" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D156" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E156" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="F156" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G156" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E156" s="1" t="s">
+      <x:c r="H156" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I156" s="1" t="s">
         <x:v>747</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:9" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="D157" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="E157" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="F157" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G157" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
-      <x:c r="D157" s="1" t="s">
+      <x:c r="H157" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I157" s="1" t="s">
         <x:v>751</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:9" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="D158" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="E158" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="F158" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E158" s="1" t="s">
+      <x:c r="H158" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I158" s="1" t="s">
         <x:v>756</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:9" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="C159" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="D159" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="E159" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="C159" s="1" t="s">
+      <x:c r="F159" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G159" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E159" s="1" t="s">
+      <x:c r="H159" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I159" s="1" t="s">
         <x:v>761</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:9" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="C160" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="D160" s="1" t="s">
         <x:v>764</x:v>
       </x:c>
-      <x:c r="C160" s="1" t="s">
+      <x:c r="E160" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
-      <x:c r="D160" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:9" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
-      <x:c r="E161" s="1" t="s">
+      <x:c r="F161" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
         <x:v>770</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>766</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:9" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F162" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
-      <x:c r="F162" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G162" s="1" t="s">
+      <x:c r="H162" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I162" s="1" t="s">
         <x:v>775</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:9" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="D163" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
-      <x:c r="D163" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E163" s="1" t="s">
+      <x:c r="F163" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G163" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
-      <x:c r="F163" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G163" s="1" t="s">
+      <x:c r="H163" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I163" s="1" t="s">
         <x:v>779</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:9" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:9" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:9" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:9" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
-      <x:c r="C167" s="1" t="s">
+      <x:c r="D167" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="F167" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G167" s="1" t="s">
         <x:v>793</x:v>
       </x:c>
-      <x:c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E167" s="1" t="s">
+      <x:c r="H167" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I167" s="1" t="s">
         <x:v>794</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:9" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
         <x:v>797</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>798</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="H168" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I168" s="1" t="s">
         <x:v>799</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:9" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
-      <x:c r="C169" s="1" t="s">
+      <x:c r="D169" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="D169" s="1" t="s">
+      <x:c r="E169" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="E169" s="1" t="s">
+      <x:c r="F169" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G169" s="1" t="s">
         <x:v>804</x:v>
       </x:c>
-      <x:c r="F169" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G169" s="1" t="s">
+      <x:c r="H169" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I169" s="1" t="s">
         <x:v>805</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:9" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:9" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:9" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:9" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:9" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:9" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:9" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="E176" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="E176" s="1" t="s">
+      <x:c r="F176" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G176" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="F176" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G176" s="1" t="s">
+      <x:c r="H176" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I176" s="1" t="s">
         <x:v>838</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>839</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:9" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="E177" s="1" t="s">
         <x:v>841</x:v>
       </x:c>
-      <x:c r="E177" s="1" t="s">
+      <x:c r="F177" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="G177" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="F177" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G177" s="1" t="s">
+      <x:c r="H177" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I177" s="1" t="s">
         <x:v>843</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:9" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="D178" s="1" t="s">
         <x:v>845</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:9" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:9" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:9" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:9" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:9" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:9" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:9" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:9" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:9" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:9" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:9" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:9" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>897</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:9" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:9" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:9" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:9" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:9" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>919</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:9" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>923</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:9" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:9" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="E198" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="E198" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:9" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="F199" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="G199" s="1" t="s">
         <x:v>933</x:v>
       </x:c>
-      <x:c r="F199" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G199" s="1" t="s">
+      <x:c r="H199" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I199" s="1" t="s">
         <x:v>934</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:9" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:9" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>943</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:9" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:9" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:9" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>955</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:9" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:9" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>964</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:9" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:9" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>973</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:9" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>976</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:9" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:9" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>985</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:9" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:9" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>994</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:9" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>998</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:9" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:9" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:9" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1012</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:9" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1016</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:9" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1021</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:9" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1025</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:9" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:9" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:9" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1039</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:9" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1042</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:9" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1047</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:9" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:9" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1058</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:9" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:9" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1067</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:9" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1073</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:9" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1076</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:9" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1079</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A233" s="1">
-[...110 lines deleted...]
-      <x:c r="I236" s="2" t="s">
+      <x:c r="A233" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B233" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C233" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D233" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E233" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F233" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G233" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H233" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I233" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A236:I236"/>
+    <x:mergeCell ref="A233:I233"/>
   </x:mergeCells>
 </x:worksheet>
 </file>