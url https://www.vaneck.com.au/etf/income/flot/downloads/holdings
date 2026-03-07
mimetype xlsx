--- v1 (2026-02-13)
+++ v2 (2026-03-07)
@@ -1,3288 +1,3276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a47c44fa29848e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5336c75c9ad74680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLOT_asat_20260212" sheetId="1" r:id="R5797a62ded6e4362"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLOT_asat_20260306" sheetId="1" r:id="R127d67f64fb64739"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1868" uniqueCount="1081">
-[...1 lines deleted...]
-    <x:t>Australian Floating Rate ETF All Fund Holdings as at 12/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1860" uniqueCount="1077">
+  <x:si>
+    <x:t>Australian Floating Rate ETF All Fund Holdings as at 06/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Westpac Banking Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0084018</x:t>
   </x:si>
   <x:si>
     <x:t>4.73%</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>AA-</x:t>
   </x:si>
   <x:si>
-    <x:t>2.3098</x:t>
-[...2 lines deleted...]
-    <x:t>$22,953,903.01</x:t>
+    <x:t>2.2546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,991,265.02</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Cash Plus Active ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MONY AU</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0144</x:t>
-[...2 lines deleted...]
-    <x:t>$20,018,800.00</x:t>
+    <x:t>1.9630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,017,400.00</x:t>
   </x:si>
   <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0073896</x:t>
   </x:si>
   <x:si>
+    <x:t>5.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,563,690.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia &amp; New Zealand Banking Group L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,397,425.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,831,167.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,852,633.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,566,498.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,665,462.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,569,710.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,265,161.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,076,600.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,379,977.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,109,201.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,917,128.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cooperatieve Rabobank Ua/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,658,902.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,644,917.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,575,432.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,253,460.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0931</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,147,344.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,748,792.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,675,490.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,618,282.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norfina Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0083135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,089,382.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,751,555.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,078,108.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,063,514.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,007,754.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hongkong &amp; Shanghai Banking Corp Ltd-Th</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,835,772.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Imperial Bank Of Commerce/Sydn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,814,025.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agricultural Bank Of China Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,603,224.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,598,076.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,554,593.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0073003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,543,470.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oversea-Chinese Banking Corp Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,279,658.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbs Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,276,777.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbs Bank Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,237,016.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Overseas Bank Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,186,053.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0076998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,153,559.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,103,875.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,076,783.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,069,237.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,050,469.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,001,017.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0108247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,994,670.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,772,694.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ing Bank Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,216,306.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,968,811.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,917,052.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,759,675.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,744,136.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,589,674.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubs Ag/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0083150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,523,001.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0070579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,465,933.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Banking Corp/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,455,052.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,150,871.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,103,118.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090379</x:t>
+  </x:si>
+  <x:si>
     <x:t>4.85%</x:t>
   </x:si>
   <x:si>
-    <x:t>25/11/2027</x:t>
-[...119 lines deleted...]
-    <x:t>AU3FN0082988</x:t>
+    <x:t>22/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,049,013.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,903,345.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,836,398.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,760,222.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mizuho Bank Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,754,930.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,424,413.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,323,256.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,316,957.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,163,686.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,143,704.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bpce Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,110,056.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,097,730.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,071,482.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,063,225.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,006,789.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Union Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,723,447.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,542,324.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,529,452.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,455,721.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,425,581.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mufg Bank Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,419,396.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,343,068.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,338,529.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,322,935.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Finance Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,309,361.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,306,339.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,297,923.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,286,261.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,260,884.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,198,522.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,063,075.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,046,210.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0068771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,037,397.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of America Na/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,034,937.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,027,894.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,013,464.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,008,131.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107280</x:t>
   </x:si>
   <x:si>
     <x:t>4.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>16/11/2026</x:t>
-[...722 lines deleted...]
-    <x:t>AU3FN0070579</x:t>
+    <x:t>13/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,006,510.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Toronto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,886,715.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,869,425.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Financial Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0067914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,771,444.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,727,508.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,718,777.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Montreal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,717,725.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,715,921.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,710,852.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,614,223.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,561,887.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federation Des Caisses Desjardins Du Qu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,512,425.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,335,066.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,216,563.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,166,479.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Export-Import Bank Of Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,160,564.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,153,329.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newcastle Greater Mutual Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,132,114.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,123,462.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,054,625.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teachers Mutual Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/06/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,053,221.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,048,861.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,035,228.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,027,974.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0086633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,027,665.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,018,672.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,013,903.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,013,584.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,011,399.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,007,214.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,003,985.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,000,914.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,990,497.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2931</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,988,808.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,945,889.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,932,910.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Development Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,911,884.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,902,351.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,889,152.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,811,787.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,807,520.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,791,890.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landesbank Baden-Wuerttemberg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,739,386.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,719,979.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,688,489.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,633,133.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,625,631.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hsbc Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,564,523.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,556,785.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/06/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,523,962.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,510,456.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nbn Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,415,711.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0071015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,393,641.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,368,778.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,323,812.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,316,175.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heritage And People's Choice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,276,811.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,221,708.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,213,363.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,126,629.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0060406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,108,370.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,069,242.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,061,681.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0078515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,035,975.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,030,801.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,024,964.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kiwibank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102000</x:t>
   </x:si>
   <x:si>
     <x:t>4.67%</x:t>
   </x:si>
   <x:si>
-    <x:t>18/08/2027</x:t>
-[...590 lines deleted...]
-    <x:t>$3,543,239.67</x:t>
+    <x:t>16/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,023,146.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,020,798.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,019,820.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Power Networks Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,018,043.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,015,590.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banque Federative Du Credit Mutuel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,009,508.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beyond Bank Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,978,415.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,676,909.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,672,548.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,623,591.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,614,716.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,525,298.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amp Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,525,098.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,518,412.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,516,767.63</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0104535</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3537</x:t>
-[...41 lines deleted...]
-    <x:t>AU3FN0085023</x:t>
+    <x:t>0.1481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,510,512.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,510,452.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,506,263.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,503,719.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,468,023.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,428,907.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0083119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,420,987.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,403,904.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0086211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,315,829.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,308,789.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Societe Generale Sa/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,303,252.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0078846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,177,430.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,125,752.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0070025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,116,304.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0069217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,110,284.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,106,515.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0059739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,106,418.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,054,059.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,026,286.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,680.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,017,449.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,451.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,424.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,679.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of China Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,010,710.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clp Power Hong Kong Financing Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,187.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,006,835.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Police Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,704.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0059994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,693.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Life Global Funding I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,199.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,154.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$903,340.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0083168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$817,698.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$765,214.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$760,511.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0073367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$710,768.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,392.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$705,313.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$703,923.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$703,509.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0076279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,010.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$606,098.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$553,498.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0067476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,649.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,706.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0070181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,833.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0060505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,623.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Housing Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$498,138.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,832.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,579.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Housing Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,218.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wso Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0031563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,392.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077970</x:t>
   </x:si>
   <x:si>
     <x:t>5.51%</x:t>
   </x:si>
   <x:si>
-    <x:t>14/02/2029</x:t>
-[...1643 lines deleted...]
-    <x:t>$153,222.30</x:t>
+    <x:t>0.0151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,534.71</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0373</x:t>
-[...2 lines deleted...]
-    <x:t>$373,375.52</x:t>
+    <x:t>0.0109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,403.12</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -3310,100 +3298,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56ad9106036d4bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4dc03f2f23cb4990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5797a62ded6e4362" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05e72d8ef180437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R90d2bdce4a6645a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R127d67f64fb64739" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I233"/>
+  <x:dimension ref="A1:I232"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>1080</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -3536,109 +3524,109 @@
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H8" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I8" s="1" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D9" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H9" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
@@ -3652,80 +3640,80 @@
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
@@ -3739,51 +3727,51 @@
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
@@ -3826,6292 +3814,6263 @@
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E32" s="1" t="s">
+      <x:c r="G32" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:9" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:9" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:9" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:9" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:9" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:9" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:9" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>682</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:9" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:9" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:9" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:9" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:9" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:9" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:9" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:9" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:9" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:9" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:9" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:9" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:9" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:9" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:9" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:9" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:9" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:9" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:9" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:9" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:9" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:9" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:9" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:9" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:9" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:9" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:9" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:9" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:9" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:9" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:9" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:9" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:9" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>860</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:9" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:9" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:9" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:9" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:9" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:9" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:9" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:9" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:9" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>897</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:9" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:9" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>906</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:9" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:9" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>914</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:9" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="F194" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="G194" s="1" t="s">
         <x:v>913</x:v>
       </x:c>
-      <x:c r="F194" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H194" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>917</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:9" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>921</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:9" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>926</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:9" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:9" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:9" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>940</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:9" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:9" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>948</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:9" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:9" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:9" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>961</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:9" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>965</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:9" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>967</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:9" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:9" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="D208" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="E208" s="1" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="F208" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G208" s="1" t="s">
         <x:v>971</x:v>
       </x:c>
-      <x:c r="D208" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H208" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:9" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:9" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>985</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:9" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:9" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>993</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:9" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>998</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:9" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:9" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1006</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:9" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1011</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:9" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c r="F217" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G217" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
-      <x:c r="F217" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H217" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1014</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:9" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1019</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:9" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:9" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:9" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:9" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:9" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E223" s="1" t="s">
         <x:v>1036</x:v>
       </x:c>
-      <x:c r="E223" s="1" t="s">
+      <x:c r="F223" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="G223" s="1" t="s">
         <x:v>1037</x:v>
       </x:c>
-      <x:c r="F223" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G223" s="1" t="s">
+      <x:c r="H223" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I223" s="1" t="s">
         <x:v>1038</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1039</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:9" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="D224" s="1" t="s">
         <x:v>1040</x:v>
       </x:c>
-      <x:c r="D224" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:9" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:9" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:9" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="E227" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
-      <x:c r="E227" s="1" t="s">
+      <x:c r="F227" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="G227" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
-      <x:c r="F227" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G227" s="1" t="s">
+      <x:c r="H227" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I227" s="1" t="s">
         <x:v>1057</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1058</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:9" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:9" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:9" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F230" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="G230" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
-      <x:c r="F230" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G230" s="1" t="s">
+      <x:c r="H230" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I230" s="1" t="s">
         <x:v>1072</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1073</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:9" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D231" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E231" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F231" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G231" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
-      <x:c r="D231" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G231" s="1" t="s">
+      <x:c r="H231" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I231" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
-      <x:c r="H231" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="232" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A232" s="1">
-[...52 lines deleted...]
-      <x:c r="I233" s="2" t="s">
+      <x:c r="A232" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B232" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C232" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D232" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E232" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F232" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G232" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H232" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I232" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A233:I233"/>
+    <x:mergeCell ref="A232:I232"/>
   </x:mergeCells>
 </x:worksheet>
 </file>