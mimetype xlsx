--- v2 (2026-03-07)
+++ v3 (2026-03-28)
@@ -1,3276 +1,3306 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5336c75c9ad74680" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d068af555e4482" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLOT_asat_20260306" sheetId="1" r:id="R127d67f64fb64739"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLOT_asat_20260327" sheetId="1" r:id="R66ac2db3882845f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1860" uniqueCount="1077">
-[...1 lines deleted...]
-    <x:t>Australian Floating Rate ETF All Fund Holdings as at 06/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1884" uniqueCount="1087">
+  <x:si>
+    <x:t>Australian Floating Rate ETF All Fund Holdings as at 27/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Westpac Banking Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0084018</x:t>
   </x:si>
   <x:si>
     <x:t>4.73%</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>AA-</x:t>
   </x:si>
   <x:si>
-    <x:t>2.2546</x:t>
-[...2 lines deleted...]
-    <x:t>$22,991,265.02</x:t>
+    <x:t>2.1350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,027,622.17</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Cash Plus Active ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MONY AU</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9630</x:t>
-[...2 lines deleted...]
-    <x:t>$20,017,400.00</x:t>
+    <x:t>1.8605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,067,360.00</x:t>
   </x:si>
   <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0073896</x:t>
   </x:si>
   <x:si>
     <x:t>5.19%</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9185</x:t>
-[...2 lines deleted...]
-    <x:t>$19,563,690.22</x:t>
+    <x:t>1.8176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,604,971.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,587,526.68</x:t>
   </x:si>
   <x:si>
     <x:t>Australia &amp; New Zealand Banking Group L</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0095691</x:t>
   </x:si>
   <x:si>
     <x:t>4.65%</x:t>
   </x:si>
   <x:si>
     <x:t>18/02/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8041</x:t>
-[...17 lines deleted...]
-    <x:t>$17,831,167.79</x:t>
+    <x:t>1.7091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,433,713.01</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0094843</x:t>
   </x:si>
   <x:si>
     <x:t>4.57%</x:t>
   </x:si>
   <x:si>
     <x:t>21/01/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4565</x:t>
-[...2 lines deleted...]
-    <x:t>$14,852,633.92</x:t>
+    <x:t>1.5686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,918,888.80</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Bank Of Australia</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0101036</x:t>
   </x:si>
   <x:si>
     <x:t>4.75%</x:t>
   </x:si>
   <x:si>
     <x:t>21/08/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4284</x:t>
-[...2 lines deleted...]
-    <x:t>$14,566,498.17</x:t>
+    <x:t>1.3530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,593,695.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,597,773.15</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0080966</x:t>
   </x:si>
   <x:si>
+    <x:t>5.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,535,020.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,291,471.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,105,081.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,685,508.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,313,351.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,275,934.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,137,184.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cooperatieve Rabobank Ua/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,683,262.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,609,462.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,545,221.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,276,989.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Overseas Bank Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,223,334.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,173,059.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,772,993.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,698,318.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,638,659.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0073003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,597,477.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norfina Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0083135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,109,752.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Imperial Bank Of Commerce/Sydn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,868,044.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,240,660.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,086,772.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,080,131.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,028,206.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hongkong &amp; Shanghai Banking Corp Ltd-Th</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,851,531.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,633,113.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,610,761.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,565,752.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agricultural Bank Of China Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,523,005.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oversea-Chinese Banking Corp Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,296,732.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbs Bank Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,253,867.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,246,791.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbs Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,209,703.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0076998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,169,561.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0068771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,092,949.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,092,008.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,087,525.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,080,857.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,064,378.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,033,260.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0108247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,009,034.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,934,965.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0079133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,790,934.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Banking Corp/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,480,371.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ing Bank Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,231,701.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,912,834.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,854,801.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,774,251.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,756,729.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,671,971.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,632,955.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubs Ag/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0083150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,537,462.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,532,088.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0070579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,480,580.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,160,637.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,114,771.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,031,323.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,914,673.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,846,640.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mizuho Bank Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,768,242.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,754,746.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,437,374.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,331,392.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,268,830.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,166,749.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,102,448.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0074563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,074,974.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bpce Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,052,476.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,017,732.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,016,037.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Union Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,728,094.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,528,078.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,506,249.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,431,415.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mufg Bank Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,428,597.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,415,869.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,350,299.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,348,175.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,332,084.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,310,876.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,302,512.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,292,304.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Finance Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,268,112.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,221,886.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0071015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,168,851.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Toronto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,123,756.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087672</x:t>
+  </x:si>
+  <x:si>
     <x:t>4.64%</x:t>
   </x:si>
   <x:si>
-    <x:t>11/09/2028</x:t>
-[...1157 lines deleted...]
-    <x:t>$4,198,522.63</x:t>
+    <x:t>10/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,054,657.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of America Na/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,044,262.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,036,789.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,021,253.89</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0101846</x:t>
   </x:si>
   <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/09/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3984</x:t>
-[...68 lines deleted...]
-    <x:t>$4,013,464.52</x:t>
+    <x:t>0.3726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,018,314.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,013,468.29</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0105086</x:t>
   </x:si>
   <x:si>
     <x:t>4.77%</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3930</x:t>
-[...20 lines deleted...]
-    <x:t>Royal Bank Of Canada/Toronto</x:t>
+    <x:t>0.3717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,009,361.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nbn Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,931,885.69</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0081477</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3811</x:t>
-[...2 lines deleted...]
-    <x:t>$3,886,715.56</x:t>
+    <x:t>0.3612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,896,258.89</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0085551</x:t>
   </x:si>
   <x:si>
     <x:t>19/03/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3794</x:t>
-[...2 lines deleted...]
-    <x:t>$3,869,425.45</x:t>
+    <x:t>0.3554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,832,806.95</x:t>
   </x:si>
   <x:si>
     <x:t>Liberty Financial Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0067914</x:t>
   </x:si>
   <x:si>
     <x:t>6.84%</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3698</x:t>
-[...2 lines deleted...]
-    <x:t>$3,771,444.24</x:t>
+    <x:t>0.3503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,778,089.98</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0084380</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3655</x:t>
-[...2 lines deleted...]
-    <x:t>$3,727,508.77</x:t>
+    <x:t>0.3464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,736,399.38</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0095816</x:t>
   </x:si>
   <x:si>
     <x:t>4.69%</x:t>
   </x:si>
   <x:si>
     <x:t>19/05/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3647</x:t>
-[...2 lines deleted...]
-    <x:t>$3,718,777.87</x:t>
+    <x:t>0.3456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,727,166.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,718,498.72</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Montreal</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0089298</x:t>
   </x:si>
   <x:si>
     <x:t>27/06/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3646</x:t>
-[...44 lines deleted...]
-    <x:t>$3,614,223.50</x:t>
+    <x:t>0.3413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,681,287.73</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0079406</x:t>
   </x:si>
   <x:si>
     <x:t>4.79%</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3493</x:t>
-[...2 lines deleted...]
-    <x:t>$3,561,887.47</x:t>
+    <x:t>0.3309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,568,937.05</x:t>
   </x:si>
   <x:si>
     <x:t>Federation Des Caisses Desjardins Du Qu</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0094157</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3444</x:t>
-[...2 lines deleted...]
-    <x:t>$3,512,425.56</x:t>
+    <x:t>0.3263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,519,714.98</x:t>
   </x:si>
   <x:si>
     <x:t>New York Life Global Funding</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0062790</x:t>
   </x:si>
   <x:si>
-    <x:t>4.24%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/09/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3270</x:t>
-[...2 lines deleted...]
-    <x:t>$3,335,066.80</x:t>
+    <x:t>0.3067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,307,520.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heritage And People's Choice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,296,422.00</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0103750</x:t>
   </x:si>
   <x:si>
     <x:t>4.30%</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3154</x:t>
-[...2 lines deleted...]
-    <x:t>$3,216,563.92</x:t>
+    <x:t>0.2988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,223,347.58</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0084067</x:t>
   </x:si>
   <x:si>
     <x:t>5.16%</x:t>
   </x:si>
   <x:si>
     <x:t>18/01/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3105</x:t>
-[...2 lines deleted...]
-    <x:t>$3,166,479.90</x:t>
+    <x:t>0.2942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,172,794.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newcastle Greater Mutual Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,138,279.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,129,717.53</x:t>
   </x:si>
   <x:si>
     <x:t>Export-Import Bank Of Korea</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0079125</x:t>
   </x:si>
   <x:si>
     <x:t>26/06/2028</x:t>
   </x:si>
   <x:si>
     <x:t>AA  </x:t>
   </x:si>
   <x:si>
-    <x:t>0.3099</x:t>
-[...44 lines deleted...]
-    <x:t>$3,123,462.93</x:t>
+    <x:t>0.2901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,128,457.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0086633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,034,486.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Housing Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,026,016.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,025,235.49</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0099321</x:t>
   </x:si>
   <x:si>
+    <x:t>5.13%</x:t>
+  </x:si>
+  <x:si>
     <x:t>13/06/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2995</x:t>
-[...2 lines deleted...]
-    <x:t>$3,054,625.60</x:t>
+    <x:t>0.2804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,024,096.57</x:t>
   </x:si>
   <x:si>
     <x:t>Teachers Mutual Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0089132</x:t>
   </x:si>
   <x:si>
     <x:t>5.03%</x:t>
   </x:si>
   <x:si>
     <x:t>21/06/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2994</x:t>
-[...2 lines deleted...]
-    <x:t>$3,053,221.42</x:t>
+    <x:t>0.2803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,023,036.70</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0088985</x:t>
   </x:si>
   <x:si>
     <x:t>18/06/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2990</x:t>
-[...14 lines deleted...]
-    <x:t>$3,035,228.01</x:t>
+    <x:t>0.2802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,022,657.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,018,648.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,017,695.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,014,149.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,012,299.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,010,598.36</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0099651</x:t>
   </x:si>
   <x:si>
-    <x:t>4.14%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18/06/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2969</x:t>
-[...92 lines deleted...]
-    <x:t>$3,003,985.57</x:t>
+    <x:t>0.2786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,004,445.42</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0107298</x:t>
   </x:si>
   <x:si>
     <x:t>17/02/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2943</x:t>
-[...2 lines deleted...]
-    <x:t>$3,000,914.84</x:t>
+    <x:t>0.2785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,003,437.16</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0089843</x:t>
   </x:si>
   <x:si>
     <x:t>4.87%</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2933</x:t>
-[...2 lines deleted...]
-    <x:t>$2,990,497.63</x:t>
+    <x:t>0.2778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,996,518.13</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0089819</x:t>
   </x:si>
   <x:si>
-    <x:t>5.01%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23/07/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2931</x:t>
-[...2 lines deleted...]
-    <x:t>$2,988,808.48</x:t>
+    <x:t>0.2777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,995,745.72</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0092797</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2889</x:t>
-[...2 lines deleted...]
-    <x:t>$2,945,889.55</x:t>
+    <x:t>0.2733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,947,493.57</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0098240</x:t>
   </x:si>
   <x:si>
     <x:t>14/04/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2876</x:t>
-[...2 lines deleted...]
-    <x:t>$2,932,910.55</x:t>
+    <x:t>0.2725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,938,966.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,918,540.51</x:t>
   </x:si>
   <x:si>
     <x:t>Korea Development Bank/The</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0099198</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2855</x:t>
-[...2 lines deleted...]
-    <x:t>$2,911,884.99</x:t>
+    <x:t>0.2705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,917,770.27</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0065694</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2846</x:t>
-[...2 lines deleted...]
-    <x:t>$2,902,351.92</x:t>
+    <x:t>0.2697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,909,067.32</x:t>
   </x:si>
   <x:si>
     <x:t>Natwest Markets Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0099255</x:t>
   </x:si>
   <x:si>
     <x:t>5.35%</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2833</x:t>
-[...2 lines deleted...]
-    <x:t>$2,889,152.90</x:t>
+    <x:t>0.2678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,888,782.66</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0080404</x:t>
   </x:si>
   <x:si>
     <x:t>17/08/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2757</x:t>
-[...2 lines deleted...]
-    <x:t>$2,811,787.45</x:t>
+    <x:t>0.2612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,817,813.83</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0107025</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2753</x:t>
-[...2 lines deleted...]
-    <x:t>$2,807,520.54</x:t>
+    <x:t>0.2608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,813,247.70</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0091906</x:t>
   </x:si>
   <x:si>
     <x:t>27/09/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2738</x:t>
-[...2 lines deleted...]
-    <x:t>$2,791,890.77</x:t>
+    <x:t>0.2564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,765,791.57</x:t>
   </x:si>
   <x:si>
     <x:t>Landesbank Baden-Wuerttemberg</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0089892</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2686</x:t>
-[...2 lines deleted...]
-    <x:t>$2,739,386.73</x:t>
+    <x:t>0.2545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,744,921.45</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0100400</x:t>
   </x:si>
   <x:si>
     <x:t>28/07/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2667</x:t>
-[...2 lines deleted...]
-    <x:t>$2,719,979.46</x:t>
+    <x:t>0.2525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,723,702.32</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0099669</x:t>
   </x:si>
   <x:si>
     <x:t>4.56%</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2636</x:t>
-[...2 lines deleted...]
-    <x:t>$2,688,489.42</x:t>
+    <x:t>0.2472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,666,301.26</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0094827</x:t>
   </x:si>
   <x:si>
     <x:t>4.98%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2582</x:t>
-[...2 lines deleted...]
-    <x:t>$2,633,133.70</x:t>
+    <x:t>0.2446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,637,865.05</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0077574</x:t>
   </x:si>
   <x:si>
     <x:t>4.53%</x:t>
   </x:si>
   <x:si>
     <x:t>21/04/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2575</x:t>
-[...2 lines deleted...]
-    <x:t>$2,625,631.13</x:t>
+    <x:t>0.2440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,631,544.96</x:t>
   </x:si>
   <x:si>
     <x:t>Hsbc Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0101168</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2515</x:t>
-[...2 lines deleted...]
-    <x:t>$2,564,523.45</x:t>
+    <x:t>0.2378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,564,718.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,524,239.10</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0096772</x:t>
   </x:si>
   <x:si>
-    <x:t>5.13%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21/03/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2507</x:t>
-[...2 lines deleted...]
-    <x:t>$2,556,785.13</x:t>
+    <x:t>0.2339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,522,670.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,511,835.91</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0088977</x:t>
   </x:si>
   <x:si>
     <x:t>18/06/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2475</x:t>
-[...44 lines deleted...]
-    <x:t>$2,393,641.59</x:t>
+    <x:t>0.2321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,502,998.49</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0093076</x:t>
   </x:si>
   <x:si>
-    <x:t>4.88%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/11/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2323</x:t>
-[...2 lines deleted...]
-    <x:t>$2,368,778.12</x:t>
+    <x:t>0.2201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,373,623.38</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Australia Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0082509</x:t>
   </x:si>
   <x:si>
     <x:t>5.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2279</x:t>
-[...2 lines deleted...]
-    <x:t>$2,323,812.13</x:t>
+    <x:t>0.2160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,329,251.95</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0061404</x:t>
   </x:si>
   <x:si>
     <x:t>15/07/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2271</x:t>
-[...20 lines deleted...]
-    <x:t>$2,276,811.67</x:t>
+    <x:t>0.2153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,322,023.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,218,748.54</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0079117</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2179</x:t>
-[...14 lines deleted...]
-    <x:t>$2,213,363.55</x:t>
+    <x:t>0.2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,203,006.52</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0089694</x:t>
   </x:si>
   <x:si>
     <x:t>17/07/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2085</x:t>
-[...2 lines deleted...]
-    <x:t>$2,126,629.13</x:t>
+    <x:t>0.1975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,129,900.29</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0060406</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2068</x:t>
-[...2 lines deleted...]
-    <x:t>$2,108,370.63</x:t>
+    <x:t>0.1959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,113,068.60</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0089587</x:t>
   </x:si>
   <x:si>
     <x:t>16/07/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2029</x:t>
-[...2 lines deleted...]
-    <x:t>$2,069,242.33</x:t>
+    <x:t>0.1923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,074,417.82</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0082186</x:t>
   </x:si>
   <x:si>
     <x:t>5.18%</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2022</x:t>
-[...2 lines deleted...]
-    <x:t>$2,061,681.39</x:t>
+    <x:t>0.1914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,064,530.21</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0078515</x:t>
   </x:si>
   <x:si>
     <x:t>5.57%</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1997</x:t>
-[...2 lines deleted...]
-    <x:t>$2,035,975.12</x:t>
+    <x:t>0.1891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,039,160.64</x:t>
   </x:si>
   <x:si>
     <x:t>Bnp Paribas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0084836</x:t>
   </x:si>
   <x:si>
     <x:t>5.33%</x:t>
   </x:si>
   <x:si>
     <x:t>15/02/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1991</x:t>
-[...2 lines deleted...]
-    <x:t>$2,030,801.12</x:t>
+    <x:t>0.1887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,035,149.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,020,115.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Power Networks Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,015,996.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banque Federative Du Credit Mutuel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,013,737.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0060448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,011,160.24</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0096970</x:t>
   </x:si>
   <x:si>
     <x:t>27/03/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1986</x:t>
-[...2 lines deleted...]
-    <x:t>$2,024,964.38</x:t>
+    <x:t>0.1859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,005,357.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,005,049.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,004,588.68</x:t>
   </x:si>
   <x:si>
     <x:t>Kiwibank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0102000</x:t>
   </x:si>
   <x:si>
-    <x:t>4.67%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/09/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1984</x:t>
-[...71 lines deleted...]
-    <x:t>$2,009,508.34</x:t>
+    <x:t>0.1857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,003,039.13</x:t>
   </x:si>
   <x:si>
     <x:t>Beyond Bank Australia Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0096749</x:t>
   </x:si>
   <x:si>
     <x:t>21/03/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1940</x:t>
-[...2 lines deleted...]
-    <x:t>$1,978,415.88</x:t>
+    <x:t>0.1817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,959,347.03</x:t>
   </x:si>
   <x:si>
     <x:t>Lloyds Banking Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0098950</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1644</x:t>
-[...2 lines deleted...]
-    <x:t>$1,676,909.19</x:t>
+    <x:t>0.1554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,676,646.13</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0085312</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1640</x:t>
-[...2 lines deleted...]
-    <x:t>$1,672,548.59</x:t>
+    <x:t>0.1537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,658,187.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,618,091.08</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0085338</x:t>
   </x:si>
   <x:si>
-    <x:t>7.44%</x:t>
+    <x:t>7.82%</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1592</x:t>
-[...17 lines deleted...]
-    <x:t>$1,614,716.03</x:t>
+    <x:t>0.1479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,595,527.65</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0085296</x:t>
   </x:si>
   <x:si>
-    <x:t>5.37%</x:t>
+    <x:t>5.75%</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1496</x:t>
-[...2 lines deleted...]
-    <x:t>$1,525,298.72</x:t>
+    <x:t>0.1417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,527,898.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,519,633.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,514,197.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,513,921.16</x:t>
   </x:si>
   <x:si>
     <x:t>Amp Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0091674</x:t>
   </x:si>
   <x:si>
+    <x:t>5.45%</x:t>
+  </x:si>
+  <x:si>
     <x:t>13/09/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,525,098.65</x:t>
+    <x:t>0.1400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,510,460.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,506,407.97</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0101838</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1489</x:t>
-[...62 lines deleted...]
-    <x:t>$1,503,719.22</x:t>
+    <x:t>0.1394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,503,810.67</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0074662</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1440</x:t>
-[...2 lines deleted...]
-    <x:t>$1,468,023.67</x:t>
+    <x:t>0.1364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,471,300.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0083119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,424,304.40</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0081188</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1401</x:t>
-[...11 lines deleted...]
-    <x:t>$1,420,987.41</x:t>
+    <x:t>0.1312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,415,205.60</x:t>
   </x:si>
   <x:si>
     <x:t>Asx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0085148</x:t>
   </x:si>
   <x:si>
     <x:t>4.92%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1377</x:t>
-[...2 lines deleted...]
-    <x:t>$1,403,904.19</x:t>
+    <x:t>0.1305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,407,344.00</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0086211</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1290</x:t>
-[...2 lines deleted...]
-    <x:t>$1,315,829.09</x:t>
+    <x:t>0.1223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,318,811.33</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0100806</x:t>
   </x:si>
   <x:si>
     <x:t>15/08/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1283</x:t>
-[...2 lines deleted...]
-    <x:t>$1,308,789.22</x:t>
+    <x:t>0.1217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,312,325.88</x:t>
   </x:si>
   <x:si>
     <x:t>Societe Generale Sa/Sydney</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0066809</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1278</x:t>
-[...2 lines deleted...]
-    <x:t>$1,303,252.70</x:t>
+    <x:t>0.1211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,305,849.09</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0078846</x:t>
   </x:si>
   <x:si>
+    <x:t>5.32%</x:t>
+  </x:si>
+  <x:si>
     <x:t>16/06/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1155</x:t>
-[...2 lines deleted...]
-    <x:t>$1,177,430.14</x:t>
+    <x:t>0.1081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,165,945.11</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0080586</x:t>
   </x:si>
   <x:si>
     <x:t>5.72%</x:t>
   </x:si>
   <x:si>
     <x:t>23/08/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1104</x:t>
-[...2 lines deleted...]
-    <x:t>$1,125,752.85</x:t>
+    <x:t>0.1045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,127,593.12</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0070025</x:t>
   </x:si>
   <x:si>
     <x:t>13/07/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1095</x:t>
-[...2 lines deleted...]
-    <x:t>$1,116,304.77</x:t>
+    <x:t>0.1037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,118,765.18</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0069217</x:t>
   </x:si>
   <x:si>
-    <x:t>20/05/2027</x:t>
-[...5 lines deleted...]
-    <x:t>$1,110,284.88</x:t>
+    <x:t>0.1032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,112,763.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0059739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,109,041.69</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0106068</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1085</x:t>
-[...11 lines deleted...]
-    <x:t>$1,106,418.04</x:t>
+    <x:t>0.1026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,106,318.71</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0091195</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1034</x:t>
-[...5 lines deleted...]
-    <x:t>Barclays Plc</x:t>
+    <x:t>0.0979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,056,221.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,841.52</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0099503</x:t>
   </x:si>
   <x:si>
+    <x:t>5.83%</x:t>
+  </x:si>
+  <x:si>
     <x:t>18/06/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1006</x:t>
-[...2 lines deleted...]
-    <x:t>$1,026,286.39</x:t>
+    <x:t>0.0941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,760.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of China Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,308.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clp Power Hong Kong Financing Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,009,273.22</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0091690</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1001</x:t>
-[...17 lines deleted...]
-    <x:t>$1,017,449.85</x:t>
+    <x:t>$1,009,197.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,895.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0059994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,083.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Police Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,061.84</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0085346</x:t>
   </x:si>
   <x:si>
-    <x:t>4.59%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/03/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0997</x:t>
-[...2 lines deleted...]
-    <x:t>$1,016,451.27</x:t>
+    <x:t>0.0934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,778.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,006,130.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Life Global Funding I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,906.01</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0105318</x:t>
   </x:si>
   <x:si>
+    <x:t>5.15%</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/06/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0994</x:t>
-[...95 lines deleted...]
-    <x:t>$1,004,154.89</x:t>
+    <x:t>0.0930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,342.49</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0077996</x:t>
   </x:si>
   <x:si>
-    <x:t>5.02%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18/05/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0886</x:t>
-[...2 lines deleted...]
-    <x:t>$903,340.01</x:t>
+    <x:t>0.0839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$905,316.23</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0083168</x:t>
   </x:si>
   <x:si>
     <x:t>5.44%</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0802</x:t>
-[...2 lines deleted...]
-    <x:t>$817,698.94</x:t>
+    <x:t>0.0760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$819,221.69</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0082400</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0750</x:t>
-[...2 lines deleted...]
-    <x:t>$765,214.89</x:t>
+    <x:t>0.0711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$766,678.37</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0089405</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0746</x:t>
-[...2 lines deleted...]
-    <x:t>$760,511.31</x:t>
+    <x:t>0.0706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$761,525.08</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0073367</x:t>
   </x:si>
   <x:si>
     <x:t>5.17%</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0697</x:t>
-[...2 lines deleted...]
-    <x:t>$710,768.63</x:t>
+    <x:t>0.0660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$712,293.43</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0075636</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0693</x:t>
-[...2 lines deleted...]
-    <x:t>$706,392.55</x:t>
+    <x:t>0.0656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$707,621.97</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0080313</x:t>
   </x:si>
   <x:si>
     <x:t>16/08/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0692</x:t>
-[...2 lines deleted...]
-    <x:t>$705,313.94</x:t>
+    <x:t>0.0655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,662.84</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0093829</x:t>
   </x:si>
   <x:si>
     <x:t>4.21%</x:t>
   </x:si>
   <x:si>
     <x:t>21/07/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0690</x:t>
-[...2 lines deleted...]
-    <x:t>$703,923.09</x:t>
+    <x:t>0.0654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$705,460.80</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0080305</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>$703,509.95</x:t>
+    <x:t>$705,070.93</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0076279</x:t>
   </x:si>
   <x:si>
-    <x:t>5.73%</x:t>
+    <x:t>6.18%</x:t>
   </x:si>
   <x:si>
     <x:t>17/03/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0607</x:t>
-[...2 lines deleted...]
-    <x:t>$619,010.55</x:t>
+    <x:t>0.0567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,091.87</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0061016</x:t>
   </x:si>
   <x:si>
     <x:t>16/06/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0594</x:t>
-[...2 lines deleted...]
-    <x:t>$606,098.56</x:t>
+    <x:t>0.0557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$601,080.48</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0066221</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0543</x:t>
-[...2 lines deleted...]
-    <x:t>$553,498.26</x:t>
+    <x:t>0.0514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,737.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,597.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0070181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,970.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0060505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,828.57</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0067476</x:t>
   </x:si>
   <x:si>
     <x:t>24/03/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0498</x:t>
-[...35 lines deleted...]
-    <x:t>$502,623.81</x:t>
+    <x:t>$503,197.49</x:t>
   </x:si>
   <x:si>
     <x:t>Housing Australia</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0061032</x:t>
   </x:si>
   <x:si>
     <x:t>3.92%</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0488</x:t>
-[...2 lines deleted...]
-    <x:t>$498,138.91</x:t>
+    <x:t>0.0463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$499,310.06</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0074787</x:t>
   </x:si>
   <x:si>
     <x:t>5.59%</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0447</x:t>
-[...2 lines deleted...]
-    <x:t>$455,832.85</x:t>
+    <x:t>0.0424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$456,839.12</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0085163</x:t>
   </x:si>
   <x:si>
     <x:t>26/02/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0397</x:t>
-[...5 lines deleted...]
-    <x:t>Korea Housing Finance Corp</x:t>
+    <x:t>0.0376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$405,287.16</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0077020</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0395</x:t>
-[...2 lines deleted...]
-    <x:t>$403,218.38</x:t>
+    <x:t>0.0375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,220.42</x:t>
   </x:si>
   <x:si>
     <x:t>Wso Finance Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0031563</x:t>
   </x:si>
   <x:si>
     <x:t>5.74%</x:t>
   </x:si>
   <x:si>
     <x:t>14/07/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0248</x:t>
-[...2 lines deleted...]
-    <x:t>$252,392.61</x:t>
+    <x:t>0.0235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,231.87</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0077970</x:t>
   </x:si>
   <x:si>
     <x:t>5.51%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0151</x:t>
-[...2 lines deleted...]
-    <x:t>$153,534.71</x:t>
+    <x:t>0.0143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,760.17</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0109</x:t>
-[...2 lines deleted...]
-    <x:t>$111,403.12</x:t>
+    <x:t>-0.0014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-7,135.33</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -3298,100 +3328,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05e72d8ef180437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R90d2bdce4a6645a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R127d67f64fb64739" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96160bdd124d4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R122e7658c1e14aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66ac2db3882845f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I232"/>
+  <x:dimension ref="A1:I235"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>1076</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -3495,80 +3525,80 @@
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="C7" s="1" t="s">
+      <x:c r="D7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="E7" s="1" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H7" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I7" s="1" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
@@ -3611,109 +3641,109 @@
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
@@ -3727,6350 +3757,6437 @@
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H15" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H16" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H17" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="G19" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="F72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>357</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="G75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>379</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="F77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="D90" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="F90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="F91" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>452</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="D93" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="F93" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G93" s="1" t="s">
+      <x:c r="H93" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
         <x:v>458</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="F100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
         <x:v>491</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
         <x:v>494</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>13</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
         <x:v>504</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="F106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G106" s="1" t="s">
+      <x:c r="H106" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
+      <x:c r="D109" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
+      <x:c r="E109" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="E109" s="1" t="s">
+      <x:c r="F109" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="F109" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G109" s="1" t="s">
+      <x:c r="H109" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I109" s="1" t="s">
         <x:v>536</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
+      <x:c r="E110" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="E110" s="1" t="s">
+      <x:c r="F110" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="F110" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G110" s="1" t="s">
+      <x:c r="H110" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I110" s="1" t="s">
         <x:v>541</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="E111" s="1" t="s">
+      <x:c r="F111" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="F111" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G111" s="1" t="s">
+      <x:c r="H111" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I111" s="1" t="s">
         <x:v>546</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
+      <x:c r="E112" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E112" s="1" t="s">
+      <x:c r="F112" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="F112" s="1" t="s">
+      <x:c r="H112" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I112" s="1" t="s">
         <x:v>551</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E113" s="1" t="s">
+      <x:c r="F113" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="F113" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G113" s="1" t="s">
+      <x:c r="H113" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I113" s="1" t="s">
         <x:v>556</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="D114" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="F114" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="E114" s="1" t="s">
+      <x:c r="H114" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I114" s="1" t="s">
         <x:v>561</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
         <x:v>564</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>433</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:9" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:9" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:9" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:9" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:9" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:9" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:9" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:9" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:9" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:9" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:9" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:9" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:9" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:9" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:9" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:9" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:9" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:9" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:9" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:9" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:9" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C161" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="C161" s="1" t="s">
+      <x:c r="D161" s="1" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
+      <x:c r="F161" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="E161" s="1" t="s">
+      <x:c r="H161" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I161" s="1" t="s">
         <x:v>773</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:9" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="E162" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="F162" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
-      <x:c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E162" s="1" t="s">
+      <x:c r="H162" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I162" s="1" t="s">
         <x:v>777</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:9" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="D163" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
         <x:v>780</x:v>
       </x:c>
-      <x:c r="C163" s="1" t="s">
+      <x:c r="F163" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G163" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
-      <x:c r="D163" s="1" t="s">
+      <x:c r="H163" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I163" s="1" t="s">
         <x:v>782</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:9" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="F164" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G164" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E164" s="1" t="s">
+      <x:c r="H164" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I164" s="1" t="s">
         <x:v>787</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:9" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="D165" s="1" t="s">
+      <x:c r="E165" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="E165" s="1" t="s">
+      <x:c r="F165" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
-      <x:c r="F165" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G165" s="1" t="s">
+      <x:c r="H165" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I165" s="1" t="s">
         <x:v>793</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:9" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="C166" s="1" t="s">
+      <x:c r="F166" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
         <x:v>796</x:v>
       </x:c>
-      <x:c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E166" s="1" t="s">
+      <x:c r="H166" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I166" s="1" t="s">
         <x:v>797</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:9" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E167" s="1" t="s">
+      <x:c r="F167" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G167" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
-      <x:c r="F167" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G167" s="1" t="s">
+      <x:c r="H167" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I167" s="1" t="s">
         <x:v>802</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:9" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
         <x:v>804</x:v>
       </x:c>
-      <x:c r="C168" s="1" t="s">
+      <x:c r="D168" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
-      <x:c r="D168" s="1" t="s">
+      <x:c r="E168" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F168" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G168" s="1" t="s">
         <x:v>806</x:v>
       </x:c>
-      <x:c r="E168" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G168" s="1" t="s">
+      <x:c r="H168" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I168" s="1" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:9" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="C169" s="1" t="s">
+      <x:c r="D169" s="1" t="s">
         <x:v>810</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>722</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:9" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="C170" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
-      <x:c r="C170" s="1" t="s">
+      <x:c r="D170" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E170" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E170" s="1" t="s">
+      <x:c r="F170" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="G170" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
-      <x:c r="F170" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G170" s="1" t="s">
+      <x:c r="H170" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I170" s="1" t="s">
         <x:v>817</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:9" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>820</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:9" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E172" s="1" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="F172" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G172" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="H172" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I172" s="1" t="s">
         <x:v>823</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:9" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E173" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="F173" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G173" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="H173" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I173" s="1" t="s">
         <x:v>828</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:9" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="D174" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E174" s="1" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="F174" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="G174" s="1" t="s">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="H174" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I174" s="1" t="s">
         <x:v>833</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:9" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="C175" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="D175" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E175" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="F175" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G175" s="1" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="H175" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I175" s="1" t="s">
         <x:v>838</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:9" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="D176" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E176" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="F176" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G176" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="H176" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I176" s="1" t="s">
         <x:v>842</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:9" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="D177" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="E177" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="F177" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="G177" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
-      <x:c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E177" s="1" t="s">
+      <x:c r="H177" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I177" s="1" t="s">
         <x:v>847</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:9" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="D178" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="F178" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="G178" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="D178" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E178" s="1" t="s">
+      <x:c r="H178" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I178" s="1" t="s">
         <x:v>852</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:9" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="D179" s="1" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="E179" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
-      <x:c r="D179" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:9" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:9" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:9" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:9" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>874</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:9" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:9" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:9" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>885</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:9" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:9" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="C188" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="C188" s="1" t="s">
+      <x:c r="D188" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="E188" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="D188" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E188" s="1" t="s">
+      <x:c r="F188" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G188" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
-      <x:c r="F188" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G188" s="1" t="s">
+      <x:c r="H188" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I188" s="1" t="s">
         <x:v>892</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:9" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>897</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:9" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E190" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="E190" s="1" t="s">
+      <x:c r="F190" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G190" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="F190" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G190" s="1" t="s">
+      <x:c r="H190" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I190" s="1" t="s">
         <x:v>901</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:9" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="D191" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E191" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="D191" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E191" s="1" t="s">
+      <x:c r="F191" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G191" s="1" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="F191" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G191" s="1" t="s">
+      <x:c r="H191" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I191" s="1" t="s">
         <x:v>905</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>906</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:9" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:9" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:9" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:9" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>924</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:9" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:9" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:9" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="E198" s="1" t="s">
         <x:v>933</x:v>
       </x:c>
-      <x:c r="E198" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:9" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="E199" s="1" t="s">
         <x:v>937</x:v>
       </x:c>
-      <x:c r="E199" s="1" t="s">
+      <x:c r="F199" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G199" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="F199" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G199" s="1" t="s">
+      <x:c r="H199" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I199" s="1" t="s">
         <x:v>939</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>940</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:9" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:9" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:9" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:9" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:9" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>962</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:9" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
         <x:v>963</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:9" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>967</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:9" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F207" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="G207" s="1" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="H207" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I207" s="1" t="s">
         <x:v>970</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:9" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c r="D208" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="E208" s="1" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="F208" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G208" s="1" t="s">
         <x:v>973</x:v>
       </x:c>
-      <x:c r="D208" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E208" s="1" t="s">
+      <x:c r="H208" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I208" s="1" t="s">
         <x:v>974</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:9" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c r="D209" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E209" s="1" t="s">
         <x:v>976</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>978</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>978</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:9" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="D210" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E210" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="D210" s="1" t="s">
+      <x:c r="F210" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G210" s="1" t="s">
         <x:v>982</x:v>
       </x:c>
-      <x:c r="E210" s="1" t="s">
+      <x:c r="H210" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I210" s="1" t="s">
         <x:v>983</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>985</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:9" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c r="D211" s="1" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="E211" s="1" t="s">
         <x:v>986</x:v>
       </x:c>
-      <x:c r="D211" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E211" s="1" t="s">
+      <x:c r="F211" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G211" s="1" t="s">
         <x:v>987</x:v>
       </x:c>
-      <x:c r="F211" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G211" s="1" t="s">
+      <x:c r="H211" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I211" s="1" t="s">
         <x:v>988</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:9" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="D212" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E212" s="1" t="s">
         <x:v>990</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>991</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="H212" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I212" s="1" t="s">
         <x:v>992</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>993</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:9" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="D213" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
-      <x:c r="D213" s="1" t="s">
+      <x:c r="E213" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
-      <x:c r="E213" s="1" t="s">
+      <x:c r="F213" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G213" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
-      <x:c r="F213" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G213" s="1" t="s">
+      <x:c r="H213" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I213" s="1" t="s">
         <x:v>997</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>998</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:9" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
+        <x:v>998</x:v>
+      </x:c>
+      <x:c r="D214" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E214" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
-      <x:c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E214" s="1" t="s">
+      <x:c r="F214" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G214" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="F214" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G214" s="1" t="s">
+      <x:c r="H214" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I214" s="1" t="s">
         <x:v>1001</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:9" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="D215" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E215" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
-      <x:c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E215" s="1" t="s">
+      <x:c r="F215" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G215" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="F215" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G215" s="1" t="s">
+      <x:c r="H215" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I215" s="1" t="s">
         <x:v>1005</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1006</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:9" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="D216" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
-      <x:c r="D216" s="1" t="s">
+      <x:c r="E216" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
-      <x:c r="E216" s="1" t="s">
+      <x:c r="F216" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G216" s="1" t="s">
         <x:v>1009</x:v>
       </x:c>
-      <x:c r="F216" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G216" s="1" t="s">
+      <x:c r="H216" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I216" s="1" t="s">
         <x:v>1010</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1011</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:9" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E217" s="1" t="s">
         <x:v>1012</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1013</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:9" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E218" s="1" t="s">
         <x:v>1016</x:v>
       </x:c>
-      <x:c r="E218" s="1" t="s">
+      <x:c r="F218" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G218" s="1" t="s">
         <x:v>1017</x:v>
       </x:c>
-      <x:c r="F218" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G218" s="1" t="s">
+      <x:c r="H218" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I218" s="1" t="s">
         <x:v>1018</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1019</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:9" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
         <x:v>1020</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:9" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="H220" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I220" s="1" t="s">
         <x:v>1026</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:9" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
         <x:v>1028</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:9" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:9" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1039</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:9" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:9" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C225" s="1" t="s">
         <x:v>1043</x:v>
       </x:c>
-      <x:c r="C225" s="1" t="s">
+      <x:c r="D225" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="E225" s="1" t="s">
         <x:v>1044</x:v>
       </x:c>
-      <x:c r="D225" s="1" t="s">
+      <x:c r="F225" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G225" s="1" t="s">
         <x:v>1045</x:v>
       </x:c>
-      <x:c r="E225" s="1" t="s">
+      <x:c r="H225" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I225" s="1" t="s">
         <x:v>1046</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:9" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="D226" s="1" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="E226" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="F226" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="G226" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
-      <x:c r="D226" s="1" t="s">
+      <x:c r="H226" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I226" s="1" t="s">
         <x:v>1050</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:9" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:9" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="C228" s="1" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="D228" s="1" t="s">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="E228" s="1" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="F228" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G228" s="1" t="s">
         <x:v>1058</x:v>
       </x:c>
-      <x:c r="C228" s="1" t="s">
+      <x:c r="H228" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I228" s="1" t="s">
         <x:v>1059</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:9" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="C229" s="1" t="s">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="D229" s="1" t="s">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="E229" s="1" t="s">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="F229" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="G229" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
-      <x:c r="C229" s="1" t="s">
+      <x:c r="H229" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I229" s="1" t="s">
         <x:v>1064</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:9" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:9" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="C231" s="1" t="s">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c r="D231" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="E231" s="1" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="F231" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G231" s="1" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="H231" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I231" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A232" s="1">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
-      <x:c r="C231" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D231" s="1" t="s">
+      <x:c r="C232" s="1" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="D232" s="1" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="E232" s="1" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="F232" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G232" s="1" t="s">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="H232" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I232" s="1" t="s">
+        <x:v>1078</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A233" s="1">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C233" s="1" t="s">
+        <x:v>1079</x:v>
+      </x:c>
+      <x:c r="D233" s="1" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="E233" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F233" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G233" s="1" t="s">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="H233" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I233" s="1" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A234" s="1">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="C234" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D234" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="E231" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F231" s="1" t="s">
+      <x:c r="E234" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="G231" s="1" t="s">
-[...34 lines deleted...]
-      <x:c r="I232" s="2" t="s">
+      <x:c r="G234" s="1" t="s">
+        <x:v>1084</x:v>
+      </x:c>
+      <x:c r="H234" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I234" s="1" t="s">
+        <x:v>1085</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A235" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B235" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C235" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D235" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E235" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F235" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G235" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H235" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I235" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A232:I232"/>
+    <x:mergeCell ref="A235:I235"/>
   </x:mergeCells>
 </x:worksheet>
 </file>