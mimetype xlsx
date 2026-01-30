--- v0 (2026-01-07)
+++ v1 (2026-01-30)
@@ -1,291 +1,465 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca6a1f80006240b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db47450c193467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260107" sheetId="1" r:id="R46dc1e1991e9423c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260129" sheetId="1" r:id="R49bcf03a304443cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="111">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="169">
   <x:si>
     <x:t>Australian Fixed Rate Subordinated Debt ETF - FSUB</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>29/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>400</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2651</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2291</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>380</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2378</x:t>
   </x:si>
   <x:si>
     <x:t>0.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.28</x:t>
   </x:si>
   <x:si>
     <x:t>25.24</x:t>
   </x:si>
   <x:si>
     <x:t>4,271</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.1683</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>25.18</x:t>
   </x:si>
   <x:si>
     <x:t>39,591</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2335</x:t>
   </x:si>
   <x:si>
-    <x:t>0</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.21</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>228</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.2265</x:t>
   </x:si>
   <x:si>
     <x:t>25.27</x:t>
   </x:si>
   <x:si>
     <x:t>245</x:t>
   </x:si>
   <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.2134</x:t>
   </x:si>
   <x:si>
-    <x:t>25.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>985</x:t>
   </x:si>
   <x:si>
-    <x:t>0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1952</x:t>
   </x:si>
   <x:si>
-    <x:t>25.30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>80</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1838</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>25.22</x:t>
   </x:si>
   <x:si>
     <x:t>6,437</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1214</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>25.14</x:t>
   </x:si>
   <x:si>
     <x:t>3,094</x:t>
   </x:si>
   <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1604</x:t>
   </x:si>
   <x:si>
     <x:t>10,467</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.08</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1688</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>25.17</x:t>
   </x:si>
   <x:si>
     <x:t>2,311</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1369</x:t>
   </x:si>
   <x:si>
     <x:t>25.15</x:t>
   </x:si>
@@ -403,56 +577,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b83833ca6443de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R02c5ba892fc74406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R46dc1e1991e9423c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d819765a0af45b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra95780ded7b24d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R49bcf03a304443cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H24"/>
+  <x:dimension ref="A1:H40"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -483,566 +657,982 @@
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8" ht="15" customHeight="1">
       <x:c r="A3" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B3" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D3" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E3" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="E3" s="4" t="s">
+      <x:c r="F3" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="F3" s="4" t="s">
+      <x:c r="G3" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="G3" s="4" t="s">
+      <x:c r="H3" s="4" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="B4" s="1" t="s">
+      <x:c r="C4" s="4" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="C4" s="4" t="s">
+      <x:c r="D4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="D4" s="4" t="s">
+      <x:c r="E4" s="4" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H4" s="4" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
+      <x:c r="C5" s="4" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="D5" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="C5" s="4" t="s">
+      <x:c r="E5" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="D5" s="4" t="s">
+      <x:c r="F5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="E5" s="4" t="s">
+      <x:c r="G5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="s">
+      <x:c r="H5" s="4" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D6" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="E6" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F6" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G6" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H6" s="4" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="C8" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E8" s="4" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F8" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="F8" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G8" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H8" s="4" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
+      <x:c r="F10" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E10" s="4" t="s">
+      <x:c r="G10" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H10" s="4" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="E11" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C11" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E11" s="4" t="s">
+      <x:c r="G11" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H11" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F14" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="F14" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="E16" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="B20" s="1" t="s">
+      <x:c r="C20" s="4" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F20" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D20" s="4" t="s">
+      <x:c r="G20" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H20" s="4" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B21" s="1" t="s">
+      <x:c r="E21" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="C21" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E21" s="4" t="s">
+      <x:c r="F21" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="F21" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B22" s="1" t="s">
+      <x:c r="E22" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="s">
+      <x:c r="F22" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D22" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="B23" s="1" t="s">
+      <x:c r="C23" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A24" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F24" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="G24" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H24" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F25" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="G25" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H25" s="4" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F26" s="4" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="G26" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H26" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F27" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G27" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H27" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A28" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F28" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G28" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H28" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A29" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F29" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="G29" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H29" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A30" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F30" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="G30" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H30" s="4" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A31" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F31" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="G31" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H31" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A32" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F32" s="4" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="G32" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H32" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A33" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F33" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="G33" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H33" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A34" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F34" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="G34" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H34" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A35" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F35" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="G35" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H35" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A36" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F36" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="G36" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H36" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A37" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="F37" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="G37" s="4" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H37" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A38" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="F38" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G38" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H38" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A39" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F39" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G39" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H39" s="4" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>