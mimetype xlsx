--- v1 (2026-01-30)
+++ v2 (2026-02-19)
@@ -1,287 +1,473 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db47450c193467d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfc5f1b02b6e4dc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260129" sheetId="1" r:id="R49bcf03a304443cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260218" sheetId="1" r:id="Rf3abd177b6324279"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="169">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="432" uniqueCount="224">
   <x:si>
     <x:t>Australian Fixed Rate Subordinated Debt ETF - FSUB</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>18/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,346</x:t>
+  </x:si>
+  <x:si>
     <x:t>29/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3024</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.34</x:t>
   </x:si>
   <x:si>
     <x:t>2,000</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>28/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3020</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>6,574</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2566</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>17,713</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>26/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2644</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>3,814</x:t>
   </x:si>
   <x:si>
     <x:t>22/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2678</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25.25</x:t>
   </x:si>
   <x:si>
     <x:t>8,061</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2842</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>22,660</x:t>
   </x:si>
   <x:si>
     <x:t>20/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2652</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25.29</x:t>
   </x:si>
   <x:si>
     <x:t>7,088</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3040</x:t>
   </x:si>
   <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>4,623</x:t>
   </x:si>
   <x:si>
     <x:t>0.14</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3321</x:t>
   </x:si>
   <x:si>
     <x:t>125</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3464</x:t>
   </x:si>
   <x:si>
     <x:t>20</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3118</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2966</x:t>
   </x:si>
   <x:si>
     <x:t>25.35</x:t>
   </x:si>
   <x:si>
     <x:t>200</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2938</x:t>
   </x:si>
   <x:si>
     <x:t>9,334</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2740</x:t>
   </x:si>
   <x:si>
     <x:t>25.32</x:t>
   </x:si>
   <x:si>
     <x:t>21,304</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3006</x:t>
@@ -349,104 +535,95 @@
   <x:si>
     <x:t>25.2335</x:t>
   </x:si>
   <x:si>
     <x:t>25.21</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>228</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.2265</x:t>
   </x:si>
   <x:si>
     <x:t>25.27</x:t>
   </x:si>
   <x:si>
     <x:t>245</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.2134</x:t>
   </x:si>
   <x:si>
     <x:t>985</x:t>
   </x:si>
   <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1952</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>80</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1838</x:t>
   </x:si>
   <x:si>
-    <x:t>0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.22</x:t>
   </x:si>
   <x:si>
     <x:t>6,437</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1214</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.14</x:t>
   </x:si>
   <x:si>
     <x:t>3,094</x:t>
   </x:si>
   <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1604</x:t>
   </x:si>
   <x:si>
     <x:t>10,467</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1688</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>25.17</x:t>
@@ -460,87 +637,75 @@
   <x:si>
     <x:t>25.1369</x:t>
   </x:si>
   <x:si>
     <x:t>25.15</x:t>
   </x:si>
   <x:si>
     <x:t>46,317</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1449</x:t>
   </x:si>
   <x:si>
     <x:t>52,299</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1408</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.12</x:t>
   </x:si>
   <x:si>
     <x:t>57,108</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1121</x:t>
   </x:si>
   <x:si>
     <x:t>25.10</x:t>
   </x:si>
   <x:si>
     <x:t>68,376</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0997</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>0.48</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9788</x:t>
   </x:si>
   <x:si>
     <x:t>24.98</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
@@ -577,56 +742,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d819765a0af45b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra95780ded7b24d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R49bcf03a304443cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a90c426987f4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra209e0836fcd4146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3abd177b6324279" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H40"/>
+  <x:dimension ref="A1:H55"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -657,982 +822,1372 @@
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8" ht="15" customHeight="1">
       <x:c r="A3" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B3" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D3" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E3" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F3" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G3" s="4" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H3" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
+      <x:c r="C13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>15</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>15</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>15</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="E26" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C28" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C29" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>15</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F31" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="G31" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F39" s="4" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="G39" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H39" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A40" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F40" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="G40" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H40" s="4" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A41" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F41" s="4" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="G41" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H41" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A42" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F42" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G42" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H42" s="4" t="s">
+        <x:v>183</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A43" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G43" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H43" s="4" t="s">
+        <x:v>183</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A44" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="G44" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H44" s="4" t="s">
+        <x:v>183</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A45" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="G45" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H45" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A46" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="F46" s="4" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="G46" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H46" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A47" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F39" s="4" t="s">
+      <x:c r="F47" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="G47" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H47" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A48" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F48" s="4" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="G48" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H48" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A49" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="F49" s="4" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="G49" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H49" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A50" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="F50" s="4" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="G50" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H50" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A51" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F51" s="4" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="G51" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H51" s="4" t="s">
+        <x:v>214</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A52" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="F52" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G52" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H52" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A53" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G39" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>12</x:v>
+      <x:c r="G53" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A54" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>