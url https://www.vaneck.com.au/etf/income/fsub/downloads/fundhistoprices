--- v2 (2026-02-19)
+++ v3 (2026-03-19)
@@ -1,470 +1,755 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfc5f1b02b6e4dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41c30b56d6e7413d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260218" sheetId="1" r:id="Rf3abd177b6324279"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260318" sheetId="1" r:id="Rd7a7519ff1b549f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="432" uniqueCount="224">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="608" uniqueCount="313">
   <x:si>
     <x:t>Australian Fixed Rate Subordinated Debt ETF - FSUB</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>18/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.8848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.8210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.7631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.8149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.8462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.8457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,959</x:t>
+  </x:si>
+  <x:si>
     <x:t>18/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3061</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25.37</x:t>
   </x:si>
   <x:si>
     <x:t>5,953</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3454</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
-    <x:t>25.39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>804</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>16/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3156</x:t>
   </x:si>
   <x:si>
     <x:t>1,079</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2848</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,382</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2374</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.07</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25.30</x:t>
   </x:si>
   <x:si>
     <x:t>29,775</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3054</x:t>
   </x:si>
   <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
-    <x:t>39</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2508</x:t>
   </x:si>
   <x:si>
     <x:t>25.26</x:t>
   </x:si>
   <x:si>
     <x:t>86</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2046</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>742</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2429</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.28</x:t>
   </x:si>
   <x:si>
     <x:t>9,750</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2161</x:t>
   </x:si>
   <x:si>
     <x:t>5,447</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2054</x:t>
   </x:si>
   <x:si>
     <x:t>-0.01</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.23</x:t>
   </x:si>
   <x:si>
     <x:t>76,686</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2122</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.19</x:t>
   </x:si>
   <x:si>
     <x:t>25.20</x:t>
   </x:si>
   <x:si>
     <x:t>90,086</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2595</x:t>
   </x:si>
   <x:si>
     <x:t>-0.09</x:t>
   </x:si>
   <x:si>
     <x:t>-0.34</x:t>
   </x:si>
   <x:si>
     <x:t>133,157</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3451</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>-0.02</x:t>
   </x:si>
   <x:si>
     <x:t>-0.06</x:t>
   </x:si>
   <x:si>
     <x:t>30/01/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5,346</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>25.3024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.34</x:t>
   </x:si>
   <x:si>
     <x:t>2,000</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3020</x:t>
   </x:si>
   <x:si>
     <x:t>6,574</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2566</x:t>
   </x:si>
   <x:si>
     <x:t>17,713</x:t>
   </x:si>
   <x:si>
     <x:t>26/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2644</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>3,814</x:t>
   </x:si>
   <x:si>
     <x:t>22/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2678</x:t>
   </x:si>
   <x:si>
-    <x:t>25.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8,061</x:t>
   </x:si>
   <x:si>
     <x:t>21/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2842</x:t>
   </x:si>
   <x:si>
     <x:t>22,660</x:t>
   </x:si>
   <x:si>
     <x:t>20/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2652</x:t>
   </x:si>
   <x:si>
     <x:t>25.29</x:t>
   </x:si>
   <x:si>
     <x:t>7,088</x:t>
   </x:si>
   <x:si>
     <x:t>19/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3040</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4,623</x:t>
   </x:si>
   <x:si>
     <x:t>0.14</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3321</x:t>
   </x:si>
   <x:si>
     <x:t>125</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3464</x:t>
   </x:si>
   <x:si>
     <x:t>20</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.3118</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2966</x:t>
   </x:si>
   <x:si>
-    <x:t>25.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>200</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2938</x:t>
   </x:si>
   <x:si>
     <x:t>9,334</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2740</x:t>
   </x:si>
   <x:si>
     <x:t>25.32</x:t>
   </x:si>
   <x:si>
     <x:t>21,304</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
@@ -472,161 +757,146 @@
   <x:si>
     <x:t>25.3006</x:t>
   </x:si>
   <x:si>
     <x:t>0.46</x:t>
   </x:si>
   <x:si>
     <x:t>400</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2651</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2291</x:t>
   </x:si>
   <x:si>
     <x:t>380</x:t>
   </x:si>
   <x:si>
-    <x:t>0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2378</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25.24</x:t>
   </x:si>
   <x:si>
     <x:t>4,271</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.1683</x:t>
   </x:si>
   <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>25.18</x:t>
   </x:si>
   <x:si>
     <x:t>39,591</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.2335</x:t>
   </x:si>
   <x:si>
     <x:t>25.21</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>228</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.2265</x:t>
   </x:si>
   <x:si>
-    <x:t>25.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>245</x:t>
   </x:si>
   <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.2134</x:t>
   </x:si>
   <x:si>
     <x:t>985</x:t>
   </x:si>
   <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1952</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>80</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1838</x:t>
   </x:si>
   <x:si>
     <x:t>25.22</x:t>
   </x:si>
   <x:si>
     <x:t>6,437</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1214</x:t>
   </x:si>
   <x:si>
-    <x:t>25.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,094</x:t>
   </x:si>
   <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1604</x:t>
   </x:si>
   <x:si>
     <x:t>10,467</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1688</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>25.17</x:t>
   </x:si>
   <x:si>
     <x:t>2,311</x:t>
@@ -668,53 +938,50 @@
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1121</x:t>
   </x:si>
   <x:si>
     <x:t>25.10</x:t>
   </x:si>
   <x:si>
     <x:t>68,376</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0997</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9788</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>24.98</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -742,56 +1009,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a90c426987f4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra209e0836fcd4146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3abd177b6324279" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07e713f87c64d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R62df5c64771a4877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7a7519ff1b549f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H55"/>
+  <x:dimension ref="A1:H77"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -834,1360 +1101,1932 @@
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8" ht="15" customHeight="1">
       <x:c r="A3" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B3" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D3" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E3" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F3" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G3" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H3" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="B4" s="1" t="s">
+      <x:c r="C4" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D4" s="4" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="C4" s="4" t="s">
+      <x:c r="E4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="D4" s="4" t="s">
+      <x:c r="F4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="E4" s="4" t="s">
+      <x:c r="G4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="F4" s="4" t="s">
+      <x:c r="H4" s="4" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C5" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
+      <x:c r="D5" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="C5" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F8" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G8" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="C8" s="4" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="F9" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="F10" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="B19" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="F25" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="G25" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="D25" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A55" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A56" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F54" s="4" t="s">
+      <x:c r="E56" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F56" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="G56" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H56" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A57" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F57" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="G57" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H57" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A58" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F58" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="G58" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H58" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A59" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="F59" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="G59" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H59" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A60" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F60" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G54" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>88</x:v>
+      <x:c r="G60" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H60" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A61" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F61" s="4" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="G61" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H61" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A62" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F62" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="G62" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H62" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A63" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F63" s="4" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G63" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H63" s="4" t="s">
+        <x:v>170</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A64" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F64" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G64" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H64" s="4" t="s">
+        <x:v>274</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A65" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F65" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G65" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H65" s="4" t="s">
+        <x:v>274</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A66" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F66" s="4" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="G66" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H66" s="4" t="s">
+        <x:v>274</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A67" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E67" s="4" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F67" s="4" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="G67" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H67" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A68" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E68" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F68" s="4" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="G68" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H68" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A69" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E69" s="4" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="F69" s="4" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="G69" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H69" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A70" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="E70" s="4" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="F70" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="G70" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H70" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A71" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E71" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F71" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="G71" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H71" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A72" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E72" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F72" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="G72" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H72" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A73" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="E73" s="4" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F73" s="4" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="G73" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H73" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A74" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F74" s="4" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="G74" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H74" s="4" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A75" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E75" s="4" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F75" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G75" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H75" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A76" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F76" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G76" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H76" s="4" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>