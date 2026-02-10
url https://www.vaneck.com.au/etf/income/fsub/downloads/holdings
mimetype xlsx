--- v0 (2026-01-20)
+++ v1 (2026-02-10)
@@ -1,537 +1,726 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9f33d8231994cb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404a524a89694845" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260120" sheetId="1" r:id="Rad2f8fa9bc6d4c50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260209" sheetId="1" r:id="R247da11592754a28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="164">
-[...1 lines deleted...]
-    <x:t>Australian Fixed Rate Subordinated Debt ETF 20/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="227">
+  <x:si>
+    <x:t>Australian Fixed Rate Subordinated Debt ETF 09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/11/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.7786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,099,589.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/06/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.1044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$862,922.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.8911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$691,410.88</x:t>
+  </x:si>
+  <x:si>
     <x:t>Australia &amp; New Zealand Banking Group L</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0291466</x:t>
   </x:si>
   <x:si>
     <x:t>5.91%</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>A-</x:t>
-[...38 lines deleted...]
-    <x:t>$278,963.64</x:t>
+    <x:t>4.6419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,174.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.4304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$626,279.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0317162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.3586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$616,126.91</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Bank Of Australia</x:t>
   </x:si>
   <x:si>
+    <x:t>AU3CB0303667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.0860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$577,595.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.0732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$575,784.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.0407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,190.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0296671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.7709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,050.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hsbc Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.6919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,884.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.4969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$494,324.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0324226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/07/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.2879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$464,780.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.1617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,941.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0324762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/08/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.0692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$433,860.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/07/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,294.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0288389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,063.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bpce Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,999.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,739.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/05/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,726.17</x:t>
+  </x:si>
+  <x:si>
     <x:t>AU3CB0293769</x:t>
   </x:si>
   <x:si>
     <x:t>6.86%</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>5.3813</x:t>
-[...2 lines deleted...]
-    <x:t>$271,923.91</x:t>
+    <x:t>1.9273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,438.18</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0305928</x:t>
   </x:si>
   <x:si>
     <x:t>5.89%</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>5.3075</x:t>
-[...2 lines deleted...]
-    <x:t>$268,191.82</x:t>
+    <x:t>1.9006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,674.12</x:t>
   </x:si>
   <x:si>
     <x:t>Lloyds Banking Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0302115</x:t>
   </x:si>
   <x:si>
     <x:t>7.09%</x:t>
   </x:si>
   <x:si>
     <x:t>31/08/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>BBB+</x:t>
-[...38 lines deleted...]
-    <x:t>$214,536.32</x:t>
+    <x:t>1.8920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,454.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,986.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Challenger Life Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0292324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/09/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,191.96</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0300358</x:t>
   </x:si>
   <x:si>
     <x:t>6.93%</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2038</x:t>
   </x:si>
   <x:si>
-    <x:t>4.2306</x:t>
-[...53 lines deleted...]
-    <x:t>$204,271.02</x:t>
+    <x:t>1.5212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,041.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0308278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,779.41</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322600</x:t>
   </x:si>
   <x:si>
     <x:t>5.25%</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>3.9999</x:t>
-[...17 lines deleted...]
-    <x:t>$200,671.60</x:t>
+    <x:t>1.4346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,798.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0292472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,912.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,770.38</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0306462</x:t>
   </x:si>
   <x:si>
     <x:t>5.74%</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>3.6040</x:t>
-[...20 lines deleted...]
-    <x:t>Macquarie Bank Ltd</x:t>
+    <x:t>1.2902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,376.73</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322212</x:t>
   </x:si>
   <x:si>
     <x:t>29/05/2040</x:t>
   </x:si>
   <x:si>
-    <x:t>3.0277</x:t>
-[...2 lines deleted...]
-    <x:t>$152,990.19</x:t>
+    <x:t>1.0879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,785.48</x:t>
   </x:si>
   <x:si>
     <x:t>Qbe Insurance Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0321834</x:t>
   </x:si>
   <x:si>
     <x:t>5.80%</x:t>
   </x:si>
   <x:si>
     <x:t>21/05/2036</x:t>
   </x:si>
   <x:si>
-    <x:t>2.9968</x:t>
-[...65 lines deleted...]
-    <x:t>Hsbc Holdings Plc</x:t>
+    <x:t>1.0746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,901.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,612.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cooperatieve Rabobank Ua</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0293348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,170.27</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0319473</x:t>
   </x:si>
   <x:si>
     <x:t>5.72%</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0187</x:t>
-[...65 lines deleted...]
-    <x:t>$71,983.25</x:t>
+    <x:t>0.7269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,758.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,682.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,003.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0291284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,209.73</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0674</x:t>
-[...2 lines deleted...]
-    <x:t>$3,405.13</x:t>
+    <x:t>0.0828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,760.48</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -559,100 +748,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0363ff1836254c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf32b58f3e0914c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad2f8fa9bc6d4c50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050d72b1c53f482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R19c9ae094d224b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R247da11592754a28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I32"/>
+  <x:dimension ref="A1:I44"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
-    <x:col min="9" max="9" width="19" customWidth="1"/>
+    <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -727,51 +916,51 @@
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
@@ -785,753 +974,1101 @@
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A32" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I32" s="2" t="s">
+      <x:c r="A32" s="1">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A33" s="1">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A34" s="1">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A35" s="1">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A36" s="1">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A37" s="1">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A38" s="1">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A39" s="1">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A40" s="1">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A41" s="1">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A42" s="1">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A43" s="1">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A32:I32"/>
+    <x:mergeCell ref="A44:I44"/>
   </x:mergeCells>
 </x:worksheet>
 </file>