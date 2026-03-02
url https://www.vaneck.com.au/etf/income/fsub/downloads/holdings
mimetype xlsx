--- v1 (2026-02-10)
+++ v2 (2026-03-02)
@@ -1,726 +1,726 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404a524a89694845" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77cc669edd7f4c1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260209" sheetId="1" r:id="R247da11592754a28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260227" sheetId="1" r:id="R24002aba3cd0446f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="227">
   <x:si>
-    <x:t>Australian Fixed Rate Subordinated Debt ETF 09/02/2026</x:t>
+    <x:t>Australian Fixed Rate Subordinated Debt ETF 27/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Westpac Banking Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0304376</x:t>
   </x:si>
   <x:si>
     <x:t>7.20%</x:t>
   </x:si>
   <x:si>
     <x:t>15/11/2038</x:t>
   </x:si>
   <x:si>
     <x:t>A-</x:t>
   </x:si>
   <x:si>
-    <x:t>7.7786</x:t>
-[...2 lines deleted...]
-    <x:t>$1,099,589.85</x:t>
+    <x:t>8.1906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,328,860.95</x:t>
   </x:si>
   <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0310175</x:t>
   </x:si>
   <x:si>
     <x:t>6.34%</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2039</x:t>
   </x:si>
   <x:si>
-    <x:t>6.1044</x:t>
-[...2 lines deleted...]
-    <x:t>$862,922.30</x:t>
+    <x:t>6.5795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,067,461.77</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322337</x:t>
   </x:si>
   <x:si>
     <x:t>5.82%</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2040</x:t>
   </x:si>
   <x:si>
-    <x:t>4.8911</x:t>
-[...2 lines deleted...]
-    <x:t>$691,410.88</x:t>
+    <x:t>4.6507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$754,536.67</x:t>
   </x:si>
   <x:si>
     <x:t>Australia &amp; New Zealand Banking Group L</x:t>
   </x:si>
   <x:si>
+    <x:t>AU3CB0296671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.5542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$738,874.93</x:t>
+  </x:si>
+  <x:si>
     <x:t>AU3CB0291466</x:t>
   </x:si>
   <x:si>
     <x:t>5.91%</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>4.6419</x:t>
-[...2 lines deleted...]
-    <x:t>$656,174.70</x:t>
+    <x:t>4.2570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$690,663.83</x:t>
   </x:si>
   <x:si>
     <x:t>Macquarie Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0307023</x:t>
   </x:si>
   <x:si>
     <x:t>5.95%</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBB+</x:t>
   </x:si>
   <x:si>
-    <x:t>4.4304</x:t>
-[...2 lines deleted...]
-    <x:t>$626,279.68</x:t>
+    <x:t>4.2566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$690,601.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.2108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$683,165.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$681,970.06</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0317162</x:t>
   </x:si>
   <x:si>
     <x:t>5.55%</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>4.3586</x:t>
-[...5 lines deleted...]
-    <x:t>Commonwealth Bank Of Australia</x:t>
+    <x:t>3.8053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,382.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hsbc Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.6175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$586,912.06</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0303667</x:t>
   </x:si>
   <x:si>
     <x:t>6.45%</x:t>
   </x:si>
   <x:si>
     <x:t>25/10/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>4.0860</x:t>
-[...65 lines deleted...]
-    <x:t>$521,884.36</x:t>
+    <x:t>3.5688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,002.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.3794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,286.63</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0297554</x:t>
   </x:si>
   <x:si>
     <x:t>6.16%</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>3.4969</x:t>
-[...2 lines deleted...]
-    <x:t>$494,324.05</x:t>
+    <x:t>3.0538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$495,456.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0288389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$478,901.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0324762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/08/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,801.30</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0324226</x:t>
   </x:si>
   <x:si>
     <x:t>5.77%</x:t>
   </x:si>
   <x:si>
     <x:t>30/07/2040</x:t>
   </x:si>
   <x:si>
-    <x:t>3.2879</x:t>
-[...32 lines deleted...]
-    <x:t>$433,860.86</x:t>
+    <x:t>2.8803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$467,302.72</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0311561</x:t>
   </x:si>
   <x:si>
     <x:t>6.12%</x:t>
   </x:si>
   <x:si>
     <x:t>25/07/2039</x:t>
   </x:si>
   <x:si>
-    <x:t>2.7256</x:t>
-[...17 lines deleted...]
-    <x:t>$315,063.79</x:t>
+    <x:t>2.6348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$427,471.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0292472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$389,034.91</x:t>
   </x:si>
   <x:si>
     <x:t>Bpce Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322576</x:t>
   </x:si>
   <x:si>
     <x:t>6.56%</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
-    <x:t>2.1788</x:t>
-[...2 lines deleted...]
-    <x:t>$307,999.24</x:t>
+    <x:t>1.9179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,157.25</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0311140</x:t>
   </x:si>
   <x:si>
     <x:t>5.97%</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>2.1770</x:t>
-[...2 lines deleted...]
-    <x:t>$307,739.48</x:t>
+    <x:t>1.9013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$308,468.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,271.46</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0310597</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0354</x:t>
-[...2 lines deleted...]
-    <x:t>$287,726.17</x:t>
+    <x:t>1.7831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$289,298.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,859.29</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0293769</x:t>
   </x:si>
   <x:si>
     <x:t>6.86%</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9273</x:t>
-[...2 lines deleted...]
-    <x:t>$272,438.18</x:t>
+    <x:t>1.6834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,116.25</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0305928</x:t>
   </x:si>
   <x:si>
     <x:t>5.89%</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9006</x:t>
-[...2 lines deleted...]
-    <x:t>$268,674.12</x:t>
+    <x:t>1.6592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,187.19</x:t>
   </x:si>
   <x:si>
     <x:t>Lloyds Banking Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0302115</x:t>
   </x:si>
   <x:si>
     <x:t>7.09%</x:t>
   </x:si>
   <x:si>
     <x:t>31/08/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8920</x:t>
-[...20 lines deleted...]
-    <x:t>$256,986.46</x:t>
+    <x:t>1.6009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,738.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qbe Insurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0321834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/05/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,399.33</x:t>
   </x:si>
   <x:si>
     <x:t>Challenger Life Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0292324</x:t>
   </x:si>
   <x:si>
     <x:t>7.19%</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2037</x:t>
   </x:si>
   <x:si>
-    <x:t>1.6426</x:t>
-[...2 lines deleted...]
-    <x:t>$232,191.96</x:t>
+    <x:t>1.4357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,931.16</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0300358</x:t>
   </x:si>
   <x:si>
     <x:t>6.93%</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2038</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5212</x:t>
-[...2 lines deleted...]
-    <x:t>$215,041.42</x:t>
+    <x:t>1.3332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,298.73</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0308278</x:t>
   </x:si>
   <x:si>
     <x:t>5.75%</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4628</x:t>
-[...2 lines deleted...]
-    <x:t>$206,779.41</x:t>
+    <x:t>1.2777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,296.95</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322600</x:t>
   </x:si>
   <x:si>
     <x:t>5.25%</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4346</x:t>
-[...32 lines deleted...]
-    <x:t>$185,770.38</x:t>
+    <x:t>1.2520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,123.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cooperatieve Rabobank Ua</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0293348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,928.25</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0306462</x:t>
   </x:si>
   <x:si>
     <x:t>5.74%</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2902</x:t>
-[...2 lines deleted...]
-    <x:t>$182,376.73</x:t>
+    <x:t>1.0959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,806.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,116.07</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322212</x:t>
   </x:si>
   <x:si>
     <x:t>29/05/2040</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0879</x:t>
-[...20 lines deleted...]
-    <x:t>$151,901.25</x:t>
+    <x:t>0.9516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,383.59</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0313229</x:t>
   </x:si>
   <x:si>
     <x:t>6.30%</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2039</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9593</x:t>
-[...20 lines deleted...]
-    <x:t>$105,170.27</x:t>
+    <x:t>0.8444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,004.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0291284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,738.78</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0319473</x:t>
   </x:si>
   <x:si>
     <x:t>5.72%</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>0.7269</x:t>
-[...2 lines deleted...]
-    <x:t>$102,758.97</x:t>
+    <x:t>0.6349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,000.96</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0316099</x:t>
   </x:si>
   <x:si>
     <x:t>6.20%</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2036</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5778</x:t>
-[...35 lines deleted...]
-    <x:t>$61,209.73</x:t>
+    <x:t>0.5072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,282.73</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0828</x:t>
-[...2 lines deleted...]
-    <x:t>$11,760.48</x:t>
+    <x:t>0.0927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,073.03</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -748,51 +748,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050d72b1c53f482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R19c9ae094d224b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R247da11592754a28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recfeb70697084a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf0836472c5e04ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R24002aba3cd0446f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I44"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -974,92 +974,92 @@
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I8" s="1" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D9" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
@@ -1090,121 +1090,121 @@
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
@@ -1235,51 +1235,51 @@
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
@@ -1293,730 +1293,730 @@
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">