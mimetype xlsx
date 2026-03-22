--- v2 (2026-03-02)
+++ v3 (2026-03-22)
@@ -1,726 +1,771 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77cc669edd7f4c1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9156ad15c29f4f2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260227" sheetId="1" r:id="R24002aba3cd0446f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FSUB_asat_20260320" sheetId="1" r:id="Rf5813b0076034238"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="227">
-[...1 lines deleted...]
-    <x:t>Australian Fixed Rate Subordinated Debt ETF 27/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="242">
+  <x:si>
+    <x:t>Australian Fixed Rate Subordinated Debt ETF 20/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Westpac Banking Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0304376</x:t>
   </x:si>
   <x:si>
     <x:t>7.20%</x:t>
   </x:si>
   <x:si>
     <x:t>15/11/2038</x:t>
   </x:si>
   <x:si>
     <x:t>A-</x:t>
   </x:si>
   <x:si>
-    <x:t>8.1906</x:t>
-[...2 lines deleted...]
-    <x:t>$1,328,860.95</x:t>
+    <x:t>7.8940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,403,632.07</x:t>
   </x:si>
   <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0310175</x:t>
   </x:si>
   <x:si>
     <x:t>6.34%</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2039</x:t>
   </x:si>
   <x:si>
-    <x:t>6.5795</x:t>
-[...2 lines deleted...]
-    <x:t>$1,067,461.77</x:t>
+    <x:t>6.4113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,139,993.57</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322337</x:t>
   </x:si>
   <x:si>
     <x:t>5.82%</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2040</x:t>
   </x:si>
   <x:si>
-    <x:t>4.6507</x:t>
-[...2 lines deleted...]
-    <x:t>$754,536.67</x:t>
+    <x:t>5.6549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,497.14</x:t>
   </x:si>
   <x:si>
     <x:t>Australia &amp; New Zealand Banking Group L</x:t>
   </x:si>
   <x:si>
+    <x:t>AU3CB0291466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.9185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$874,554.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0288389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.7657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$669,588.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.7099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$659,653.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.6292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$645,316.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.6174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$643,213.51</x:t>
+  </x:si>
+  <x:si>
     <x:t>AU3CB0296671</x:t>
   </x:si>
   <x:si>
     <x:t>6.74%</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2038</x:t>
   </x:si>
   <x:si>
-    <x:t>4.5542</x:t>
-[...71 lines deleted...]
-    <x:t>$681,970.06</x:t>
+    <x:t>3.4715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,274.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.2151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,684.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0331130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.0321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$539,138.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0324226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/07/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,707.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0331320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,869.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/07/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,559.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$476,125.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hsbc Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$474,213.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$468,187.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0324762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/08/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,761.49</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0317162</x:t>
   </x:si>
   <x:si>
     <x:t>5.55%</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>3.8053</x:t>
-[...125 lines deleted...]
-    <x:t>$427,471.50</x:t>
+    <x:t>2.2896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$407,107.17</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0292472</x:t>
   </x:si>
   <x:si>
     <x:t>6.41%</x:t>
   </x:si>
   <x:si>
     <x:t>20/09/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>2.3979</x:t>
-[...2 lines deleted...]
-    <x:t>$389,034.91</x:t>
+    <x:t>2.0843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,612.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0305928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,135.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0302115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/08/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,368.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,383.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,574.09</x:t>
   </x:si>
   <x:si>
     <x:t>Bpce Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322576</x:t>
   </x:si>
   <x:si>
     <x:t>6.56%</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2040</x:t>
   </x:si>
   <x:si>
-    <x:t>BBB</x:t>
-[...38 lines deleted...]
-    <x:t>$301,271.46</x:t>
+    <x:t>1.5790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,755.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,592.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0293769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,941.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qbe Insurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0321834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/05/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,382.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/05/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,189.13</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0310597</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>1.7831</x:t>
-[...83 lines deleted...]
-    <x:t>$234,399.33</x:t>
+    <x:t>1.3605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,912.70</x:t>
   </x:si>
   <x:si>
     <x:t>Challenger Life Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0292324</x:t>
   </x:si>
   <x:si>
     <x:t>7.19%</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2037</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4357</x:t>
-[...2 lines deleted...]
-    <x:t>$232,931.16</x:t>
+    <x:t>1.2564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,403.98</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0300358</x:t>
   </x:si>
   <x:si>
     <x:t>6.93%</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2038</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3332</x:t>
-[...2 lines deleted...]
-    <x:t>$216,298.73</x:t>
+    <x:t>1.1872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,098.96</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0308278</x:t>
   </x:si>
   <x:si>
     <x:t>5.75%</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2777</x:t>
-[...2 lines deleted...]
-    <x:t>$207,296.95</x:t>
+    <x:t>1.1486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,235.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0291284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,288.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,167.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cooperatieve Rabobank Ua</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0293348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,494.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,325.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,803.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,852.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0331536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,047.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,074.84</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322600</x:t>
   </x:si>
   <x:si>
     <x:t>5.25%</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2520</x:t>
-[...125 lines deleted...]
-    <x:t>$82,282.73</x:t>
+    <x:t>0.4356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,454.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0927</x:t>
-[...2 lines deleted...]
-    <x:t>$15,073.03</x:t>
+    <x:t>0.0835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,869.38</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -748,100 +793,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recfeb70697084a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf0836472c5e04ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R24002aba3cd0446f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1ed5b696dbd438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5abd82f9127e4631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf5813b0076034238" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I44"/>
+  <x:dimension ref="A1:I47"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -974,138 +1019,138 @@
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
@@ -1119,254 +1164,254 @@
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
@@ -1380,695 +1425,782 @@
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A44" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I44" s="2" t="s">
+      <x:c r="A44" s="1">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A45" s="1">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A46" s="1">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I47" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A44:I44"/>
+    <x:mergeCell ref="A47:I47"/>
   </x:mergeCells>
 </x:worksheet>
 </file>