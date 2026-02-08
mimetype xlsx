--- v0 (2026-01-19)
+++ v1 (2026-02-08)
@@ -1,1290 +1,1368 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2128e49a968847e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef3fd8a6aa04a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GCAP_asat_20260116" sheetId="1" r:id="Rd2de1adf55f74b61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GCAP_asat_20260206" sheetId="1" r:id="R6450e0987b14429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="772" uniqueCount="415">
-[...1 lines deleted...]
-    <x:t>Bentham Global Capital Securities Active ETF (Managed Fund) All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="828" uniqueCount="441">
+  <x:si>
+    <x:t>Bentham Global Capital Securities Active ETF (Managed Fund) All Fund Holdings as at 06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Cooperatieve Rabobank Ua</x:t>
   </x:si>
   <x:si>
     <x:t>XS2050933972</x:t>
   </x:si>
   <x:si>
     <x:t>3.25%</x:t>
   </x:si>
   <x:si>
     <x:t>BBB-</x:t>
   </x:si>
   <x:si>
-    <x:t>2.3605</x:t>
-[...2 lines deleted...]
-    <x:t>$1,040,693.68</x:t>
+    <x:t>2.2326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,629.19</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
     <x:t>89116CVK0</x:t>
   </x:si>
   <x:si>
     <x:t>5.91%</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0114</x:t>
-[...2 lines deleted...]
-    <x:t>$886,787.66</x:t>
+    <x:t>1.8842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$863,050.75</x:t>
   </x:si>
   <x:si>
     <x:t>Treasury Corp Of Victoria</x:t>
   </x:si>
   <x:si>
     <x:t>XS3192255449</x:t>
   </x:si>
   <x:si>
     <x:t>3.63%</x:t>
   </x:si>
   <x:si>
     <x:t>AA  </x:t>
   </x:si>
   <x:si>
-    <x:t>1.988</x:t>
-[...2 lines deleted...]
-    <x:t>$876,477.07</x:t>
+    <x:t>1.8727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$857,786.40</x:t>
   </x:si>
   <x:si>
     <x:t>Nationwide Building Society</x:t>
   </x:si>
   <x:si>
     <x:t>XS2896922312</x:t>
   </x:si>
   <x:si>
     <x:t>7.50%</x:t>
   </x:si>
   <x:si>
     <x:t>BB+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.919</x:t>
-[...2 lines deleted...]
-    <x:t>$846,061.60</x:t>
+    <x:t>1.804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$826,297.26</x:t>
   </x:si>
   <x:si>
     <x:t>Natwest Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>XS2258827034</x:t>
   </x:si>
   <x:si>
     <x:t>5.13%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8108</x:t>
-[...2 lines deleted...]
-    <x:t>$798,319.36</x:t>
+    <x:t>1.706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$781,437.39</x:t>
   </x:si>
   <x:si>
     <x:t>Axa Sa</x:t>
   </x:si>
   <x:si>
     <x:t>054536AA5</x:t>
   </x:si>
   <x:si>
     <x:t>8.60%</x:t>
   </x:si>
   <x:si>
     <x:t>A-</x:t>
   </x:si>
   <x:si>
-    <x:t>1.7815</x:t>
-[...2 lines deleted...]
-    <x:t>$785,426.52</x:t>
+    <x:t>1.6549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$757,990.30</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Comercial Portugues Sa</x:t>
   </x:si>
   <x:si>
     <x:t>PTBCPKOM0004</x:t>
   </x:si>
   <x:si>
     <x:t>8.13%</x:t>
   </x:si>
   <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
-    <x:t>1.7483</x:t>
-[...2 lines deleted...]
-    <x:t>$770,804.18</x:t>
+    <x:t>1.6301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$746,662.74</x:t>
   </x:si>
   <x:si>
     <x:t>Kbc Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BE0390219856</x:t>
   </x:si>
   <x:si>
     <x:t>6.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.651</x:t>
-[...2 lines deleted...]
-    <x:t>$727,895.34</x:t>
+    <x:t>1.5695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$718,911.23</x:t>
   </x:si>
   <x:si>
     <x:t>Westpac Banking Corp</x:t>
   </x:si>
   <x:si>
     <x:t>961214FW8</x:t>
   </x:si>
   <x:si>
     <x:t>5.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.49</x:t>
-[...2 lines deleted...]
-    <x:t>$656,896.31</x:t>
+    <x:t>1.3855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$634,625.58</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Bank Of Australia</x:t>
   </x:si>
   <x:si>
     <x:t>USQ2704MAL20</x:t>
   </x:si>
   <x:si>
     <x:t>5.84%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4584</x:t>
-[...2 lines deleted...]
-    <x:t>$642,994.30</x:t>
+    <x:t>1.3539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,139.64</x:t>
   </x:si>
   <x:si>
     <x:t>XS3016221981</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4363</x:t>
-[...2 lines deleted...]
-    <x:t>$633,218.49</x:t>
+    <x:t>1.3494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,093.67</x:t>
   </x:si>
   <x:si>
     <x:t>Australia &amp; New Zealand Banking Group L</x:t>
   </x:si>
   <x:si>
     <x:t>USQ0954PVS83</x:t>
   </x:si>
   <x:si>
     <x:t>5.82%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4127</x:t>
-[...2 lines deleted...]
-    <x:t>$622,832.87</x:t>
+    <x:t>1.3171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$603,286.34</x:t>
   </x:si>
   <x:si>
     <x:t>Nordea Bank Abp</x:t>
   </x:si>
   <x:si>
     <x:t>USX6000AAA61</x:t>
   </x:si>
   <x:si>
     <x:t>6.75%</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4105</x:t>
-[...2 lines deleted...]
-    <x:t>$621,840.39</x:t>
+    <x:t>1.3145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$602,098.99</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsubishi Ufj Financial Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>606822DP6</x:t>
   </x:si>
   <x:si>
     <x:t>6.35%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3847</x:t>
-[...2 lines deleted...]
-    <x:t>$610,471.07</x:t>
+    <x:t>1.2902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$590,944.54</x:t>
   </x:si>
   <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>USQ6535DBH63</x:t>
   </x:si>
   <x:si>
     <x:t>6.43%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3814</x:t>
-[...2 lines deleted...]
-    <x:t>$609,009.60</x:t>
+    <x:t>1.2832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$587,740.87</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
     <x:t>064159KJ4</x:t>
   </x:si>
   <x:si>
     <x:t>4.65%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3677</x:t>
-[...2 lines deleted...]
-    <x:t>$602,975.33</x:t>
+    <x:t>1.2783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$585,520.58</x:t>
   </x:si>
   <x:si>
     <x:t>Svenska Handelsbanken Ab</x:t>
   </x:si>
   <x:si>
     <x:t>XS2233263586</x:t>
   </x:si>
   <x:si>
     <x:t>4.75%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3528</x:t>
-[...2 lines deleted...]
-    <x:t>$596,395.66</x:t>
+    <x:t>1.2627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$578,381.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Ireland Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2898168443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,230.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$549,119.90</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Plc</x:t>
   </x:si>
   <x:si>
     <x:t>XS3034598394</x:t>
   </x:si>
   <x:si>
     <x:t>4.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2685</x:t>
-[...17 lines deleted...]
-    <x:t>$558,894.51</x:t>
+    <x:t>1.1982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,827.49</x:t>
   </x:si>
   <x:si>
     <x:t>89117F4G1</x:t>
   </x:si>
   <x:si>
     <x:t>5.75%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2544</x:t>
-[...14 lines deleted...]
-    <x:t>$550,360.19</x:t>
+    <x:t>1.1926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,258.48</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0296671</x:t>
   </x:si>
   <x:si>
     <x:t>6.74%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.232</x:t>
-[...2 lines deleted...]
-    <x:t>$543,151.45</x:t>
+    <x:t>1.1848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,680.96</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0297653</x:t>
   </x:si>
   <x:si>
     <x:t>6.70%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2237</x:t>
-[...2 lines deleted...]
-    <x:t>$539,478.44</x:t>
+    <x:t>1.1758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$538,546.02</x:t>
   </x:si>
   <x:si>
     <x:t>Lloyds Banking Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>XS1043552261</x:t>
   </x:si>
   <x:si>
     <x:t>7.88%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.209</x:t>
-[...2 lines deleted...]
-    <x:t>$533,022.78</x:t>
+    <x:t>1.139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,709.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,795.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,525.54</x:t>
   </x:si>
   <x:si>
     <x:t>Caixabank Sa</x:t>
   </x:si>
   <x:si>
     <x:t>XS3226502485</x:t>
   </x:si>
   <x:si>
     <x:t>3.88%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.1811</x:t>
-[...29 lines deleted...]
-    <x:t>$512,283.42</x:t>
+    <x:t>1.1207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,345.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bpce Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,094.94</x:t>
   </x:si>
   <x:si>
     <x:t>Province Of Ontario Canada</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0309268</x:t>
   </x:si>
   <x:si>
     <x:t>5.35%</x:t>
   </x:si>
   <x:si>
     <x:t>AA-</x:t>
   </x:si>
   <x:si>
-    <x:t>1.1601</x:t>
-[...17 lines deleted...]
-    <x:t>$509,405.01</x:t>
+    <x:t>1.1074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,229.60</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0328193</x:t>
   </x:si>
   <x:si>
     <x:t>6.14%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.1502</x:t>
-[...2 lines deleted...]
-    <x:t>$507,076.10</x:t>
+    <x:t>1.0993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,525.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtr Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0330785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,572.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2026-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,824.04</x:t>
   </x:si>
   <x:si>
     <x:t>Tasmanian Public Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AU3SG0003304</x:t>
   </x:si>
   <x:si>
     <x:t>5.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>AAA</x:t>
-[...5 lines deleted...]
-    <x:t>$497,939.05</x:t>
+    <x:t>1.0788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$494,119.70</x:t>
   </x:si>
   <x:si>
     <x:t>New South Wales Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AU3SG0003270</x:t>
   </x:si>
   <x:si>
     <x:t>5.25%</x:t>
   </x:si>
   <x:si>
     <x:t>AA+ </x:t>
   </x:si>
   <x:si>
-    <x:t>1.1253</x:t>
-[...2 lines deleted...]
-    <x:t>$496,131.38</x:t>
+    <x:t>1.0756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$492,662.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Province Of British Columbia Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$489,621.90</x:t>
   </x:si>
   <x:si>
     <x:t>Province Of Quebec Canada</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322410</x:t>
   </x:si>
   <x:si>
     <x:t>5.10%</x:t>
   </x:si>
   <x:si>
-    <x:t>A+</x:t>
-[...20 lines deleted...]
-    <x:t>$494,143.31</x:t>
+    <x:t>1.0672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$488,813.82</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Territory Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AU3SG0002967</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0851</x:t>
-[...2 lines deleted...]
-    <x:t>$478,400.17</x:t>
+    <x:t>1.0381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,512.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2737652474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$463,046.27</x:t>
   </x:si>
   <x:si>
     <x:t>XS3086813436</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9742</x:t>
-[...2 lines deleted...]
-    <x:t>$429,499.76</x:t>
+    <x:t>0.9174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$420,200.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2790094523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$418,167.94</x:t>
   </x:si>
   <x:si>
     <x:t>XS2575900977</x:t>
   </x:si>
   <x:si>
     <x:t>8.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9658</x:t>
-[...2 lines deleted...]
-    <x:t>$425,815.76</x:t>
+    <x:t>0.9103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,938.77</x:t>
   </x:si>
   <x:si>
     <x:t>XS2492482828</x:t>
   </x:si>
   <x:si>
     <x:t>8.88%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9637</x:t>
-[...2 lines deleted...]
-    <x:t>$424,850.55</x:t>
+    <x:t>0.9088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,279.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3SG0001753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$414,697.92</x:t>
   </x:si>
   <x:si>
     <x:t>XS2529511722</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9573</x:t>
-[...14 lines deleted...]
-    <x:t>$417,647.00</x:t>
+    <x:t>0.9026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,437.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0014015DV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,710.07</x:t>
   </x:si>
   <x:si>
     <x:t>USF11494CJ27</x:t>
   </x:si>
   <x:si>
     <x:t>6.29%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBB+</x:t>
-[...8 lines deleted...]
-    <x:t>Credit Agricole Sa</x:t>
+    <x:t>0.8422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,775.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abn Amro Bank Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2774944008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,003.38</x:t>
   </x:si>
   <x:si>
     <x:t>USF2R125Q730</x:t>
   </x:si>
   <x:si>
     <x:t>6.25%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9005</x:t>
-[...2 lines deleted...]
-    <x:t>$396,989.08</x:t>
+    <x:t>0.8348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,384.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400F2H9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$380,574.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0840609053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,465.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerzbank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000CZ45WD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,368.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aib Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2808268390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$374,646.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE0390152180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,352.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400F067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,234.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400N2U2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,102.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0840609061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,099.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Park Funding Xxxviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG5851KAF42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$361,998.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2959514519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,960.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000CZ45WA7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,419.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2456432413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,468.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2980851351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,865.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2202900424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,419.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2988651498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,029.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3273175474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,928.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0840609038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,232.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USQ6535DBG80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,980.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedbank Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2759983385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,583.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05581LAG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,081.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USX60003AC87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,016.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65559D2A6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,596.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780086X66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,291.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oversea-Chinese Banking Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69033DAE7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$293,304.98</x:t>
   </x:si>
   <x:si>
     <x:t>USQ6535DCJ11</x:t>
   </x:si>
   <x:si>
     <x:t>5.90%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.894</x:t>
-[...227 lines deleted...]
-    <x:t>5.89%</x:t>
+    <x:t>0.594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,089.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE0390118819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,027.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of America Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06051GKL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,487.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2902577191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,658.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3202737493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,068.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3229422491</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,670.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2823235085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,949.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400PGC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,586.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2859413341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,789.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400FB22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,685.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3059437460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,774.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2265524640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,819.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2986720907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,621.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3156297213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,860.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Providus Clo V Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3196134558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,465.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3268047118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,294.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hayfin Emerald Clo Vi Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3196159977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,862.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE0390280494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,823.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wells Fargo &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95000U3H4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,553.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jpmorgan Chase &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46647PEX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,018.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06051GMW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,082.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46647PEW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,135.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06051GMM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,819.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06051GMA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,622.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46647PEH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,649.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enbridge Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29250NAW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,532.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>0.7266</x:t>
-[...353 lines deleted...]
-    <x:t>$6,625,129.04</x:t>
+    <x:t>13.741099999999975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,293,874.69</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1312,100 +1390,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b1146f9e554808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re8b312c4aeff4b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2de1adf55f74b61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6b092aa246a4c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R86241d1a502d4719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6450e0987b14429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I96"/>
+  <x:dimension ref="A1:I103"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
-    <x:col min="7" max="7" width="25" customWidth="1"/>
+    <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>414</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1927,138 +2005,138 @@
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
@@ -2217,80 +2295,80 @@
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
@@ -2304,1379 +2382,1379 @@
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="G37" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
@@ -3684,463 +3762,666 @@
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
-[...11 lines deleted...]
-      <x:c r="G95" s="1" t="s">
+      <x:c r="H95" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I95" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="H95" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I95" s="1" t="s">
+    </x:row>
+    <x:row r="96" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A96" s="1">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-      <x:c r="I96" s="2" t="s">
+      <x:c r="D96" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A97" s="1">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="H97" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I97" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A98" s="1">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A99" s="1">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I99" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A100" s="1">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A101" s="1">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A102" s="1">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="H102" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I102" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A103" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B103" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C103" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D103" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E103" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F103" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G103" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H103" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I103" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A96:I96"/>
+    <x:mergeCell ref="A103:I103"/>
   </x:mergeCells>
 </x:worksheet>
 </file>