--- v1 (2026-02-08)
+++ v2 (2026-03-07)
@@ -1,1368 +1,1404 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef3fd8a6aa04a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b9ac5791fee4ab9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GCAP_asat_20260206" sheetId="1" r:id="R6450e0987b14429f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GCAP_asat_20260306" sheetId="1" r:id="Rc17b604df3bf4ffd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="828" uniqueCount="441">
-[...1 lines deleted...]
-    <x:t>Bentham Global Capital Securities Active ETF (Managed Fund) All Fund Holdings as at 06/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="884" uniqueCount="453">
+  <x:si>
+    <x:t>Bentham Global Capital Securities Active ETF (Managed Fund) All Fund Holdings as at 06/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
+    <x:t>Nationwide Building Society</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBS LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,136.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86562MEK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$917,742.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2498454342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$901,754.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89116CVK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$852,346.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Treasury Corp Of Victoria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3192255449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$840,666.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2896922312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$801,960.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2258827034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$764,332.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Axa Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>054536AA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$755,325.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerzbank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000CZ45WD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$733,532.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Comercial Portugues Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTBCPKOM0004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$727,814.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kbc Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE0390219856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$695,792.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>961214FW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$630,255.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USQ2704MAL20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,144.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia &amp; New Zealand Banking Group L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USQ0954PVS83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$599,748.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3016221981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$599,113.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordea Bank Abp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USX6000AAA61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,412.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Ufj Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>606822DP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$586,719.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USQ6535DBH63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$584,418.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>064159KJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$575,507.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,363.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2233263586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$543,052.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89117F4G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$541,656.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,186.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Ireland Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2898168443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,791.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3034598394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,116.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0296671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,226.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,507.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,370.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bpce Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,050.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1043552261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,579.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2026-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,988.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0331130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$498,451.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caixabank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3226502485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$497,289.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$493,018.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Territory Treasury Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3SG0002967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$481,473.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2737652474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$450,712.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2790094523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,514.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2575900977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,297.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2492482828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$406,444.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3086813436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$405,716.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2529511722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,697.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000CZ45WB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,185.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USF11494CJ27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,004.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USF2R125Q730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,185.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0014015DV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$377,247.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abn Amro Bank Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2774944008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,645.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0840609053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$367,518.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400F2H9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$367,194.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aib Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2808268390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,601.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Park Funding Xxxviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG5851KAF42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,818.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400F067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,814.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE0390152180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,745.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400N2U2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$355,703.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0840609061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,230.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3021369809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,382.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2959514519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$343,379.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000CZ45WA7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,966.16</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cooperatieve Rabobank Ua</x:t>
   </x:si>
   <x:si>
-    <x:t>XS2050933972</x:t>
-[...476 lines deleted...]
-    <x:t>AU3SG0003304</x:t>
+    <x:t>XS2456432413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,494.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2202900424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$336,643.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2980851351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$336,106.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0840609079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$336,092.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2988651498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,595.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USQ6535DBG80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,082.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3273175474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,430.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0840609038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,229.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedbank Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2759983385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,059.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05581LAG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,625.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780082AR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,503.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86562MDK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,891.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0641598X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,568.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USX60003AC87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,477.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89116CKP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,323.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86562MDW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,226.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65559D2A6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,345.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780086X66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,760.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USQ6535DCJ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,015.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7800866S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,831.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of America Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06051GKL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,758.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE0390118819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,518.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2902577191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,594.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3202737493</x:t>
   </x:si>
   <x:si>
     <x:t>5.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0788</x:t>
-[...539 lines deleted...]
-    <x:t>$198,068.90</x:t>
+    <x:t>0.4176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,674.26</x:t>
   </x:si>
   <x:si>
     <x:t>XS3229422491</x:t>
   </x:si>
   <x:si>
     <x:t>5.15%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.4294</x:t>
-[...2 lines deleted...]
-    <x:t>$196,670.02</x:t>
+    <x:t>0.4115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,825.22</x:t>
   </x:si>
   <x:si>
     <x:t>XS2823235085</x:t>
   </x:si>
   <x:si>
     <x:t>4.63%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3994</x:t>
-[...2 lines deleted...]
-    <x:t>$182,949.10</x:t>
+    <x:t>0.3822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,240.89</x:t>
   </x:si>
   <x:si>
     <x:t>FR001400PGC0</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3964</x:t>
-[...2 lines deleted...]
-    <x:t>$181,586.68</x:t>
+    <x:t>0.3785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,546.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400FB22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,212.43</x:t>
   </x:si>
   <x:si>
     <x:t>XS2859413341</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3925</x:t>
-[...11 lines deleted...]
-    <x:t>$179,685.36</x:t>
+    <x:t>0.3747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,784.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2265524640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,741.12</x:t>
   </x:si>
   <x:si>
     <x:t>XS3059437460</x:t>
   </x:si>
   <x:si>
     <x:t>4.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3859</x:t>
-[...26 lines deleted...]
-    <x:t>$174,621.69</x:t>
+    <x:t>0.3688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,039.35</x:t>
   </x:si>
   <x:si>
     <x:t>XS3156297213</x:t>
   </x:si>
   <x:si>
     <x:t>3.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3774</x:t>
-[...2 lines deleted...]
-    <x:t>$172,860.70</x:t>
+    <x:t>0.3635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,583.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hayfin Emerald Clo Vi Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3196159977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,935.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3268047118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,695.75</x:t>
   </x:si>
   <x:si>
     <x:t>Providus Clo V Dac</x:t>
   </x:si>
   <x:si>
     <x:t>XS3196134558</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3765</x:t>
-[...35 lines deleted...]
-    <x:t>$169,823.19</x:t>
+    <x:t>0.3557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,958.04</x:t>
   </x:si>
   <x:si>
     <x:t>Wells Fargo &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>95000U3H4</x:t>
   </x:si>
   <x:si>
     <x:t>6.49%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3527</x:t>
-[...2 lines deleted...]
-    <x:t>$161,553.10</x:t>
+    <x:t>0.3463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,615.40</x:t>
   </x:si>
   <x:si>
     <x:t>Jpmorgan Chase &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>46647PEX0</x:t>
   </x:si>
   <x:si>
     <x:t>5.57%</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3341</x:t>
-[...2 lines deleted...]
-    <x:t>$153,018.25</x:t>
+    <x:t>0.3286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,380.83</x:t>
   </x:si>
   <x:si>
     <x:t>06051GMW6</x:t>
   </x:si>
   <x:si>
     <x:t>5.46%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3298</x:t>
-[...2 lines deleted...]
-    <x:t>$151,082.84</x:t>
+    <x:t>0.3246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,541.64</x:t>
   </x:si>
   <x:si>
     <x:t>46647PEW2</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3278</x:t>
-[...2 lines deleted...]
-    <x:t>$150,135.28</x:t>
+    <x:t>0.3226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,618.47</x:t>
   </x:si>
   <x:si>
     <x:t>06051GMM8</x:t>
   </x:si>
   <x:si>
     <x:t>5.51%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3271</x:t>
-[...2 lines deleted...]
-    <x:t>$149,819.03</x:t>
+    <x:t>0.3217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,172.18</x:t>
   </x:si>
   <x:si>
     <x:t>06051GMA4</x:t>
   </x:si>
   <x:si>
     <x:t>5.47%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3267</x:t>
-[...2 lines deleted...]
-    <x:t>$149,622.37</x:t>
+    <x:t>0.3212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,937.63</x:t>
   </x:si>
   <x:si>
     <x:t>46647PEH5</x:t>
   </x:si>
   <x:si>
     <x:t>5.77%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1695</x:t>
-[...2 lines deleted...]
-    <x:t>$77,649.93</x:t>
+    <x:t>0.1665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,214.11</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>29250NAW5</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1474</x:t>
-[...2 lines deleted...]
-    <x:t>$67,532.64</x:t>
+    <x:t>0.1408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,278.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI37RNZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.2814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-594,246.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI37D4G2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-915,459.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI37B3X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-2,310,914.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI37D4B3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-9.1041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-4,222,145.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI37B2Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-9.9777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-4,627,313.33</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t> -- </x:t>
-[...5 lines deleted...]
-    <x:t>$6,293,874.69</x:t>
+    <x:t>40.49340000000001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,109,311.31</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1390,100 +1426,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6b092aa246a4c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R86241d1a502d4719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6450e0987b14429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd6e160a767f42a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R04c7d0b99eec4823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc17b604df3bf4ffd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I103"/>
+  <x:dimension ref="A1:I110"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
-    <x:col min="7" max="7" width="26" customWidth="1"/>
+    <x:col min="7" max="7" width="25" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
-    <x:col min="9" max="9" width="20" customWidth="1"/>
+    <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>440</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1512,80 +1548,80 @@
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="I3" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9" ht="15" customHeight="1">
       <x:c r="A4" s="1">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="G4" s="1" t="s">
+      <x:c r="H4" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I4" s="1" t="s">
         <x:v>15</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="C5" s="1" t="s">
+      <x:c r="D5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="D5" s="1" t="s">
+      <x:c r="E5" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F5" s="1" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
@@ -1628,2800 +1664,3003 @@
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F10" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="G11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="G38" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="H102" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I102" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A103" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B103" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A104" s="1">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H104" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+    </x:row>
+    <x:row r="105" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A105" s="1">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G102" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="H102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I102" s="1" t="s">
+      <x:c r="H105" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I105" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:9" ht="15" customHeight="1">
-[...24 lines deleted...]
-      <x:c r="I103" s="2" t="s">
+    <x:row r="106" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A106" s="1">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A107" s="1">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="H107" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I107" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A108" s="1">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="H108" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A109" s="1">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="H109" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I109" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A110" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B110" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C110" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D110" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E110" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F110" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G110" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H110" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I110" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A103:I103"/>
+    <x:mergeCell ref="A110:I110"/>
   </x:mergeCells>
 </x:worksheet>
 </file>