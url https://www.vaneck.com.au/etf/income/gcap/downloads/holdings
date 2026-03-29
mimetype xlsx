--- v2 (2026-03-07)
+++ v3 (2026-03-29)
@@ -1,1404 +1,1368 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b9ac5791fee4ab9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb392204f06d74717" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GCAP_asat_20260306" sheetId="1" r:id="Rc17b604df3bf4ffd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GCAP_asat_20260327" sheetId="1" r:id="R8e1bd002bacd4668"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="884" uniqueCount="453">
-[...1 lines deleted...]
-    <x:t>Bentham Global Capital Securities Active ETF (Managed Fund) All Fund Holdings as at 06/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="852" uniqueCount="441">
+  <x:si>
+    <x:t>Bentham Global Capital Securities Active ETF All Fund Holdings as at  27/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Nationwide Building Society</x:t>
   </x:si>
   <x:si>
     <x:t>NBS LN</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>2.1609</x:t>
-[...2 lines deleted...]
-    <x:t>$1,002,136.32</x:t>
+    <x:t>2.1025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,229.57</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Mitsui Financial Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>86562MEK2</x:t>
   </x:si>
   <x:si>
     <x:t>5.33%</x:t>
   </x:si>
   <x:si>
     <x:t>BBB+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9789</x:t>
-[...2 lines deleted...]
-    <x:t>$917,742.22</x:t>
+    <x:t>1.9006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$906,866.50</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Plc</x:t>
   </x:si>
   <x:si>
     <x:t>XS2498454342</x:t>
   </x:si>
   <x:si>
     <x:t>8.30%</x:t>
   </x:si>
   <x:si>
     <x:t>BB+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9444</x:t>
-[...2 lines deleted...]
-    <x:t>$901,754.67</x:t>
+    <x:t>1.8652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$889,996.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordea Bank Abp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USX6000AAA61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$889,224.67</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
     <x:t>89116CVK0</x:t>
   </x:si>
   <x:si>
     <x:t>5.91%</x:t>
   </x:si>
   <x:si>
     <x:t>BBB-</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8379</x:t>
-[...8 lines deleted...]
-    <x:t>XS3192255449</x:t>
+    <x:t>1.7584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$839,009.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2233263586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$811,359.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2896922312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$794,643.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2258827034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$770,872.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Axa Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>054536AA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$754,897.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Comercial Portugues Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTBCPKOM0004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$727,309.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerzbank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000CZ45WD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$724,954.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kbc Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE0390219856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$687,094.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>064159KJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$657,395.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>961214FW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$624,972.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2831061796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$606,561.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780082AR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$599,361.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USQ2704MAL20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$595,435.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia &amp; New Zealand Banking Group L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USQ0954PVS83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$595,298.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3016221981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$589,837.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USQ6535DBH63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$583,630.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Ufj Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>606822DP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$578,986.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89117F4G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,680.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,388.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0296671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,533.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,218.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Ireland Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2898168443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,130.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3034598394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,238.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS1043552261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,901.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bpce Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,357.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI392NX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$499,964.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caixabank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3226502485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$492,849.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2026-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,074.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2737652474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$443,193.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2575900977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,476.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2529511722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$407,655.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2492482828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,364.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3086813436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$398,581.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000CZ45WB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,292.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2790094523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,245.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USF11494CJ27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$380,718.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USF2R125Q730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$377,340.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0014015DV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$374,094.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000CB94MF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,307.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Park Funding Xxxviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USG5851KAF42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,070.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0840609053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,236.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400F2H9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,150.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aib Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2808268390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,286.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abn Amro Bank Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2774944008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$355,914.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400F067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,390.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400N2U2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,705.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0840609061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,598.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000CZ45WA7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,097.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE0390152180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,181.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cooperatieve Rabobank Ua</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2202900424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,599.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2959514519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,457.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2456432413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,735.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3021369809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$333,956.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2980851351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,618.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USQ6535DBG80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,464.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2988651498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,498.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3273175474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,861.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0840609079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,602.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0840609038</x:t>
   </x:si>
   <x:si>
     <x:t>3.63%</x:t>
   </x:si>
   <x:si>
+    <x:t>0.6728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,028.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05581LAG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,602.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedbank Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2759983385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,999.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0641598V1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,371.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89116CKP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$297,402.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0641598X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,569.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jpmorgan Chase &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46647PFC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$293,945.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86562MDK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$293,940.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86562MDW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$290,524.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USX60003AC87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$288,066.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780086X66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,326.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65559D2D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,975.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2377291963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,672.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USQ6535DCJ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$263,631.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7800866S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,218.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of America Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06051GKL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,966.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2902577191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,185.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE0390118819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,571.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3202737493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,127.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3229422491</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,146.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2823235085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,449.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400PGC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,702.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400FB22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,429.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2859413341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,427.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2265524640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,694.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3059437460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,687.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hayfin Emerald Clo Vi Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3196159977</x:t>
+  </x:si>
+  <x:si>
     <x:t>AA  </x:t>
   </x:si>
   <x:si>
-    <x:t>1.8127</x:t>
-[...1034 lines deleted...]
-    <x:t>$171,039.35</x:t>
+    <x:t>0.3514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,685.78</x:t>
   </x:si>
   <x:si>
     <x:t>XS3156297213</x:t>
   </x:si>
   <x:si>
     <x:t>3.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3635</x:t>
-[...14 lines deleted...]
-    <x:t>$165,935.90</x:t>
+    <x:t>0.3512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,594.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Providus Clo V Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3196134558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,691.80</x:t>
   </x:si>
   <x:si>
     <x:t>XS3268047118</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3573</x:t>
-[...14 lines deleted...]
-    <x:t>$164,958.04</x:t>
+    <x:t>0.3431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,729.24</x:t>
   </x:si>
   <x:si>
     <x:t>Wells Fargo &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>95000U3H4</x:t>
   </x:si>
   <x:si>
     <x:t>6.49%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3463</x:t>
-[...5 lines deleted...]
-    <x:t>Jpmorgan Chase &amp; Co</x:t>
+    <x:t>0.3348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,747.60</x:t>
   </x:si>
   <x:si>
     <x:t>46647PEX0</x:t>
   </x:si>
   <x:si>
     <x:t>5.57%</x:t>
   </x:si>
   <x:si>
-    <x:t>A</x:t>
-[...5 lines deleted...]
-    <x:t>$152,380.83</x:t>
+    <x:t>0.3173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,409.53</x:t>
   </x:si>
   <x:si>
     <x:t>06051GMW6</x:t>
   </x:si>
   <x:si>
     <x:t>5.46%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3246</x:t>
-[...2 lines deleted...]
-    <x:t>$150,541.64</x:t>
+    <x:t>0.3134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,551.96</x:t>
   </x:si>
   <x:si>
     <x:t>46647PEW2</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3226</x:t>
-[...2 lines deleted...]
-    <x:t>$149,618.47</x:t>
+    <x:t>0.3119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,840.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06051GMA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,218.73</x:t>
   </x:si>
   <x:si>
     <x:t>06051GMM8</x:t>
   </x:si>
   <x:si>
     <x:t>5.51%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3217</x:t>
-[...14 lines deleted...]
-    <x:t>$148,937.63</x:t>
+    <x:t>0.3104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,086.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46647PFK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,368.88</x:t>
   </x:si>
   <x:si>
     <x:t>46647PEH5</x:t>
   </x:si>
   <x:si>
     <x:t>5.77%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1665</x:t>
-[...2 lines deleted...]
-    <x:t>$77,214.11</x:t>
+    <x:t>0.1609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,782.39</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>29250NAW5</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1408</x:t>
-[...50 lines deleted...]
-    <x:t>$-4,627,313.33</x:t>
+    <x:t>0.1368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,291.36</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>40.49340000000001</x:t>
-[...2 lines deleted...]
-    <x:t>$6,109,311.31</x:t>
+    <x:t>16.5184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,881,733.04</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1426,100 +1390,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd6e160a767f42a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R04c7d0b99eec4823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc17b604df3bf4ffd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf01140641bf4921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdfd72f790de94293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8e1bd002bacd4668" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I110"/>
+  <x:dimension ref="A1:I106"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
-    <x:col min="7" max="7" width="25" customWidth="1"/>
+    <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
-    <x:col min="9" max="9" width="21" customWidth="1"/>
+    <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1681,2986 +1645,2870 @@
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F12" s="1" t="s">
+      <x:c r="G12" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F13" s="1" t="s">
+      <x:c r="G13" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="G70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A106" s="1">
-[...139 lines deleted...]
-      <x:c r="I110" s="2" t="s">
+      <x:c r="A106" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B106" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C106" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D106" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E106" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F106" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G106" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H106" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I106" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A110:I110"/>
+    <x:mergeCell ref="A106:I106"/>
   </x:mergeCells>
 </x:worksheet>
 </file>