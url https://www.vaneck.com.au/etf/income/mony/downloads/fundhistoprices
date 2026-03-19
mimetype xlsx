--- v0 (2026-02-20)
+++ v1 (2026-03-19)
@@ -1,207 +1,414 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbff5f5c14f64cce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd93d4f88be304801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MONY_asat_20260219" sheetId="1" r:id="Re72718db11a14c0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MONY_asat_20260318" sheetId="1" r:id="R706a082072364aa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="59">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="128">
   <x:si>
     <x:t>Cash Plus Active ETF - MONY</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>18/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.1077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.1011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.1485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.1368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.1289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.1210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.1127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50.0927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,105</x:t>
+  </x:si>
+  <x:si>
     <x:t>19/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0848</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>4,287</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0764</x:t>
   </x:si>
   <x:si>
-    <x:t>50.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,916</x:t>
   </x:si>
   <x:si>
     <x:t>17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0707</x:t>
   </x:si>
   <x:si>
     <x:t>7,984</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0651</x:t>
   </x:si>
   <x:si>
     <x:t>50.08</x:t>
   </x:si>
   <x:si>
     <x:t>8,937</x:t>
   </x:si>
   <x:si>
     <x:t>13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0531</x:t>
   </x:si>
   <x:si>
-    <x:t>50.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,175</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0470</x:t>
   </x:si>
   <x:si>
-    <x:t>50.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>32,544</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0414</x:t>
   </x:si>
   <x:si>
     <x:t>7,325</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0305</x:t>
   </x:si>
   <x:si>
     <x:t>5,304</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0279</x:t>
   </x:si>
   <x:si>
     <x:t>50.03</x:t>
   </x:si>
   <x:si>
     <x:t>16,983</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0110</x:t>
   </x:si>
   <x:si>
-    <x:t>50.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24,906</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.05</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0039</x:t>
   </x:si>
   <x:si>
     <x:t>50.00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>50.0000</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
@@ -247,56 +454,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06567edfb74c4260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf685c0ca15514ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re72718db11a14c0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52d41ddff064d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5d151776de3948d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R706a082072364aa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H15"/>
+  <x:dimension ref="A1:H36"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -327,332 +534,878 @@
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8" ht="15" customHeight="1">
       <x:c r="A3" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B3" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D3" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E3" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="E3" s="4" t="s">
+      <x:c r="F3" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="F3" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G3" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H3" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F4" s="4" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="F4" s="4" t="s">
+      <x:c r="G4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="G4" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H4" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F8" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
+      <x:c r="G8" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H8" s="4" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F14" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G14" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H14" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A15" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F14" s="4" t="s">
+      <x:c r="F15" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G15" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H15" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A16" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F16" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G14" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="4" t="s">
+      <x:c r="G16" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H16" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A17" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H17" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A18" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H18" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A19" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H19" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A20" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F20" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G20" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H20" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A21" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F21" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G21" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H21" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A22" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F22" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G22" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H22" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A23" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F23" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G23" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H23" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A24" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F24" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G24" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H24" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A25" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F25" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G25" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H25" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A26" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F26" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="G26" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H26" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A27" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F27" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="G27" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H27" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A28" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F28" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G28" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H28" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A29" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F29" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="G29" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H29" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A30" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F30" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="G30" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H30" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A31" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F31" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="G31" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H31" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A32" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F32" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="G32" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H32" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A33" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F33" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="G33" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H33" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A34" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F34" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G34" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H34" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A35" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F35" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G35" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H35" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>