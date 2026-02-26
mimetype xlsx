--- v0 (2026-02-05)
+++ v1 (2026-02-26)
@@ -1,81 +1,591 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a3a482d6d84f82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c6cab50997431e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MONY_asat_00010101" sheetId="1" r:id="Rce5fa712a1bc4911"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MONY_asat_20260225" sheetId="1" r:id="R6ef9256aaad54d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="12">
-[...1 lines deleted...]
-    <x:t>Bentham Global Capital Securities Active ETF (Managed Fund) All Fund Holdings as at 01/01/0001</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="182">
+  <x:si>
+    <x:t>Bentham Global Capital Securities Active ETF (Managed Fund) All Fund Holdings as at 25/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mega International Commercial Bank Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005537</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.9343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,949,575.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Vic Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>990ACMQG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.9999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,012,739.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Network Pty. Ltd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0331197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.9831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,995,899.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Re Ltd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0331254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.9464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,959,172.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volkswagen Financial Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0331262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.9434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,956,109.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Racq Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3006261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.8867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,899,319.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia &amp; New Zealand Banking Group L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0055687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.0452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,055,633.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.0072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,017,569.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Wholesale Office Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0331239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,967,190.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Judo Bank Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,963,157.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Cooperative Bank Ltd/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.9093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,919,425.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amp Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,941,118.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mystate Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,940,220.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maitland Mutual Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,939,854.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,939,824.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>990ACRDS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,806,597.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,724,501.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2021-2 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,006,775.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,001,833.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stockland Trust Management Ltd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0331171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,998,338.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,997,632.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great Southern Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,983,944.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Commercial Bank Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,983,183.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Business Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3006816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandhurst Trustees Ltd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3006485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,982,392.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vermilion Bond Trust 2023 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,893,204.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0051587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,517,672.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,508,977.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heritage And People's Choice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$998,709.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Union Sa Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$998,676.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paccar Financial Pty. Ltd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EP0363303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$995,537.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC2976514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$992,253.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$991,690.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$991,592.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$988,050.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$987,574.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$983,991.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$983,989.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3011444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$977,104.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5221000000000089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,584.54</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -103,100 +613,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c92e76499a74dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R71d888a649714ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rce5fa712a1bc4911" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aae53fd8e574d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R24c5b09ad3b04e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ef9256aaad54d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I4"/>
+  <x:dimension ref="A1:I44"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
-    <x:col min="2" max="2" width="20" customWidth="1"/>
-    <x:col min="3" max="3" width="10" customWidth="1"/>
+    <x:col min="2" max="2" width="51" customWidth="1"/>
+    <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
-    <x:col min="7" max="7" width="16" customWidth="1"/>
-[...1 lines deleted...]
-    <x:col min="9" max="9" width="19" customWidth="1"/>
+    <x:col min="7" max="7" width="26" customWidth="1"/>
+    <x:col min="8" max="8" width="14" customWidth="1"/>
+    <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -209,61 +719,1221 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="I3" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A4" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I4" s="2" t="s">
+      <x:c r="A4" s="1">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B4" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C4" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D4" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E4" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F4" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G4" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H4" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I4" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A5" s="1">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D5" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="E5" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F5" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G5" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H5" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I5" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A6" s="1">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C6" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D6" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E6" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F6" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G6" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H6" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I6" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A7" s="1">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D7" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E7" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F7" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H7" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I7" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A8" s="1">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D8" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E8" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F8" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H8" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I8" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A9" s="1">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D9" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="E9" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F9" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H9" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A10" s="1">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F10" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H10" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A11" s="1">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A12" s="1">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H12" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A13" s="1">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H13" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A14" s="1">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A15" s="1">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H15" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A16" s="1">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H16" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A17" s="1">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H17" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A18" s="1">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H18" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A19" s="1">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A20" s="1">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A21" s="1">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A22" s="1">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A23" s="1">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A24" s="1">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A25" s="1">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A26" s="1">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A27" s="1">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A28" s="1">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A29" s="1">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A30" s="1">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A31" s="1">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A32" s="1">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A33" s="1">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A34" s="1">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A35" s="1">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A36" s="1">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A37" s="1">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A38" s="1">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A39" s="1">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A40" s="1">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A41" s="1">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A42" s="1">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A43" s="1">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A4:I4"/>
+    <x:mergeCell ref="A44:I44"/>
   </x:mergeCells>
 </x:worksheet>
 </file>