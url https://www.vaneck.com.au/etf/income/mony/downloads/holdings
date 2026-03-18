--- v1 (2026-02-26)
+++ v2 (2026-03-18)
@@ -1,591 +1,597 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c6cab50997431e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b9a1ead62ca41ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MONY_asat_20260225" sheetId="1" r:id="R6ef9256aaad54d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MONY_asat_20260318" sheetId="1" r:id="Rcfde6b22ed554f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="182">
-[...1 lines deleted...]
-    <x:t>Bentham Global Capital Securities Active ETF (Managed Fund) All Fund Holdings as at 25/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="184">
+  <x:si>
+    <x:t>Cash Plus Active ETF All Fund Holdings as at  18/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Mega International Commercial Bank Co L</x:t>
   </x:si>
   <x:si>
     <x:t>AU3EC3005537</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.9343</x:t>
-[...2 lines deleted...]
-    <x:t>$5,949,575.46</x:t>
+    <x:t>5.9519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,964,702.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.0204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,031,177.88</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Vic Bank</x:t>
   </x:si>
   <x:si>
     <x:t>990ACMQG6</x:t>
   </x:si>
   <x:si>
     <x:t>4.65%</x:t>
   </x:si>
   <x:si>
-    <x:t>4.9999</x:t>
-[...2 lines deleted...]
-    <x:t>$5,012,739.73</x:t>
+    <x:t>5.0153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,026,116.44</x:t>
   </x:si>
   <x:si>
     <x:t>Aurizon Network Pty. Ltd.</x:t>
   </x:si>
   <x:si>
-    <x:t>AU3CB0331197</x:t>
-[...8 lines deleted...]
-    <x:t>$4,995,899.80</x:t>
+    <x:t>AU3CB0332484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,988,774.10</x:t>
   </x:si>
   <x:si>
     <x:t>Gpt Re Ltd.</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0331254</x:t>
   </x:si>
   <x:si>
-    <x:t>4.33%</x:t>
-[...5 lines deleted...]
-    <x:t>$4,959,172.40</x:t>
+    <x:t>4.9611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,971,780.95</x:t>
   </x:si>
   <x:si>
     <x:t>Volkswagen Financial Services</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0331262</x:t>
   </x:si>
   <x:si>
     <x:t>4.58%</x:t>
   </x:si>
   <x:si>
-    <x:t>4.9434</x:t>
-[...2 lines deleted...]
-    <x:t>$4,956,109.40</x:t>
+    <x:t>4.9586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,969,276.55</x:t>
   </x:si>
   <x:si>
     <x:t>Racq Bank</x:t>
   </x:si>
   <x:si>
     <x:t>AU3EC3006261</x:t>
   </x:si>
   <x:si>
     <x:t>4.70%</x:t>
   </x:si>
   <x:si>
-    <x:t>4.8867</x:t>
-[...35 lines deleted...]
-    <x:t>$4,017,569.40</x:t>
+    <x:t>4.902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,912,534.15</x:t>
   </x:si>
   <x:si>
     <x:t>Gpt Wholesale Office Fund</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0331239</x:t>
   </x:si>
   <x:si>
     <x:t>4.35%</x:t>
   </x:si>
   <x:si>
-    <x:t>3.957</x:t>
-[...2 lines deleted...]
-    <x:t>$3,967,190.36</x:t>
+    <x:t>3.9688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,977,322.76</x:t>
   </x:si>
   <x:si>
     <x:t>Judo Bank Pty Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>AU3EC3005610</x:t>
-[...5 lines deleted...]
-    <x:t>$3,963,157.40</x:t>
+    <x:t>AU3EC3006741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.9565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,965,013.80</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Cooperative Bank Ltd/Sydney</x:t>
   </x:si>
   <x:si>
     <x:t>AU3EC3005578</x:t>
   </x:si>
   <x:si>
-    <x:t>3.9093</x:t>
-[...2 lines deleted...]
-    <x:t>$3,919,425.48</x:t>
+    <x:t>3.9215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,930,000.88</x:t>
   </x:si>
   <x:si>
     <x:t>Amp Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3EC3005370</x:t>
   </x:si>
   <x:si>
-    <x:t>2.9336</x:t>
-[...2 lines deleted...]
-    <x:t>$2,941,118.94</x:t>
+    <x:t>2.9425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,948,799.09</x:t>
   </x:si>
   <x:si>
     <x:t>Mystate Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3EC3005446</x:t>
   </x:si>
   <x:si>
-    <x:t>2.9327</x:t>
-[...2 lines deleted...]
-    <x:t>$2,940,220.17</x:t>
+    <x:t>2.9417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,948,066.25</x:t>
   </x:si>
   <x:si>
     <x:t>Maitland Mutual Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3EC3005768</x:t>
   </x:si>
   <x:si>
-    <x:t>2.9323</x:t>
-[...2 lines deleted...]
-    <x:t>$2,939,854.02</x:t>
+    <x:t>2.9414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,947,699.14</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Australia Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3EC3005719</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,939,824.05</x:t>
+    <x:t>2.9413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,947,673.10</x:t>
   </x:si>
   <x:si>
     <x:t>990ACRDS3</x:t>
   </x:si>
   <x:si>
     <x:t>4.30%</x:t>
   </x:si>
   <x:si>
-    <x:t>2.7994</x:t>
-[...2 lines deleted...]
-    <x:t>$2,806,597.26</x:t>
+    <x:t>2.8075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,813,524.38</x:t>
   </x:si>
   <x:si>
     <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0061081</x:t>
   </x:si>
   <x:si>
-    <x:t>4.37%</x:t>
-[...5 lines deleted...]
-    <x:t>$2,724,501.56</x:t>
+    <x:t>4.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,702,213.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idol 2019-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0051538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,293,209.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Sydney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,006,418.35</x:t>
   </x:si>
   <x:si>
     <x:t>Triton Bond Trust 2021-2 In Respect Of</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0061313</x:t>
   </x:si>
   <x:si>
     <x:t>4.51%</x:t>
   </x:si>
   <x:si>
-    <x:t>AAA</x:t>
-[...38 lines deleted...]
-    <x:t>$1,998,338.70</x:t>
+    <x:t>1.9994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,003,729.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great Southern Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,988,761.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Commercial Bank Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,988,228.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Business Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3006816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandhurst Trustees Ltd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3006485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,987,389.00</x:t>
   </x:si>
   <x:si>
     <x:t>Regional Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>AU3EC3005396</x:t>
-[...56 lines deleted...]
-    <x:t>$1,982,392.18</x:t>
+    <x:t>AU3EC3016658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,979,656.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beyond Bank Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3015353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,954,704.40</x:t>
   </x:si>
   <x:si>
     <x:t>Vermilion Bond Trust 2023 In Respect Of</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0077731</x:t>
   </x:si>
   <x:si>
     <x:t>5.42%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8883</x:t>
-[...2 lines deleted...]
-    <x:t>$1,893,204.78</x:t>
+    <x:t>1.8009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,804,780.86</x:t>
   </x:si>
   <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0051587</x:t>
   </x:si>
   <x:si>
     <x:t>5.99%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5138</x:t>
-[...2 lines deleted...]
-    <x:t>$1,517,672.93</x:t>
+    <x:t>1.5162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,519,448.76</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Santander Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0061404</x:t>
   </x:si>
   <x:si>
     <x:t>A+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5051</x:t>
-[...2 lines deleted...]
-    <x:t>$1,508,977.26</x:t>
+    <x:t>1.5094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,512,655.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paccar Financial Pty. Ltd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EP0363303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$997,880.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC2976514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$994,577.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$994,183.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$994,115.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$990,584.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3EC3005420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$990,107.76</x:t>
   </x:si>
   <x:si>
     <x:t>Heritage And People's Choice Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>AU3EC3005842</x:t>
-[...5 lines deleted...]
-    <x:t>$998,709.12</x:t>
+    <x:t>AU3EC3017292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$989,848.81</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Union Sa Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>AU3EC3005453</x:t>
-[...65 lines deleted...]
-    <x:t>$987,574.38</x:t>
+    <x:t>AU3EC3016963</x:t>
   </x:si>
   <x:si>
     <x:t>AU3EC3005438</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9815</x:t>
-[...2 lines deleted...]
-    <x:t>$983,991.06</x:t>
+    <x:t>0.9845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$986,577.12</x:t>
   </x:si>
   <x:si>
     <x:t>AU3EC3005701</x:t>
   </x:si>
   <x:si>
-    <x:t>$983,989.03</x:t>
+    <x:t>$986,575.41</x:t>
   </x:si>
   <x:si>
     <x:t>AU3EC3011444</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9746</x:t>
-[...2 lines deleted...]
-    <x:t>$977,104.07</x:t>
+    <x:t>0.9777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$979,790.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingfisher Trust 2016-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0033510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$603,511.98</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5221000000000089</x:t>
-[...2 lines deleted...]
-    <x:t>$523,584.54</x:t>
+    <x:t>0.6444000000000187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,059.81</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -613,100 +619,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aae53fd8e574d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R24c5b09ad3b04e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ef9256aaad54d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6e78cffbe0405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra42e04256e5444d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcfde6b22ed554f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I44"/>
+  <x:dimension ref="A1:I45"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -764,132 +770,132 @@
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
@@ -909,399 +915,399 @@
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
@@ -1347,593 +1353,622 @@
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F31" s="1" t="s">
+      <x:c r="G31" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>13</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
-[...11 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="H43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I43" s="1" t="s">
+    </x:row>
+    <x:row r="44" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A44" s="1">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-      <x:c r="I44" s="2" t="s">
+      <x:c r="C44" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A44:I44"/>
+    <x:mergeCell ref="A45:I45"/>
   </x:mergeCells>
 </x:worksheet>
 </file>