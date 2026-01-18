--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -1,2478 +1,2517 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cd5f4cce1f41b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde474abbe5d441b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PLUS_asat_20251031" sheetId="1" r:id="R54c494167fea438d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PLUS_asat_20260116" sheetId="1" r:id="R25a4740ab9ac4918"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1507" uniqueCount="811">
-[...1 lines deleted...]
-    <x:t>Australian Corporate Bond Plus ETF All Fund Holdings as at 31/10/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1525" uniqueCount="824">
+  <x:si>
+    <x:t>Australian Corporate Bond Plus ETF All Fund Holdings as at 16/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Bond identifier</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Market value</x:t>
   </x:si>
   <x:si>
     <x:t>Scentre Group Trust 1</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0315844</x:t>
   </x:si>
   <x:si>
     <x:t>5.90%</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2034</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
-    <x:t>1.80%</x:t>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,355,246.63</x:t>
+    <x:t>$7,050,592.26</x:t>
   </x:si>
   <x:si>
     <x:t>Ausnet Services Holdings Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0299816</x:t>
   </x:si>
   <x:si>
     <x:t>6.13%</x:t>
   </x:si>
   <x:si>
     <x:t>31/05/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBB+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.73%</x:t>
-[...2 lines deleted...]
-    <x:t>$7,082,744.86</x:t>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,786,758.56</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Agricole Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0306017</x:t>
   </x:si>
   <x:si>
     <x:t>5.41%</x:t>
   </x:si>
   <x:si>
     <x:t>18/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>A+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.63%</x:t>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,667,650.58</x:t>
+    <x:t>$6,652,330.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enbw International Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netherlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,191,501.90</x:t>
   </x:si>
   <x:si>
     <x:t>Sydney Airport Finance Co Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0308864</x:t>
   </x:si>
   <x:si>
     <x:t>19/04/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.40%</x:t>
-[...2 lines deleted...]
-    <x:t>$5,734,595.36</x:t>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,662,456.21</x:t>
   </x:si>
   <x:si>
     <x:t>Stockland Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0320091</x:t>
   </x:si>
   <x:si>
     <x:t>5.42%</x:t>
   </x:si>
   <x:si>
     <x:t>25/03/2032</x:t>
   </x:si>
   <x:si>
     <x:t>A-</x:t>
   </x:si>
   <x:si>
-    <x:t>1.36%</x:t>
-[...2 lines deleted...]
-    <x:t>$5,554,709.89</x:t>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,495,739.02</x:t>
   </x:si>
   <x:si>
     <x:t>Bpce Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0303709</x:t>
   </x:si>
   <x:si>
     <x:t>6.27%</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>1.34%</x:t>
-[...2 lines deleted...]
-    <x:t>$5,461,737.48</x:t>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,458,123.03</x:t>
   </x:si>
   <x:si>
     <x:t>Emirates Nbd Bank Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322915</x:t>
   </x:si>
   <x:si>
     <x:t>5.91%</x:t>
   </x:si>
   <x:si>
     <x:t>18/06/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>1.29%</x:t>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,293,099.62</x:t>
+    <x:t>$5,042,066.75</x:t>
   </x:si>
   <x:si>
     <x:t>Auckland International Airport Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0304350</x:t>
   </x:si>
   <x:si>
     <x:t>6.48%</x:t>
   </x:si>
   <x:si>
     <x:t>16/11/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>1.25%</x:t>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>New Zealand</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,094,820.85</x:t>
+    <x:t>$4,890,903.48</x:t>
   </x:si>
   <x:si>
     <x:t>Vicinity Centres Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0317451</x:t>
   </x:si>
   <x:si>
     <x:t>5.61%</x:t>
   </x:si>
   <x:si>
     <x:t>22/01/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>1.18%</x:t>
-[...2 lines deleted...]
-    <x:t>$4,841,652.55</x:t>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,799,021.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,705,214.14</x:t>
   </x:si>
   <x:si>
     <x:t>Electranet Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0283034</x:t>
   </x:si>
   <x:si>
     <x:t>2.47%</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>BBB</x:t>
-[...20 lines deleted...]
-    <x:t>$4,730,495.83</x:t>
+    <x:t>$4,677,771.00</x:t>
   </x:si>
   <x:si>
     <x:t>Australia Pacific Airports Melbourne Pt</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0284735</x:t>
   </x:si>
   <x:si>
     <x:t>3.76%</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,727,127.43</x:t>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,593,372.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agi Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0276269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,246,888.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coles Group Treasury Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,238,605.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westconnex Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,238,204.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,078,449.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iberdrola Finanzas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,078,358.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0321966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,017,325.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lendlease Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0275550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,985,194.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landesbank Baden-Wuerttemberg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,911,636.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Finance Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0317493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,882,208.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaif Bond Issuer Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,879,451.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qantas Airways Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,810,722.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercury Nz Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,797,934.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0268134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,793,613.80</x:t>
   </x:si>
   <x:si>
     <x:t>Aurizon Network Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0274173</x:t>
   </x:si>
   <x:si>
     <x:t>2.90%</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>1.14%</x:t>
-[...20 lines deleted...]
-    <x:t>$4,486,559.46</x:t>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,709,731.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qic Finance Town Centre Fund Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,596,761.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Rail Track Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,570,362.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0272227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,459,489.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air New Zealand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0289213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,458,491.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cpif Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0275501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,437,588.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0250512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,375,585.08</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Lwr Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0278133</x:t>
   </x:si>
   <x:si>
     <x:t>2.79%</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>1.09%</x:t>
-[...80 lines deleted...]
-    <x:t>$4,158,526.60</x:t>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,294,733.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dwpf Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0282010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,224,825.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Wholesale Office Fund No1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,203,235.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,196,320.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,187,456.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Registry Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,185,373.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,139,906.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>John Deere Financial Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0323251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,139,095.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banque Federative Du Credit Mutuel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,138,039.69</x:t>
   </x:si>
   <x:si>
     <x:t>Nsw Ports Finance Co Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0313591</x:t>
   </x:si>
   <x:si>
     <x:t>5.04%</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,152,083.68</x:t>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,114,038.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Energy Distribution Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0317857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,090,276.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Network Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0280006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,086,585.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,071,591.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arc Infrastructure Wa Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,070,291.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,065,818.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsa Utilities Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,029,201.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verizon Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,018,326.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electricite De France Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,989,620.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qube Treasury Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,987,138.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vonovia Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,980,558.94</x:t>
   </x:si>
   <x:si>
     <x:t>Dyno Nobel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0324382</x:t>
   </x:si>
   <x:si>
     <x:t>5.40%</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>1.01%</x:t>
-[...2 lines deleted...]
-    <x:t>$4,130,051.30</x:t>
+    <x:t>$2,976,529.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Sydney University</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,952,823.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,949,309.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0301851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,934,249.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,933,816.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Power Networks Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,933,655.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU0000078644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,913,470.91</x:t>
   </x:si>
   <x:si>
     <x:t>Brisbane Airport Corp Pty Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>AU3CB0307544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,903,523.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nsw Electricity Networks Finance Pty Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,902,792.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chc Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,892,784.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,861,950.38</x:t>
+  </x:si>
+  <x:si>
     <x:t>AU3CB0272854</x:t>
   </x:si>
   <x:si>
     <x:t>4.50%</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>1.00%</x:t>
-[...77 lines deleted...]
-    <x:t>$3,904,303.40</x:t>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,816,132.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Gas Networks Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,803,102.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,791,617.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Wollongong/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0276772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,706,017.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,688,574.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacific National Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0282812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,658,480.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0264521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,657,087.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0321008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,648,588.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lonsdale Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,645,842.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volkswagen Financial Services Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,632,874.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gta Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0273977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,603,972.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ausgrid Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0308146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,547,642.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Region Retail Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,482,185.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,477,429.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Llitst Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0281251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,453,788.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0256113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,427,316.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qph Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,396,344.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0244325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,377,618.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Queensland Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,359,164.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Origin Energy Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,208,465.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,123,170.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0252625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,070,514.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Port Of Newcastle Investments Financing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0323780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,070,038.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ver Finco Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,067,044.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,056,475.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0298867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,051,579.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,039,526.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnh Industrial Capital Australia Pty Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,030,413.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bp Capital Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,016,536.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0268357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,000,918.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qnb Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0250363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qatar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,975,409.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.On Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,974,229.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Credit Income Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0314730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,885,193.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optus Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,883,315.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0320380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,867,980.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0248862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,862,394.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,855,046.76</x:t>
   </x:si>
   <x:si>
     <x:t>Metropolitan Life Global Funding I</x:t>
   </x:si>
   <x:si>
-    <x:t>AU3CB0311108</x:t>
-[...203 lines deleted...]
-    <x:t>Origin Energy Finance Ltd</x:t>
+    <x:t>AU3CB0322188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,783,447.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0272896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,783,322.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0270197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,776,396.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,737,935.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,693,771.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sgsp Australia Assets Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,677,702.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nationwide Building Society</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,613,910.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,579,391.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,575,130.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,573,410.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0246239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,566,942.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,549,464.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,522,221.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,507,293.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fonterra Co-Operative Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0248474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,495,172.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,475,597.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,469,292.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0273373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,451,215.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worley Financial Services Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0298487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,394,343.86</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0267847</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,311,081.13</x:t>
-[...179 lines deleted...]
-    <x:t>$3,114,394.91</x:t>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,347,784.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Exchange Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,342,201.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Appf Commercial Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,338,709.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bng Bank Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0277895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,320,589.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0267524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,230,780.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0320471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,223,551.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bahn Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,154,905.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,117,089.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orix Australia Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,099,068.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Toronto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,077,668.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0300192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,037,604.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flinders Port Holdings Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,018,058.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,018,040.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,015,788.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,529.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At&amp;T Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0256915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,496.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tabcorp Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,807.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$993,230.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bwp Property Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$983,799.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0299618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$977,578.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$975,234.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$946,289.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$933,429.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$872,175.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$854,915.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0280956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$816,747.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scentre Group Trust 1 / Scentre Group T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$643,284.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,047.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patrick Terminals Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$592,728.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0300531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,805.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Unity Healthcare Property Tr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,757.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0248250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,851.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0308955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,787.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0320083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,898.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Catholic University Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0245900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,573.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cip Funding Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0285310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$485,158.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0276707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$461,764.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,199.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,972.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$432,979.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesfarmers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0281053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,391.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie University</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0256279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,992.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0268142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,773.68</x:t>
   </x:si>
   <x:si>
     <x:t>AU0000053241</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,111,043.42</x:t>
-[...1474 lines deleted...]
-  <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>$100,044.47</x:t>
+    <x:t>$84,035.02</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>-0.00%</x:t>
-[...2 lines deleted...]
-    <x:t>$-6,528.14</x:t>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,858.04</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2500,104 +2539,104 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcfdd36200d04ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbeffd2d43f2e4ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54c494167fea438d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc45d85bf93df4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd38744e72d7f4b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R25a4740ab9ac4918" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J167"/>
+  <x:dimension ref="A1:J169"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="12" customWidth="1"/>
     <x:col min="8" max="8" width="28" customWidth="1"/>
     <x:col min="9" max="9" width="14" customWidth="1"/>
     <x:col min="10" max="10" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>810</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2722,5174 +2761,5238 @@
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H29" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J51" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J52" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="I53" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J56" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J63" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J64" s="1" t="s">
         <x:v>346</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J65" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J66" s="1" t="s">
         <x:v>357</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J67" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J68" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J69" s="1" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J71" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J82" s="1" t="s">
         <x:v>437</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>443</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="D85" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J85" s="1" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="H86" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J86" s="1" t="s">
         <x:v>458</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="D87" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J87" s="1" t="s">
         <x:v>463</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J88" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="H90" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J90" s="1" t="s">
         <x:v>477</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J91" s="1" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J92" s="1" t="s">
         <x:v>487</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J93" s="1" t="s">
         <x:v>491</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J96" s="1" t="s">
         <x:v>505</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="H97" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I97" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J97" s="1" t="s">
         <x:v>509</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J100" s="1" t="s">
         <x:v>525</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E101" s="1" t="s">
+      <x:c r="F101" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J101" s="1" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>534</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>513</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="F106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G106" s="1" t="s">
+      <x:c r="I106" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
         <x:v>555</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="H107" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I107" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J107" s="1" t="s">
         <x:v>558</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
+      <x:c r="F108" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E108" s="1" t="s">
+      <x:c r="H108" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J108" s="1" t="s">
         <x:v>563</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
+      <x:c r="E109" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E109" s="1" t="s">
+      <x:c r="F109" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="F109" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H109" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I109" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J109" s="1" t="s">
         <x:v>568</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="E113" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="E117" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
+      <x:c r="E118" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="D118" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E118" s="1" t="s">
+      <x:c r="H118" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I118" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J118" s="1" t="s">
         <x:v>606</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
+      <x:c r="F119" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H119" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J119" s="1" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="D120" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E120" s="1" t="s">
+      <x:c r="F120" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="F120" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G120" s="1" t="s">
+      <x:c r="H120" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="I120" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J120" s="1" t="s">
         <x:v>615</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E121" s="1" t="s">
+      <x:c r="F121" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I121" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J121" s="1" t="s">
         <x:v>618</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E122" s="1" t="s">
+      <x:c r="F122" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I122" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J122" s="1" t="s">
         <x:v>621</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="E124" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="F129" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G129" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="E129" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="E132" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="F132" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G132" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="D136" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H142" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="D152" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="E152" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="F152" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G152" s="1" t="s">
         <x:v>748</x:v>
       </x:c>
-      <x:c r="D152" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="F154" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G154" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="F154" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="F161" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="F165" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="F165" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="H166" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="I166" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J166" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A167" s="1">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="F167" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G167" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="H167" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I167" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J167" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A168" s="1">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="F168" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G166" s="1" t="s">
-[...13 lines deleted...]
-      <x:c r="A167" s="2" t="s">
+      <x:c r="G168" s="1" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="H168" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="I168" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J168" s="1" t="s">
+        <x:v>822</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B167" s="2" t="s">
+      <x:c r="B169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C167" s="2" t="s">
+      <x:c r="C169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D167" s="2" t="s">
+      <x:c r="D169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E167" s="2" t="s">
+      <x:c r="E169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F167" s="2" t="s">
+      <x:c r="F169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G167" s="2" t="s">
+      <x:c r="G169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H167" s="2" t="s">
+      <x:c r="H169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I167" s="2" t="s">
+      <x:c r="I169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J167" s="2" t="s">
+      <x:c r="J169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A167:J167"/>
+    <x:mergeCell ref="A169:J169"/>
   </x:mergeCells>
 </x:worksheet>
 </file>