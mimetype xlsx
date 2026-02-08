--- v1 (2026-01-18)
+++ v2 (2026-02-08)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde474abbe5d441b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c3f024a54f48f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PLUS_asat_20260116" sheetId="1" r:id="R25a4740ab9ac4918"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PLUS_asat_20260206" sheetId="1" r:id="R7fe3025c713a4ec3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1525" uniqueCount="824">
-[...1 lines deleted...]
-    <x:t>Australian Corporate Bond Plus ETF All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1534" uniqueCount="830">
+  <x:si>
+    <x:t>Australian Corporate Bond Plus ETF All Fund Holdings as at 06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Bond identifier</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight</x:t>
   </x:si>
@@ -61,2457 +61,2475 @@
   <x:si>
     <x:t>Scentre Group Trust 1</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0315844</x:t>
   </x:si>
   <x:si>
     <x:t>5.90%</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2034</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,050,592.26</x:t>
+    <x:t>$7,035,959.82</x:t>
   </x:si>
   <x:si>
     <x:t>Ausnet Services Holdings Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0299816</x:t>
   </x:si>
   <x:si>
     <x:t>6.13%</x:t>
   </x:si>
   <x:si>
     <x:t>31/05/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBB+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.72%</x:t>
-[...2 lines deleted...]
-    <x:t>$6,786,758.56</x:t>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,782,665.76</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Agricole Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0306017</x:t>
   </x:si>
   <x:si>
     <x:t>5.41%</x:t>
   </x:si>
   <x:si>
     <x:t>18/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>A+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.69%</x:t>
+    <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,652,330.95</x:t>
+    <x:t>$6,463,942.71</x:t>
   </x:si>
   <x:si>
     <x:t>Enbw International Finance Bv</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0315091</x:t>
   </x:si>
   <x:si>
     <x:t>6.05%</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2034</x:t>
   </x:si>
   <x:si>
     <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,191,501.90</x:t>
+    <x:t>$6,168,370.39</x:t>
   </x:si>
   <x:si>
     <x:t>Sydney Airport Finance Co Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0308864</x:t>
   </x:si>
   <x:si>
     <x:t>19/04/2034</x:t>
   </x:si>
   <x:si>
     <x:t>1.44%</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,662,456.21</x:t>
+    <x:t>$5,653,358.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Cash Plus Active ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,500,429.00</x:t>
   </x:si>
   <x:si>
     <x:t>Stockland Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0320091</x:t>
   </x:si>
   <x:si>
     <x:t>5.42%</x:t>
   </x:si>
   <x:si>
     <x:t>25/03/2032</x:t>
   </x:si>
   <x:si>
     <x:t>A-</x:t>
   </x:si>
   <x:si>
     <x:t>1.39%</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,495,739.02</x:t>
+    <x:t>$5,479,499.03</x:t>
   </x:si>
   <x:si>
     <x:t>Bpce Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0303709</x:t>
   </x:si>
   <x:si>
     <x:t>6.27%</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>1.38%</x:t>
-[...2 lines deleted...]
-    <x:t>$5,458,123.03</x:t>
+    <x:t>$5,446,456.88</x:t>
   </x:si>
   <x:si>
     <x:t>Emirates Nbd Bank Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322915</x:t>
   </x:si>
   <x:si>
     <x:t>5.91%</x:t>
   </x:si>
   <x:si>
     <x:t>18/06/2035</x:t>
   </x:si>
   <x:si>
     <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,042,066.75</x:t>
+    <x:t>$5,029,761.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,693,378.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electranet Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,667,384.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0317451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,650,174.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia Pacific Airports Melbourne Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,579,102.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agi Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0276269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,232,186.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coles Group Treasury Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,226,991.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westconnex Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,226,887.69</x:t>
   </x:si>
   <x:si>
     <x:t>Auckland International Airport Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0304350</x:t>
   </x:si>
   <x:si>
     <x:t>6.48%</x:t>
   </x:si>
   <x:si>
     <x:t>16/11/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>1.24%</x:t>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>New Zealand</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,890,903.48</x:t>
-[...119 lines deleted...]
-    <x:t>$4,238,204.69</x:t>
+    <x:t>$4,079,968.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iberdrola Finanzas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,067,066.63</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0315976</x:t>
   </x:si>
   <x:si>
     <x:t>29/11/2034</x:t>
   </x:si>
   <x:si>
     <x:t>1.03%</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,078,449.37</x:t>
-[...17 lines deleted...]
-    <x:t>$4,078,358.42</x:t>
+    <x:t>$4,066,366.31</x:t>
   </x:si>
   <x:si>
     <x:t>Contact Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0321966</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2031</x:t>
   </x:si>
   <x:si>
     <x:t>1.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,017,325.00</x:t>
+    <x:t>$4,006,567.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaif Bond Issuer Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,863,208.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qantas Airways Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,805,407.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landesbank Baden-Wuerttemberg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,804,438.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercury Nz Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,784,222.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0268134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,777,727.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Finance Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0317493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,762,294.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Network Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,705,742.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qic Finance Town Centre Fund Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,588,149.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Rail Track Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,573,127.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air New Zealand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0289213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,455,895.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0272227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,449,425.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cpif Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0275501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,439,401.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0250512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,370,936.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Lwr Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,290,740.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Wholesale Office Fund No1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,203,069.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dwpf Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0282010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,193,718.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,191,334.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Registry Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,183,352.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,131,934.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>John Deere Financial Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0323251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,129,124.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nsw Ports Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,104,049.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Network Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0280006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,078,070.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,061,541.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arc Infrastructure Wa Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,059,820.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,059,484.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lonsdale Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,046,913.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsa Utilities Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,021,270.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verizon Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,017,973.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electricite De France Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,005,863.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Energy Distribution Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0317857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,995,077.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vonovia Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,978,784.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qube Treasury Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,978,651.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0324382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,973,779.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,951,930.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Sydney University</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,941,565.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0301851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,928,304.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Power Networks Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,924,256.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU0000078644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,904,038.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brisbane Airport Corp Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,898,478.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chc Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,898,233.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nsw Electricity Networks Finance Pty Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,897,136.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,853,473.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,852,632.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0272854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,810,144.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Gas Networks Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,795,380.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,784,882.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Wollongong/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0276772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,702,963.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacific National Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0282812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,657,365.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0264521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,650,382.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0321008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,644,978.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volkswagen Financial Services Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,630,479.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,606,859.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gta Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0273977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,604,770.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ausgrid Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0308146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,544,573.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Region Retail Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,476,968.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,469,445.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Llitst Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0281251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,458,599.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0256113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,439,736.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qph Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,392,314.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0244325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,380,715.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Queensland Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,306,550.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Origin Energy Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,202,161.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,120,407.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ver Finco Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,068,951.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0252625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,068,033.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,053,426.82</x:t>
   </x:si>
   <x:si>
     <x:t>Lendlease Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0275550</x:t>
   </x:si>
   <x:si>
     <x:t>3.40%</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>BBB-</x:t>
-[...281 lines deleted...]
-    <x:t>$3,196,320.90</x:t>
+    <x:t>$2,050,943.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0298867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,046,311.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,044,363.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnh Industrial Capital Australia Pty Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,028,868.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bp Capital Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,014,557.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Port Of Newcastle Investments Financing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0323780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,007,061.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0268357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,999,675.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.On Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,973,969.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qnb Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0250363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qatar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,928,770.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fonterra Co-Operative Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0248474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,892,903.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Credit Income Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0314730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,882,619.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optus Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,877,983.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0248862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,861,296.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0320380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,859,871.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,802,965.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Life Global Funding I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,775,822.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0272896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,774,155.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0270197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,744,674.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,734,182.41</x:t>
   </x:si>
   <x:si>
     <x:t>Aurizon Finance Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0278380</x:t>
   </x:si>
   <x:si>
-    <x:t>3.00%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/03/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,187,456.98</x:t>
-[...47 lines deleted...]
-    <x:t>$3,139,095.63</x:t>
+    <x:t>$1,729,441.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,687,197.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sgsp Australia Assets Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,673,107.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nationwide Building Society</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,612,242.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patrick Terminals Bidco Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,578,723.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,575,104.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,571,259.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,570,995.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0246239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,566,971.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,545,661.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,503,501.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,471,612.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,465,495.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0273373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,425,903.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worley Financial Services Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0298487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,394,191.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0267847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,348,684.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Appf Commercial Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,343,567.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Exchange Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,335,520.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bng Bank Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0277895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,309,669.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0267524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,229,055.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0320471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,224,132.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bahn Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,142,450.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,116,469.29</x:t>
   </x:si>
   <x:si>
     <x:t>Banque Federative Du Credit Mutuel Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0309847</x:t>
   </x:si>
   <x:si>
     <x:t>5.13%</x:t>
   </x:si>
   <x:si>
     <x:t>24/05/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,138,039.69</x:t>
-[...1034 lines deleted...]
-    <x:t>$1,549,464.91</x:t>
+    <x:t>$1,113,755.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orix Australia Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,095,624.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Toronto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,076,305.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0300192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,035,066.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flinders Port Holdings Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,015,708.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,100.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,569.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At&amp;T Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0256915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,385.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,671.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tabcorp Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,087.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$991,833.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bwp Property Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$980,279.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0299618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$975,551.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$973,933.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$932,688.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$918,319.77</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0319168</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,522,221.15</x:t>
-[...371 lines deleted...]
-    <x:t>$933,429.73</x:t>
+    <x:t>$910,474.55</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0283414</x:t>
   </x:si>
   <x:si>
     <x:t>2.75%</x:t>
   </x:si>
   <x:si>
     <x:t>15/11/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
-    <x:t>$872,175.29</x:t>
+    <x:t>$869,790.74</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0279644</x:t>
   </x:si>
   <x:si>
     <x:t>2.13%</x:t>
   </x:si>
   <x:si>
     <x:t>21/04/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$854,915.17</x:t>
+    <x:t>$853,537.57</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0280956</x:t>
   </x:si>
   <x:si>
     <x:t>2.66%</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2029</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
-    <x:t>$816,747.28</x:t>
+    <x:t>$817,884.62</x:t>
   </x:si>
   <x:si>
     <x:t>Scentre Group Trust 1 / Scentre Group T</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0303907</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
-    <x:t>$643,284.02</x:t>
+    <x:t>$641,208.15</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0325884</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2030</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
-    <x:t>$598,047.41</x:t>
-[...11 lines deleted...]
-    <x:t>$592,728.77</x:t>
+    <x:t>$596,158.00</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0300531</x:t>
   </x:si>
   <x:si>
     <x:t>6.11%</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
-    <x:t>$518,805.02</x:t>
+    <x:t>$518,114.56</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Unity Healthcare Property Tr</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0304194</x:t>
   </x:si>
   <x:si>
     <x:t>6.78%</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>$516,757.47</x:t>
+    <x:t>$515,410.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0308955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,588.05</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0248250</x:t>
   </x:si>
   <x:si>
     <x:t>4.05%</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>$512,851.89</x:t>
-[...11 lines deleted...]
-    <x:t>$510,787.41</x:t>
+    <x:t>$509,120.30</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0320083</x:t>
   </x:si>
   <x:si>
     <x:t>27/03/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>$508,898.40</x:t>
+    <x:t>$506,554.50</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Catholic University Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0245900</x:t>
   </x:si>
   <x:si>
     <x:t>3.70%</x:t>
   </x:si>
   <x:si>
     <x:t>03/08/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>$500,573.82</x:t>
+    <x:t>$491,423.94</x:t>
   </x:si>
   <x:si>
     <x:t>Cip Funding Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0285310</x:t>
   </x:si>
   <x:si>
     <x:t>3.03%</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2027</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
-    <x:t>$485,158.86</x:t>
+    <x:t>$484,285.18</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0276707</x:t>
   </x:si>
   <x:si>
     <x:t>14/12/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$461,764.24</x:t>
+    <x:t>$459,734.97</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0307635</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>$458,199.10</x:t>
+    <x:t>$457,478.91</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322477</x:t>
   </x:si>
   <x:si>
     <x:t>4.89%</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2030</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>$447,972.81</x:t>
+    <x:t>$446,825.96</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0316156</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>$432,979.73</x:t>
+    <x:t>$431,282.51</x:t>
   </x:si>
   <x:si>
     <x:t>Wesfarmers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0281053</x:t>
   </x:si>
   <x:si>
     <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
-    <x:t>$227,391.16</x:t>
+    <x:t>$226,371.02</x:t>
   </x:si>
   <x:si>
     <x:t>Macquarie University</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0256279</x:t>
   </x:si>
   <x:si>
     <x:t>3.50%</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$224,992.23</x:t>
+    <x:t>$224,698.68</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0268142</x:t>
   </x:si>
   <x:si>
     <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,773.68</x:t>
+    <x:t>$99,987.70</x:t>
   </x:si>
   <x:si>
     <x:t>AU0000053241</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2029</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>$84,035.02</x:t>
+    <x:t>$82,734.59</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t> -- </x:t>
-[...5 lines deleted...]
-    <x:t>$202,858.04</x:t>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$368,208.01</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2539,104 +2557,104 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc45d85bf93df4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd38744e72d7f4b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R25a4740ab9ac4918" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29be76a4b734181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R997b1ef0cb194c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7fe3025c713a4ec3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J169"/>
+  <x:dimension ref="A1:J170"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="12" customWidth="1"/>
     <x:col min="8" max="8" width="28" customWidth="1"/>
     <x:col min="9" max="9" width="14" customWidth="1"/>
     <x:col min="10" max="10" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>823</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2828,5171 +2846,5203 @@
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F9" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="G9" s="1" t="s">
+      <x:c r="I9" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J9" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H11" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J11" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="I12" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J12" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="G13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J13" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J15" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="G26" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J38" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J44" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J52" s="1" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J56" s="1" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="H59" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J60" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J65" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J66" s="1" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J68" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J69" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J70" s="1" t="s">
         <x:v>373</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F71" s="1" t="s">
+      <x:c r="G71" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="G71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J71" s="1" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="D73" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J73" s="1" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J76" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J77" s="1" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="F78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J78" s="1" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J79" s="1" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>18</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J84" s="1" t="s">
         <x:v>446</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J85" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J86" s="1" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="F87" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J87" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J88" s="1" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E89" s="1" t="s">
+      <x:c r="H89" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J89" s="1" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="H90" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J90" s="1" t="s">
         <x:v>475</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J91" s="1" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J94" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="H95" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I95" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J95" s="1" t="s">
         <x:v>498</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="F96" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J96" s="1" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I97" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J97" s="1" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="D98" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
         <x:v>511</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>512</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="H98" s="1" t="s">
+      <x:c r="I98" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J98" s="1" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="D99" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="F99" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
+      <x:c r="H99" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="I99" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J99" s="1" t="s">
         <x:v>519</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="D100" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J100" s="1" t="s">
         <x:v>523</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="F101" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J101" s="1" t="s">
         <x:v>528</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="F102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G102" s="1" t="s">
+      <x:c r="H102" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="I102" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J102" s="1" t="s">
         <x:v>534</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="F103" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J103" s="1" t="s">
         <x:v>538</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="F104" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="F104" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H104" s="1" t="s">
+      <x:c r="I104" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J104" s="1" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E105" s="1" t="s">
+      <x:c r="F105" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="F105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G105" s="1" t="s">
+      <x:c r="H105" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I105" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J105" s="1" t="s">
         <x:v>549</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="F106" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H106" s="1" t="s">
+      <x:c r="I106" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
         <x:v>554</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
+      <x:c r="D107" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
         <x:v>557</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>549</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="E109" s="1" t="s">
+      <x:c r="F109" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="H109" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I109" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J109" s="1" t="s">
         <x:v>566</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="F110" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
+      <x:c r="H110" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I110" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J110" s="1" t="s">
         <x:v>571</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="C111" s="1" t="s">
+      <x:c r="F111" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="H111" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E111" s="1" t="s">
+      <x:c r="I111" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J111" s="1" t="s">
         <x:v>577</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="F112" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
+      <x:c r="H112" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="I112" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J112" s="1" t="s">
         <x:v>582</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E113" s="1" t="s">
+      <x:c r="F113" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>587</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>583</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="E118" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
+      <x:c r="D119" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="D119" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E119" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="F119" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="D129" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="F129" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G129" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="D129" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="E132" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="F132" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G132" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="F136" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="F143" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
-      <x:c r="E148" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="D150" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
         <x:v>741</x:v>
       </x:c>
-      <x:c r="C150" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
         <x:v>763</x:v>
       </x:c>
-      <x:c r="D155" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="F164" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G164" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
-      <x:c r="E164" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="F166" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="D166" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H166" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G168" s="1" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="H168" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I168" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J168" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A169" s="1">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D169" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E169" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F169" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G168" s="1" t="s">
-[...13 lines deleted...]
-      <x:c r="A169" s="2" t="s">
+      <x:c r="G169" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="H169" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="I169" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J169" s="1" t="s">
+        <x:v>828</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B169" s="2" t="s">
+      <x:c r="B170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C169" s="2" t="s">
+      <x:c r="C170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D169" s="2" t="s">
+      <x:c r="D170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E169" s="2" t="s">
+      <x:c r="E170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F169" s="2" t="s">
+      <x:c r="F170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G169" s="2" t="s">
+      <x:c r="G170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H169" s="2" t="s">
+      <x:c r="H170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I169" s="2" t="s">
+      <x:c r="I170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J169" s="2" t="s">
+      <x:c r="J170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A169:J169"/>
+    <x:mergeCell ref="A170:J170"/>
   </x:mergeCells>
 </x:worksheet>
 </file>