--- v2 (2026-02-08)
+++ v3 (2026-03-01)
@@ -1,2535 +1,2529 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c3f024a54f48f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc80d690a527437b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PLUS_asat_20260206" sheetId="1" r:id="R7fe3025c713a4ec3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PLUS_asat_20260227" sheetId="1" r:id="Rcbb318342c3a436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1534" uniqueCount="830">
-[...1 lines deleted...]
-    <x:t>Australian Corporate Bond Plus ETF All Fund Holdings as at 06/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1534" uniqueCount="828">
+  <x:si>
+    <x:t>Australian Corporate Bond Plus ETF All Fund Holdings as at 27/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Bond identifier</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Market value</x:t>
   </x:si>
   <x:si>
     <x:t>Scentre Group Trust 1</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0315844</x:t>
   </x:si>
   <x:si>
     <x:t>5.90%</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2034</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
-    <x:t>1.79%</x:t>
+    <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,035,959.82</x:t>
+    <x:t>$7,146,184.29</x:t>
   </x:si>
   <x:si>
     <x:t>Ausnet Services Holdings Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0299816</x:t>
   </x:si>
   <x:si>
     <x:t>6.13%</x:t>
   </x:si>
   <x:si>
     <x:t>31/05/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBB+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.73%</x:t>
-[...2 lines deleted...]
-    <x:t>$6,782,665.76</x:t>
+    <x:t>1.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,877,493.61</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Agricole Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0306017</x:t>
   </x:si>
   <x:si>
     <x:t>5.41%</x:t>
   </x:si>
   <x:si>
     <x:t>18/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>A+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.65%</x:t>
+    <x:t>1.76%</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,463,942.71</x:t>
+    <x:t>$6,495,294.89</x:t>
   </x:si>
   <x:si>
     <x:t>Enbw International Finance Bv</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0315091</x:t>
   </x:si>
   <x:si>
     <x:t>6.05%</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.57%</x:t>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,168,370.39</x:t>
+    <x:t>$5,850,807.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Cash Plus Active ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,516,335.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sydney Airport Finance Co Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0308864</x:t>
   </x:si>
   <x:si>
     <x:t>19/04/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.44%</x:t>
-[...20 lines deleted...]
-    <x:t>$5,500,429.00</x:t>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,216,007.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emirates Nbd Bank Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Arab Emirates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,128,983.05</x:t>
   </x:si>
   <x:si>
     <x:t>Stockland Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0320091</x:t>
   </x:si>
   <x:si>
     <x:t>5.42%</x:t>
   </x:si>
   <x:si>
     <x:t>25/03/2032</x:t>
   </x:si>
   <x:si>
     <x:t>A-</x:t>
   </x:si>
   <x:si>
-    <x:t>1.39%</x:t>
-[...2 lines deleted...]
-    <x:t>$5,479,499.03</x:t>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,024,694.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,736,797.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0317451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,701,056.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electranet Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,692,302.44</x:t>
   </x:si>
   <x:si>
     <x:t>Bpce Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0303709</x:t>
   </x:si>
   <x:si>
     <x:t>6.27%</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,446,456.88</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>1.19%</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,693,378.66</x:t>
-[...32 lines deleted...]
-    <x:t>$4,650,174.76</x:t>
+    <x:t>$4,419,168.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westconnex Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,270,372.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coles Group Treasury Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,263,575.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auckland International Airport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/11/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Zealand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,135,711.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,130,087.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iberdrola Finanzas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,123,874.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaif Bond Issuer Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,888,765.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qantas Airways Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,833,321.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercury Nz Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,814,106.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0268134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,806,859.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Network Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,741,513.64</x:t>
   </x:si>
   <x:si>
     <x:t>Australia Pacific Airports Melbourne Pt</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0284735</x:t>
   </x:si>
   <x:si>
     <x:t>3.76%</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>1.17%</x:t>
-[...2 lines deleted...]
-    <x:t>$4,579,102.82</x:t>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,692,065.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qic Finance Town Centre Fund Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,618,156.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air New Zealand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0289213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,476,888.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Lwr Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,322,125.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0250512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,309,181.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Wholesale Office Fund No1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,240,856.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Registry Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,224,238.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dwpf Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0282010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,208,332.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>John Deere Financial Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0323251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,151,657.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nsw Ports Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,137,910.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lonsdale Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,075,931.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,067,891.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsa Utilities Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,053,563.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verizon Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,051,417.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Finance Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0317493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,031,347.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vonovia Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,016,114.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0324382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,010,793.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qube Treasury Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,994,489.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,991,303.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Sydney University</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,978,907.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electricite De France Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,968,445.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Power Networks Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,956,959.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brisbane Airport Corp Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,939,696.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chc Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,927,145.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nsw Electricity Networks Finance Pty Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,924,125.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU0000078644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,881,094.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,872,332.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,870,707.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0301851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,859,523.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0272854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,831,829.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,818,878.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cpif Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0275501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,798,700.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Wollongong/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0276772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,718,206.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacific National Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0282812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,683,000.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volkswagen Financial Services Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,643,748.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,629,478.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gta Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0273977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,584,272.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Rail Track Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,576,067.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arc Infrastructure Wa Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,573,697.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ausgrid Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0308146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,564,619.92</x:t>
   </x:si>
   <x:si>
     <x:t>Agi Finance Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0276269</x:t>
   </x:si>
   <x:si>
     <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>23/11/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>1.08%</x:t>
-[...83 lines deleted...]
-    <x:t>$4,066,366.31</x:t>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,501,090.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Region Retail Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,494,615.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,494,391.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Llitst Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0281251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,475,084.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0244325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,390,935.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0256113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,388,120.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,240,466.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Origin Energy Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,221,128.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0272227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,191,327.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0264521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,184,251.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0321008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,161,760.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Network Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0280006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,144,006.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qph Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,136,839.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0252625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,079,993.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ver Finco Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,079,950.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,069,011.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,064,971.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lendlease Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0275550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,061,370.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0298867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,059,858.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Port Of Newcastle Investments Financing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0323780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,039,261.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnh Industrial Capital Australia Pty Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,036,056.36</x:t>
   </x:si>
   <x:si>
     <x:t>Contact Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0321966</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>1.02%</x:t>
-[...38 lines deleted...]
-    <x:t>$3,805,407.04</x:t>
+    <x:t>$2,020,307.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Energy Distribution Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0317857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,018,168.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0268357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,017,093.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.On Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,004,399.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bp Capital Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,982,111.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qnb Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0250363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qatar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,936,860.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Gas Networks Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,925,441.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fonterra Co-Operative Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0248474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,898,243.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Credit Income Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0314730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,892,847.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optus Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,886,834.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0320380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,884,914.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Queensland Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,883,729.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0248862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,869,677.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,813,598.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Life Global Funding I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,789,715.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0272896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,788,882.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0270197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,768,893.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,737,156.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,698,741.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sgsp Australia Assets Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,681,889.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nationwide Building Society</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,618,373.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patrick Terminals Bidco Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,597,232.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,588,085.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,582,275.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,582,172.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,568,781.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0246239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,538,218.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,483,527.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,483,042.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0273373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,439,367.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,404,441.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worley Financial Services Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0298487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,402,957.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0267847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,355,925.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Appf Commercial Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,347,571.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Exchange Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,344,767.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,335,516.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bng Bank Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0277895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,322,863.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,273,586.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0267524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,238,523.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0320471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,237,037.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bahn Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,160,484.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,125,842.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banque Federative Du Credit Mutuel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,117,089.44</x:t>
   </x:si>
   <x:si>
     <x:t>Landesbank Baden-Wuerttemberg</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0311843</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>AA  </x:t>
-[...986 lines deleted...]
-    <x:t>$2,046,311.52</x:t>
+    <x:t>$1,108,400.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orix Australia Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,346.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Toronto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,081,902.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0300192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,042,681.91</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0316115</x:t>
   </x:si>
   <x:si>
     <x:t>6.20%</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,044,363.04</x:t>
-[...395 lines deleted...]
-    <x:t>$1,471,612.97</x:t>
+    <x:t>$1,036,820.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flinders Port Holdings Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,029,365.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,026,272.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,268.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At&amp;T Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0256915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,033.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tabcorp Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,011,866.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,094.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,400.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$988,373.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bwp Property Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$988,315.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0299618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$982,437.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$936,369.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$923,141.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$920,773.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$877,400.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0280956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$825,231.83</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0307627</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,465,495.63</x:t>
-[...371 lines deleted...]
-    <x:t>$869,790.74</x:t>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$689,544.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scentre Group Trust 1 / Scentre Group T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,979.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,358.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0300531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,265.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Unity Healthcare Property Tr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,696.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0248250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,686.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0320083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,887.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0308955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,258.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Catholic University Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0245900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$493,122.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cip Funding Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0285310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$486,726.19</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0279644</x:t>
   </x:si>
   <x:si>
     <x:t>2.13%</x:t>
   </x:si>
   <x:si>
     <x:t>21/04/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$853,537.57</x:t>
-[...128 lines deleted...]
-    <x:t>16/12/2027</x:t>
+    <x:t>$476,292.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0276707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$462,412.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
-    <x:t>$484,285.18</x:t>
-[...17 lines deleted...]
-    <x:t>$457,478.91</x:t>
+    <x:t>$461,816.37</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322477</x:t>
   </x:si>
   <x:si>
     <x:t>4.89%</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11%</x:t>
-[...2 lines deleted...]
-    <x:t>$446,825.96</x:t>
+    <x:t>$449,865.89</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0316156</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>$431,282.51</x:t>
+    <x:t>$435,257.27</x:t>
   </x:si>
   <x:si>
     <x:t>Wesfarmers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0281053</x:t>
   </x:si>
   <x:si>
     <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
-    <x:t>$226,371.02</x:t>
+    <x:t>$228,192.25</x:t>
   </x:si>
   <x:si>
     <x:t>Macquarie University</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0256279</x:t>
   </x:si>
   <x:si>
     <x:t>3.50%</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$224,698.68</x:t>
+    <x:t>$225,845.52</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0268142</x:t>
   </x:si>
   <x:si>
     <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,987.70</x:t>
+    <x:t>$100,258.13</x:t>
   </x:si>
   <x:si>
     <x:t>AU0000053241</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2029</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>$82,734.59</x:t>
+    <x:t>$83,282.63</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09%</x:t>
-[...2 lines deleted...]
-    <x:t>$368,208.01</x:t>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$371,314.25</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2557,51 +2551,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29be76a4b734181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R997b1ef0cb194c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7fe3025c713a4ec3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc032332d8936422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra8ff011ab49b4cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbb318342c3a436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:J170"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="12" customWidth="1"/>
     <x:col min="8" max="8" width="28" customWidth="1"/>
     <x:col min="9" max="9" width="14" customWidth="1"/>
     <x:col min="10" max="10" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2610,51 +2604,51 @@
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>829</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2811,5221 +2805,5221 @@
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>18</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
         <x:v>546</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="D113" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
         <x:v>584</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>586</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="H114" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="I114" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J114" s="1" t="s">
         <x:v>590</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="H115" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I115" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J115" s="1" t="s">
         <x:v>593</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="H116" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J116" s="1" t="s">
         <x:v>597</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E117" s="1" t="s">
+      <x:c r="F117" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="F117" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="D126" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="G127" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="G127" s="1" t="s">
+      <x:c r="H127" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="I127" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J127" s="1" t="s">
         <x:v>648</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
         <x:v>650</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>551</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="H135" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I135" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J135" s="1" t="s">
         <x:v>685</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="C136" s="1" t="s">
+      <x:c r="F136" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="H136" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I136" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J136" s="1" t="s">
         <x:v>688</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="E142" s="1" t="s">
+      <x:c r="F142" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I142" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J142" s="1" t="s">
         <x:v>712</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="F143" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="H143" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I143" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J143" s="1" t="s">
         <x:v>717</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
-      <x:c r="D144" s="1" t="s">
+      <x:c r="F144" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G144" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="H144" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I144" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J144" s="1" t="s">
         <x:v>721</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E145" s="1" t="s">
+      <x:c r="H145" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="I145" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J145" s="1" t="s">
         <x:v>725</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>565</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="F147" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="H147" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I147" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J147" s="1" t="s">
         <x:v>731</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E148" s="1" t="s">
+      <x:c r="H148" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I148" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J148" s="1" t="s">
         <x:v>736</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="D149" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
-      <x:c r="D149" s="1" t="s">
+      <x:c r="E149" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
-      <x:c r="E149" s="1" t="s">
+      <x:c r="F149" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G149" s="1" t="s">
         <x:v>740</x:v>
       </x:c>
-      <x:c r="F149" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G149" s="1" t="s">
+      <x:c r="H149" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I149" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J149" s="1" t="s">
         <x:v>741</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="D150" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="D150" s="1" t="s">
+      <x:c r="F150" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
-      <x:c r="E150" s="1" t="s">
+      <x:c r="H150" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I150" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J150" s="1" t="s">
         <x:v>745</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E151" s="1" t="s">
         <x:v>748</x:v>
       </x:c>
-      <x:c r="E151" s="1" t="s">
+      <x:c r="F151" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G151" s="1" t="s">
         <x:v>749</x:v>
       </x:c>
-      <x:c r="F151" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G151" s="1" t="s">
+      <x:c r="H151" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I151" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J151" s="1" t="s">
         <x:v>750</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C152" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="D152" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="E152" s="1" t="s">
         <x:v>752</x:v>
       </x:c>
-      <x:c r="C152" s="1" t="s">
+      <x:c r="F152" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G152" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="D152" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E152" s="1" t="s">
+      <x:c r="H152" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="I152" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J152" s="1" t="s">
         <x:v>754</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="D153" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="F153" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G153" s="1" t="s">
         <x:v>757</x:v>
       </x:c>
-      <x:c r="D153" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E153" s="1" t="s">
+      <x:c r="H153" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I153" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J153" s="1" t="s">
         <x:v>758</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="D154" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="D154" s="1" t="s">
+      <x:c r="E154" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="E154" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="H154" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I154" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J154" s="1" t="s">
         <x:v>763</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="C155" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
-      <x:c r="C155" s="1" t="s">
+      <x:c r="E155" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="D155" s="1" t="s">
+      <x:c r="F155" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="H155" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="I155" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J155" s="1" t="s">
         <x:v>767</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C156" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="D156" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="E156" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="F156" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G156" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="H156" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I156" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J156" s="1" t="s">
         <x:v>770</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="D157" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="E157" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="F157" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G157" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="H157" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I157" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J157" s="1" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="D158" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="E158" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
-      <x:c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E158" s="1" t="s">
+      <x:c r="F158" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
         <x:v>779</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>763</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
         <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C160" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="C160" s="1" t="s">
+      <x:c r="D160" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="D160" s="1" t="s">
+      <x:c r="E160" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="E160" s="1" t="s">
+      <x:c r="F160" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G160" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="H160" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I160" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J160" s="1" t="s">
         <x:v>789</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="D161" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="H161" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I161" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J161" s="1" t="s">
         <x:v>792</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="D163" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
-      <x:c r="D163" s="1" t="s">
+      <x:c r="E163" s="1" t="s">
         <x:v>799</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>800</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="F164" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G164" s="1" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="H164" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I164" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J164" s="1" t="s">
         <x:v>803</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
         <x:v>806</x:v>
       </x:c>
-      <x:c r="C165" s="1" t="s">
+      <x:c r="E165" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="D165" s="1" t="s">
+      <x:c r="F165" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="E165" s="1" t="s">
+      <x:c r="H165" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I165" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J165" s="1" t="s">
         <x:v>809</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="C166" s="1" t="s">
+      <x:c r="E166" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="D166" s="1" t="s">
+      <x:c r="F166" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="H166" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I166" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J166" s="1" t="s">
         <x:v>814</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
         <x:v>817</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>819</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:10" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10" ht="15" customHeight="1">
       <x:c r="A170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G170" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H170" s="2" t="s">