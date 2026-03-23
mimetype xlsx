--- v3 (2026-03-01)
+++ v4 (2026-03-23)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc80d690a527437b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25576f5cd2cb4ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PLUS_asat_20260227" sheetId="1" r:id="Rcbb318342c3a436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PLUS_asat_20260323" sheetId="1" r:id="R8e610e01095b4208"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1534" uniqueCount="828">
-[...1 lines deleted...]
-    <x:t>Australian Corporate Bond Plus ETF All Fund Holdings as at 27/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1507" uniqueCount="826">
+  <x:si>
+    <x:t>Australian Corporate Bond Plus ETF All Fund Holdings as at 23/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Bond identifier</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight</x:t>
   </x:si>
@@ -61,2469 +61,2463 @@
   <x:si>
     <x:t>Scentre Group Trust 1</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0315844</x:t>
   </x:si>
   <x:si>
     <x:t>5.90%</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2034</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,146,184.29</x:t>
+    <x:t>$6,872,576.77</x:t>
   </x:si>
   <x:si>
     <x:t>Ausnet Services Holdings Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0299816</x:t>
   </x:si>
   <x:si>
     <x:t>6.13%</x:t>
   </x:si>
   <x:si>
     <x:t>31/05/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBB+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.86%</x:t>
-[...2 lines deleted...]
-    <x:t>$6,877,493.61</x:t>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,661,452.14</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Agricole Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0306017</x:t>
   </x:si>
   <x:si>
     <x:t>5.41%</x:t>
   </x:si>
   <x:si>
     <x:t>18/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>A+</x:t>
   </x:si>
   <x:si>
-    <x:t>1.76%</x:t>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,495,294.89</x:t>
+    <x:t>$6,403,396.32</x:t>
   </x:si>
   <x:si>
     <x:t>Enbw International Finance Bv</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0315091</x:t>
   </x:si>
   <x:si>
     <x:t>6.05%</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>1.58%</x:t>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,850,807.30</x:t>
+    <x:t>$5,646,396.10</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Cash Plus Active ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MONY AU</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>1.49%</x:t>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,516,335.00</x:t>
+    <x:t>$5,515,356.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sydney Airport Finance Co Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0308864</x:t>
   </x:si>
   <x:si>
     <x:t>19/04/2034</x:t>
   </x:si>
   <x:si>
     <x:t>1.41%</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,216,007.21</x:t>
+    <x:t>$5,026,625.42</x:t>
   </x:si>
   <x:si>
     <x:t>Emirates Nbd Bank Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0322915</x:t>
   </x:si>
   <x:si>
     <x:t>5.91%</x:t>
   </x:si>
   <x:si>
     <x:t>18/06/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>1.39%</x:t>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,128,983.05</x:t>
+    <x:t>$4,856,770.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,802,765.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,619,561.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0317451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,560,033.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bpce Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,364,496.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westconnex Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,185,526.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auckland International Airport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/11/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Zealand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,008,253.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,983,713.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iberdrola Finanzas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,964,772.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ausgrid Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0329258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,939,686.77</x:t>
   </x:si>
   <x:si>
     <x:t>Stockland Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0320091</x:t>
   </x:si>
   <x:si>
     <x:t>5.42%</x:t>
   </x:si>
   <x:si>
     <x:t>25/03/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>A-</x:t>
-[...44 lines deleted...]
-    <x:t>$4,701,056.51</x:t>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,886,507.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaif Bond Issuer Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,784,456.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coles Group Treasury Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0268134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,736,427.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qantas Airways Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,639,110.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercury Nz Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,633,056.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Network Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,593,754.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia Pacific Airports Melbourne Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,578,945.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qic Finance Town Centre Fund Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,530,028.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0331312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,442,012.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air New Zealand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0289213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,418,884.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agi Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,402,271.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,401,064.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0250512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,265,763.91</x:t>
   </x:si>
   <x:si>
     <x:t>Electranet Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0283034</x:t>
   </x:si>
   <x:si>
     <x:t>2.47%</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,692,302.44</x:t>
-[...233 lines deleted...]
-    <x:t>$3,476,888.48</x:t>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,237,747.20</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Lwr Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0278133</x:t>
   </x:si>
   <x:si>
     <x:t>2.79%</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.90%</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>0.89%</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,309,181.76</x:t>
+    <x:t>$3,171,262.99</x:t>
   </x:si>
   <x:si>
     <x:t>Gpt Wholesale Office Fund No1</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0284289</x:t>
   </x:si>
   <x:si>
     <x:t>3.22%</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.88%</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,240,856.63</x:t>
+    <x:t>$3,133,485.46</x:t>
   </x:si>
   <x:si>
     <x:t>Registry Finance Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0310381</x:t>
   </x:si>
   <x:si>
     <x:t>5.74%</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2034</x:t>
   </x:si>
   <x:si>
+    <x:t>$3,125,516.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>John Deere Financial Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0323251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/06/2030</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.87%</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,224,238.59</x:t>
+    <x:t>$3,081,260.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,025,003.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lonsdale Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,986,783.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nsw Ports Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,969,930.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsa Utilities Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,960,211.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0324382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,930,046.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verizon Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,916,956.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banque Federative Du Credit Mutuel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0323053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,906,369.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qube Treasury Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,891,530.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aroundtown Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0330991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,887,422.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electricite De France Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,859,931.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vonovia Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,850,534.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Sydney University</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,825,250.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nsw Electricity Networks Finance Pty Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,810,777.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,794,806.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU0000078644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,792,444.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brisbane Airport Corp Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0272854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,757,570.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kiwibank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,754,756.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,749,180.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0326445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,741,902.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cpif Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0275501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,721,068.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volkswagen Financial Services Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,615,313.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gta Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0273977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,569,071.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,561,073.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacific National Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0282812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,556,908.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Rail Track Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,513,408.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0308146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,504,543.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arc Infrastructure Wa Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0309870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,502,026.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Region Retail Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,447,152.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Llitst Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0281251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,412,536.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Power Networks Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,392,629.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0256113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,352,946.69</x:t>
   </x:si>
   <x:si>
     <x:t>Dwpf Finance Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0282010</x:t>
   </x:si>
   <x:si>
     <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,208,332.77</x:t>
-[...98 lines deleted...]
-    <x:t>$3,051,417.03</x:t>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,249,355.63</x:t>
   </x:si>
   <x:si>
     <x:t>Toyota Finance Australia Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0317493</x:t>
   </x:si>
   <x:si>
     <x:t>5.20%</x:t>
   </x:si>
   <x:si>
     <x:t>22/01/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,031,347.56</x:t>
-[...122 lines deleted...]
-    <x:t>$2,939,696.52</x:t>
+    <x:t>$2,228,855.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,205,999.22</x:t>
   </x:si>
   <x:si>
     <x:t>Chc Finance Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0279560</x:t>
   </x:si>
   <x:si>
     <x:t>3.09%</x:t>
   </x:si>
   <x:si>
     <x:t>21/04/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,927,145.98</x:t>
-[...47 lines deleted...]
-    <x:t>$2,872,332.26</x:t>
+    <x:t>$2,192,349.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Origin Energy Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,161,324.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0264521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,144,899.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0272227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,144,039.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Network Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0280006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,117,285.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0321008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,095,406.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qph Finance Co Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,090,634.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0252625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,061,197.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lendlease Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0275550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,046,677.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,033,166.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0298867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,017,324.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,997,670.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0268357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,970,538.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Port Of Newcastle Investments Financing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0323780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,967,988.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0321966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,966,726.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Energy Distribution Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0317857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,964,917.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.On Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,928,550.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qnb Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0250363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qatar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,915,459.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bp Capital Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,913,811.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,908,146.81</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0307650</x:t>
   </x:si>
   <x:si>
     <x:t>5.06%</x:t>
   </x:si>
   <x:si>
     <x:t>14/03/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,870,707.55</x:t>
-[...68 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,871,480.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optus Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,862,351.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0248862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,856,390.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Credit Income Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0314730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,856,054.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Queensland Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,834,722.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,784,415.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Life Global Funding I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/05/2030</x:t>
   </x:si>
   <x:si>
     <x:t>AA-</x:t>
   </x:si>
   <x:si>
-    <x:t>0.73%</x:t>
-[...320 lines deleted...]
-    <x:t>$2,079,993.26</x:t>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,751,903.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0272896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,750,260.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0270197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,711,864.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,691,724.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,661,544.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sgsp Australia Assets Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,643,435.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nationwide Building Society</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0297711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,562,317.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,557,997.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,556,934.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patrick Terminals Bidco Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,552,289.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0278653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,531,395.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0246239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,528,128.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Gas Networks Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,526,268.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0313419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,457,100.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,453,294.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0320380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,436,079.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0312833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,432,711.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0273373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,400,351.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worley Financial Services Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0298487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,386,762.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0330405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,373,646.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0267847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,343,778.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,310,957.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0315083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,310,540.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Exchange Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0274710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,310,193.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Appf Commercial Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0284347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,301,574.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bng Bank Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0277895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,280,008.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0279057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,240,048.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0267524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,213,034.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0320471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,204,100.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bahn Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,123,041.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,095,319.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landesbank Baden-Wuerttemberg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0311843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,089,810.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orix Australia Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,086,738.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada/Toronto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,067,969.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0300192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,318.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,410.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flinders Port Holdings Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$995,816.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0310811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$993,843.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tabcorp Finance Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0328789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$987,125.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0316396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$984,710.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0330983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$972,729.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0322196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$971,562.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bwp Property Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$964,315.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0299618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$963,596.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0327393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$946,846.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$942,557.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0306132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$910,276.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0319168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$871,194.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0283414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$852,569.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0280956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$805,508.51</x:t>
   </x:si>
   <x:si>
     <x:t>Ver Finco Pty Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0283059</x:t>
   </x:si>
   <x:si>
     <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>21/09/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,079,950.73</x:t>
-[...869 lines deleted...]
-    <x:t>AU3CB0297596</x:t>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$644,509.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0307627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$644,437.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scentre Group Trust 1 / Scentre Group T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0303907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$630,537.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0325884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$572,693.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0300531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,631.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Unity Healthcare Property Tr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0304194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,516.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI2JPPV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,061.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0308955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,387.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0248250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,360.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0320083</x:t>
   </x:si>
   <x:si>
     <x:t>5.68%</x:t>
   </x:si>
   <x:si>
-    <x:t>0.25%</x:t>
-[...133 lines deleted...]
-  <x:si>
     <x:t>27/03/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>$514,887.47</x:t>
-[...23 lines deleted...]
-    <x:t>03/08/2027</x:t>
+    <x:t>$496,242.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cip Funding Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0285310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$482,994.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3CB0276707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/12/2028</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
-    <x:t>$493,122.17</x:t>
-[...35 lines deleted...]
-    <x:t>$462,412.43</x:t>
+    <x:t>$454,969.42</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0307635</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
-    <x:t>$461,816.37</x:t>
-[...11 lines deleted...]
-    <x:t>$449,865.89</x:t>
+    <x:t>$436,064.92</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0316156</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>$435,257.27</x:t>
+    <x:t>$426,771.32</x:t>
   </x:si>
   <x:si>
     <x:t>Wesfarmers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0281053</x:t>
   </x:si>
   <x:si>
     <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
-    <x:t>$228,192.25</x:t>
+    <x:t>$221,936.28</x:t>
   </x:si>
   <x:si>
     <x:t>Macquarie University</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0256279</x:t>
   </x:si>
   <x:si>
     <x:t>3.50%</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$225,845.52</x:t>
+    <x:t>$218,895.92</x:t>
   </x:si>
   <x:si>
     <x:t>AU3CB0268142</x:t>
   </x:si>
   <x:si>
     <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
-    <x:t>$100,258.13</x:t>
+    <x:t>$100,458.55</x:t>
   </x:si>
   <x:si>
     <x:t>AU0000053241</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2029</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>$83,282.63</x:t>
+    <x:t>$81,699.95</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10%</x:t>
-[...2 lines deleted...]
-    <x:t>$371,314.25</x:t>
+    <x:t>-0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-8,656.93</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2551,104 +2545,104 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc032332d8936422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra8ff011ab49b4cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbb318342c3a436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c2010ffc4b4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf628aed8e05843e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8e610e01095b4208" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J170"/>
+  <x:dimension ref="A1:J167"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="12" customWidth="1"/>
     <x:col min="8" max="8" width="28" customWidth="1"/>
     <x:col min="9" max="9" width="14" customWidth="1"/>
     <x:col min="10" max="10" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>827</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2913,51 +2907,51 @@
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
@@ -3003,5040 +2997,4944 @@
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H43" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="F110" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="F130" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G130" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G135" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="F135" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="F141" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G141" s="1" t="s">
         <x:v>706</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>722</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
         <x:v>764</x:v>
       </x:c>
-      <x:c r="D155" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>781</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10" ht="15" customHeight="1">
-      <x:c r="A167" s="1">
-[...78 lines deleted...]
-      <x:c r="F169" s="1" t="s">
+      <x:c r="A167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G169" s="1" t="s">
-[...13 lines deleted...]
-      <x:c r="A170" s="2" t="s">
+      <x:c r="B167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B170" s="2" t="s">
+      <x:c r="C167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C170" s="2" t="s">
+      <x:c r="D167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D170" s="2" t="s">
+      <x:c r="E167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E170" s="2" t="s">
+      <x:c r="F167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F170" s="2" t="s">
+      <x:c r="G167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G170" s="2" t="s">
+      <x:c r="H167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H170" s="2" t="s">
+      <x:c r="I167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I170" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="J170" s="2" t="s">
+      <x:c r="J167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A170:J170"/>
+    <x:mergeCell ref="A167:J167"/>
   </x:mergeCells>
 </x:worksheet>
 </file>