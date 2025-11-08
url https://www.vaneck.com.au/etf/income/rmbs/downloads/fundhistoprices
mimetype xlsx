--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -1,335 +1,470 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9680d0babbf4a29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6de59456f78479a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20251017" sheetId="1" r:id="R27a6c9e63c694750"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20251106" sheetId="1" r:id="R68266e43066f42a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1056" uniqueCount="441">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1168" uniqueCount="482">
   <x:si>
     <x:t>Australian RMBS ETF - RMBS</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>06/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0671</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25.08</x:t>
   </x:si>
   <x:si>
     <x:t>1,034</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0636</x:t>
   </x:si>
   <x:si>
     <x:t>25.10</x:t>
   </x:si>
   <x:si>
     <x:t>5,001</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0612</x:t>
   </x:si>
   <x:si>
-    <x:t>25.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0597</x:t>
   </x:si>
   <x:si>
     <x:t>3,089</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0585</x:t>
   </x:si>
   <x:si>
     <x:t>3,415</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0491</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0464</x:t>
   </x:si>
   <x:si>
     <x:t>8,698</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0435</x:t>
   </x:si>
   <x:si>
-    <x:t>25.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13,031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0405</x:t>
   </x:si>
   <x:si>
     <x:t>145</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0376</x:t>
   </x:si>
   <x:si>
     <x:t>31</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0280</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.09</x:t>
   </x:si>
   <x:si>
     <x:t>9,936</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>25.0236</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27,773</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0212</x:t>
   </x:si>
   <x:si>
     <x:t>-0.10</x:t>
   </x:si>
   <x:si>
     <x:t>30,679</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1191</x:t>
   </x:si>
   <x:si>
-    <x:t>25.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23</x:t>
   </x:si>
   <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1128</x:t>
   </x:si>
   <x:si>
-    <x:t>25.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>179</x:t>
   </x:si>
   <x:si>
     <x:t>0.07</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1032</x:t>
   </x:si>
   <x:si>
-    <x:t>25.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>355</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1005</x:t>
   </x:si>
   <x:si>
-    <x:t>25.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0987</x:t>
   </x:si>
   <x:si>
     <x:t>4,970</x:t>
   </x:si>
   <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0959</x:t>
   </x:si>
   <x:si>
     <x:t>929</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0931</x:t>
   </x:si>
   <x:si>
     <x:t>199</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0846</x:t>
   </x:si>
   <x:si>
     <x:t>2,373</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0820</x:t>
   </x:si>
   <x:si>
     <x:t>6,096</x:t>
@@ -337,59 +472,53 @@
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0794</x:t>
   </x:si>
   <x:si>
     <x:t>954</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0772</x:t>
   </x:si>
   <x:si>
     <x:t>824</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0744</x:t>
   </x:si>
   <x:si>
-    <x:t>25.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,135</x:t>
   </x:si>
   <x:si>
-    <x:t>0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0658</x:t>
   </x:si>
   <x:si>
     <x:t>4,102</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0560</x:t>
   </x:si>
   <x:si>
     <x:t>21,270</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0524</x:t>
   </x:si>
   <x:si>
     <x:t>8,720</x:t>
@@ -433,53 +562,50 @@
   <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0342</x:t>
   </x:si>
   <x:si>
     <x:t>1,025</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0262</x:t>
   </x:si>
   <x:si>
     <x:t>14,839</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0232</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19,189</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1142</x:t>
   </x:si>
   <x:si>
     <x:t>5,713</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1052</x:t>
   </x:si>
   <x:si>
     <x:t>7,404</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1026</x:t>
@@ -620,53 +746,50 @@
     <x:t>25.0366</x:t>
   </x:si>
   <x:si>
     <x:t>994</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0335</x:t>
   </x:si>
   <x:si>
     <x:t>6,798</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0242</x:t>
   </x:si>
   <x:si>
     <x:t>25.06</x:t>
   </x:si>
   <x:si>
     <x:t>6,069</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.14</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1261</x:t>
   </x:si>
   <x:si>
     <x:t>3,105</x:t>
   </x:si>
   <x:si>
     <x:t>30/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0982</x:t>
   </x:si>
   <x:si>
     <x:t>1,356</x:t>
   </x:si>
   <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0951</x:t>
   </x:si>
@@ -1393,56 +1516,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf06d1811313b4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8759b85e0a8e4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R27a6c9e63c694750" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97e5c76830bc4392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R979f66a4ddfd4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R68266e43066f42a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H133"/>
+  <x:dimension ref="A1:H147"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -1482,3391 +1605,3755 @@
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8" ht="15" customHeight="1">
       <x:c r="A3" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B3" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D3" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E3" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F3" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G3" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H3" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="s">
+      <x:c r="G5" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H5" s="4" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="C6" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="C6" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B22" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F23" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B23" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F24" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B24" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F25" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B25" s="1" t="s">
+      <x:c r="G25" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H25" s="4" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="B26" s="1" t="s">
+      <x:c r="C26" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F26" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C26" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="B27" s="1" t="s">
+      <x:c r="C27" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C27" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E27" s="4" t="s">
+      <x:c r="F27" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F27" s="4" t="s">
+      <x:c r="G27" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H27" s="4" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F28" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="B28" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
+      <x:c r="D29" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F29" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="C29" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G29" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
+      <x:c r="C30" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F30" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D30" s="4" t="s">
+      <x:c r="G30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="E30" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F30" s="4" t="s">
+      <x:c r="H30" s="4" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F58" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="B59" s="1" t="s">
+      <x:c r="C59" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F59" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="B60" s="1" t="s">
+      <x:c r="C60" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F60" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="B61" s="1" t="s">
+      <x:c r="C61" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F61" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="B62" s="1" t="s">
+      <x:c r="C62" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F62" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F64" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="B64" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G64" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="B65" s="1" t="s">
+      <x:c r="C65" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F65" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C65" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F66" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="B66" s="1" t="s">
+      <x:c r="G66" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H66" s="4" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="B69" s="1" t="s">
+      <x:c r="C69" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E69" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F69" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="B70" s="1" t="s">
+      <x:c r="C70" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E70" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F70" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C70" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G70" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="B71" s="1" t="s">
+      <x:c r="C71" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E71" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F71" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C71" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="B72" s="1" t="s">
+      <x:c r="C72" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E72" s="4" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="B73" s="1" t="s">
+      <x:c r="C73" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E73" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F73" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C73" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D73" s="4" t="s">
+      <x:c r="G73" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="E73" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="B74" s="1" t="s">
+      <x:c r="C74" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F74" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E75" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F75" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="B75" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F76" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="B76" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C76" s="4" t="s">
+      <x:c r="G76" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="D76" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F79" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="G79" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="E79" s="4" t="s">
+      <x:c r="H79" s="4" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E80" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F80" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G80" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="E80" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F81" s="4" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="G81" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="E81" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C88" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D88" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E88" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F88" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="B88" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="B92" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E92" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="B92" s="1" t="s">
+      <x:c r="F92" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C92" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="B93" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="B93" s="1" t="s">
+      <x:c r="C93" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E93" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="F93" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C93" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B94" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="B94" s="1" t="s">
+      <x:c r="C94" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E94" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F94" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C94" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="B95" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="B95" s="1" t="s">
+      <x:c r="C95" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E95" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F95" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C95" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E96" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F96" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="B96" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E101" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F101" s="4" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="G101" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="E101" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="D108" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C110" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D110" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E110" s="4" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F110" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="B110" s="1" t="s">
+      <x:c r="G110" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H110" s="4" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="B111" s="1" t="s">
+      <x:c r="C111" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D111" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="C111" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C112" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D112" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E112" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F112" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="B112" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D113" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="D113" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C115" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D115" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E115" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F115" s="4" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="G115" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H115" s="4" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="C116" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D116" s="4" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E116" s="4" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F116" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="B116" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C117" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D117" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="B117" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C132" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D132" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E132" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F132" s="4" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="G132" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H132" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A133" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C133" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D133" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E133" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="F133" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="B132" s="1" t="s">
+      <x:c r="G133" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H133" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A134" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C132" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F132" s="4" t="s">
+      <x:c r="B134" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C134" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D134" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E134" s="4" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="F134" s="4" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="G134" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H134" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A135" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C135" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D135" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E135" s="4" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F135" s="4" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="G135" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H135" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A136" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C136" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D136" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E136" s="4" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F136" s="4" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="G136" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H136" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A137" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="C137" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D137" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E137" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="F137" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="G137" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H137" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A138" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="C138" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D138" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E138" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="F138" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="G138" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H138" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A139" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C139" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D139" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E139" s="4" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F139" s="4" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="G139" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H139" s="4" t="s">
+        <x:v>458</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A140" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="C140" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D140" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E140" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="F140" s="4" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="G140" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H140" s="4" t="s">
+        <x:v>462</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A141" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C141" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D141" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E141" s="4" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="F141" s="4" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="G141" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H141" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A142" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C142" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D142" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="E142" s="4" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="F142" s="4" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="G142" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H142" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A143" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="C143" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D143" s="4" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E143" s="4" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="F143" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G132" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="H132" s="4" t="s">
+      <x:c r="G143" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H143" s="4" t="s">
+        <x:v>368</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A144" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="C144" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D144" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E144" s="4" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="F144" s="4" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="G144" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H144" s="4" t="s">
+        <x:v>368</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A145" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C145" s="4" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="D145" s="4" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E145" s="4" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="F145" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G145" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H145" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A146" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C146" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D146" s="4" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E146" s="4" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="F146" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G146" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H146" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>