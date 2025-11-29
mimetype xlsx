--- v1 (2025-11-08)
+++ v2 (2025-11-29)
@@ -1,305 +1,452 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6de59456f78479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bd55dd17df54c39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20251106" sheetId="1" r:id="R68266e43066f42a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20251128" sheetId="1" r:id="R131fdc497bbc4ffc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1168" uniqueCount="482">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1296" uniqueCount="528">
   <x:si>
     <x:t>Australian RMBS ETF - RMBS</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>28/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,386</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0236</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12,719</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0192</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17,896</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0165</x:t>
   </x:si>
   <x:si>
     <x:t>13,366</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0136</x:t>
   </x:si>
   <x:si>
     <x:t>-0.09</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18,868</x:t>
   </x:si>
   <x:si>
     <x:t>0.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1071</x:t>
   </x:si>
   <x:si>
     <x:t>25.16</x:t>
   </x:si>
   <x:si>
     <x:t>40</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1047</x:t>
   </x:si>
   <x:si>
     <x:t>25.15</x:t>
   </x:si>
   <x:si>
     <x:t>102</x:t>
   </x:si>
   <x:si>
-    <x:t>0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1025</x:t>
   </x:si>
   <x:si>
-    <x:t>25.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12,499</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0977</x:t>
   </x:si>
   <x:si>
     <x:t>8,385</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0949</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>23,895</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0859</x:t>
   </x:si>
   <x:si>
     <x:t>3,244</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0830</x:t>
   </x:si>
   <x:si>
     <x:t>417</x:t>
   </x:si>
   <x:si>
     <x:t>22/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0810</x:t>
   </x:si>
   <x:si>
     <x:t>3,064</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0783</x:t>
   </x:si>
   <x:si>
-    <x:t>25.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>930</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0757</x:t>
   </x:si>
   <x:si>
-    <x:t>25.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>6,374</x:t>
   </x:si>
   <x:si>
     <x:t>0.14</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0671</x:t>
   </x:si>
   <x:si>
-    <x:t>25.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,034</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0636</x:t>
   </x:si>
   <x:si>
-    <x:t>25.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5,001</x:t>
   </x:si>
   <x:si>
-    <x:t>0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0612</x:t>
   </x:si>
   <x:si>
     <x:t>24</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0597</x:t>
   </x:si>
   <x:si>
     <x:t>3,089</x:t>
   </x:si>
   <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0585</x:t>
   </x:si>
   <x:si>
     <x:t>3,415</x:t>
@@ -334,53 +481,50 @@
   <x:si>
     <x:t>25.0405</x:t>
   </x:si>
   <x:si>
     <x:t>145</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0376</x:t>
   </x:si>
   <x:si>
     <x:t>31</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0280</x:t>
   </x:si>
   <x:si>
-    <x:t>25.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>9,936</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27,773</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0212</x:t>
   </x:si>
   <x:si>
     <x:t>-0.10</x:t>
   </x:si>
   <x:si>
     <x:t>30,679</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
@@ -619,53 +763,50 @@
   <x:si>
     <x:t>1,597</x:t>
   </x:si>
   <x:si>
     <x:t>25/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0986</x:t>
   </x:si>
   <x:si>
     <x:t>11,490</x:t>
   </x:si>
   <x:si>
     <x:t>22/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0870</x:t>
   </x:si>
   <x:si>
     <x:t>8,430</x:t>
   </x:si>
   <x:si>
     <x:t>21/08/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>25.0837</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0814</x:t>
   </x:si>
   <x:si>
     <x:t>2,056</x:t>
   </x:si>
   <x:si>
     <x:t>19/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0788</x:t>
   </x:si>
   <x:si>
     <x:t>14,940</x:t>
   </x:si>
   <x:si>
     <x:t>18/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0758</x:t>
   </x:si>
   <x:si>
     <x:t>11,647</x:t>
@@ -1007,53 +1148,50 @@
     <x:t>25.0713</x:t>
   </x:si>
   <x:si>
     <x:t>5,000</x:t>
   </x:si>
   <x:si>
     <x:t>25/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0685</x:t>
   </x:si>
   <x:si>
     <x:t>4,117</x:t>
   </x:si>
   <x:si>
     <x:t>24/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0652</x:t>
   </x:si>
   <x:si>
     <x:t>1,349</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2025</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>25.0625</x:t>
   </x:si>
   <x:si>
     <x:t>10,451</x:t>
   </x:si>
   <x:si>
     <x:t>20/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0528</x:t>
   </x:si>
   <x:si>
     <x:t>46</x:t>
   </x:si>
   <x:si>
     <x:t>-0.01</x:t>
   </x:si>
   <x:si>
     <x:t>-0.05</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0241</x:t>
   </x:si>
@@ -1516,56 +1654,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97e5c76830bc4392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R979f66a4ddfd4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R68266e43066f42a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R300b94d6eac648a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R79551f84f52f4be0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R131fdc497bbc4ffc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H147"/>
+  <x:dimension ref="A1:H163"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -1605,3755 +1743,4171 @@
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8" ht="15" customHeight="1">
       <x:c r="A3" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B3" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D3" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E3" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F3" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G3" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H3" s="4" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="B4" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C4" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H5" s="4" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D6" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E6" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F6" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D6" s="4" t="s">
+      <x:c r="G6" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H6" s="4" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F8" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G8" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H8" s="4" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G12" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H12" s="4" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="B15" s="1" t="s">
+      <x:c r="F15" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C15" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E15" s="4" t="s">
+      <x:c r="G15" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H15" s="4" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B16" s="1" t="s">
+      <x:c r="F16" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="C16" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="B17" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F22" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G22" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H22" s="4" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="B23" s="1" t="s">
+      <x:c r="C23" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F27" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="F27" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F28" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="B28" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
+      <x:c r="C29" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F29" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C29" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F30" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="G43" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H43" s="4" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B45" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F46" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="B46" s="1" t="s">
+      <x:c r="G46" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H46" s="4" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="B47" s="1" t="s">
+      <x:c r="C47" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F47" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F47" s="4" t="s">
+      <x:c r="G47" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H47" s="4" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H58" s="4" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H65" s="4" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F74" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="B74" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="B75" s="1" t="s">
+      <x:c r="C75" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E75" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F75" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C75" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="B76" s="1" t="s">
+      <x:c r="C76" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F76" s="4" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="B77" s="1" t="s">
+      <x:c r="C77" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E77" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F77" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C77" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="B78" s="1" t="s">
+      <x:c r="C78" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F78" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C78" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F79" s="4" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E80" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F80" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="B80" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="B81" s="1" t="s">
+      <x:c r="C81" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F81" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="B82" s="1" t="s">
+      <x:c r="C82" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F82" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C82" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F82" s="4" t="s">
+      <x:c r="G82" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H82" s="4" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="B85" s="1" t="s">
+      <x:c r="C85" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E85" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F85" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="B86" s="1" t="s">
+      <x:c r="C86" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E86" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F86" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C86" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="B87" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C87" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D87" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E87" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F87" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="B87" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C88" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D88" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E88" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="B88" s="1" t="s">
+      <x:c r="F88" s="4" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E89" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F89" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="B89" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E90" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F90" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="B90" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E91" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F91" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="G91" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="E91" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="G91" s="4" t="s">
+      <x:c r="H91" s="4" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F93" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="F93" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C106" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D106" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E106" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F106" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="B106" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C107" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D107" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E107" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F107" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="B107" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C108" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E108" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="B108" s="1" t="s">
+      <x:c r="F108" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="C108" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="B109" s="1" t="s">
+      <x:c r="C109" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E109" s="4" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="F109" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C109" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C110" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D110" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E110" s="4" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="F110" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="B110" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C112" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D112" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E112" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F112" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="C112" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E113" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F113" s="4" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="G113" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="E113" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H114" s="4" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H124" s="4" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="C126" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D126" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E126" s="4" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="F126" s="4" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G126" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H126" s="4" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H140" s="4" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E141" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F141" s="4" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="G141" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="E141" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="C146" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D146" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E146" s="4" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="F146" s="4" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="G146" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H146" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A147" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="B147" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="C147" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D147" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E147" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="F147" s="4" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="G147" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H147" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A148" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="B146" s="1" t="s">
+      <x:c r="B148" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="C146" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F146" s="4" t="s">
+      <x:c r="C148" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D148" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E148" s="4" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="F148" s="4" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="G148" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H148" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A149" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="B149" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C149" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D149" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E149" s="4" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F149" s="4" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="G149" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H149" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A150" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="B150" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="C150" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D150" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E150" s="4" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="F150" s="4" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="G150" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H150" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A151" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="B151" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C151" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D151" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E151" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="F151" s="4" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="G151" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H151" s="4" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A152" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="B152" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="C152" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D152" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E152" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="F152" s="4" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="G152" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H152" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A153" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="B153" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C153" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D153" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E153" s="4" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F153" s="4" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="G153" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H153" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A154" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="B154" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C154" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D154" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E154" s="4" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F154" s="4" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="G154" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H154" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A155" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="B155" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C155" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D155" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E155" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="F155" s="4" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="G155" s="4" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H155" s="4" t="s">
+        <x:v>504</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A156" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="B156" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="C156" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D156" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E156" s="4" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F156" s="4" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="G156" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H156" s="4" t="s">
+        <x:v>508</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A157" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="B157" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="C157" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D157" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E157" s="4" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="F157" s="4" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="G157" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H157" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A158" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="B158" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="C158" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D158" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E158" s="4" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="F158" s="4" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="G158" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H158" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A159" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="B159" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C159" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D159" s="4" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E159" s="4" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="F159" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G146" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>12</x:v>
+      <x:c r="G159" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H159" s="4" t="s">
+        <x:v>414</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A160" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C160" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D160" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E160" s="4" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="F160" s="4" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="G160" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H160" s="4" t="s">
+        <x:v>414</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A161" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C161" s="4" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D161" s="4" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="E161" s="4" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F161" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G161" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H161" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A162" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C162" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D162" s="4" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E162" s="4" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F162" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G162" s="4" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H162" s="4" t="s">
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>