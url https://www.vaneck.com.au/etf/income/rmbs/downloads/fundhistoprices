--- v2 (2025-11-29)
+++ v3 (2025-12-13)
@@ -1,278 +1,392 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bd55dd17df54c39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc58ea4a688644628" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20251128" sheetId="1" r:id="R131fdc497bbc4ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20251212" sheetId="1" r:id="Rd4964ef00d294894"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1296" uniqueCount="528">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1376" uniqueCount="558">
   <x:si>
     <x:t>Australian RMBS ETF - RMBS</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>12/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0956</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
     <x:t>25.14</x:t>
   </x:si>
   <x:si>
     <x:t>635</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0864</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,174</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0837</x:t>
   </x:si>
   <x:si>
     <x:t>25.13</x:t>
   </x:si>
   <x:si>
     <x:t>5,133</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0811</x:t>
   </x:si>
   <x:si>
     <x:t>1,886</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0785</x:t>
   </x:si>
   <x:si>
     <x:t>1,868</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0697</x:t>
   </x:si>
   <x:si>
     <x:t>25.12</x:t>
   </x:si>
   <x:si>
     <x:t>2,146</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0670</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5,849</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0625</x:t>
   </x:si>
   <x:si>
     <x:t>25.10</x:t>
   </x:si>
   <x:si>
     <x:t>24,969</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0601</x:t>
   </x:si>
   <x:si>
     <x:t>25.11</x:t>
   </x:si>
   <x:si>
     <x:t>17,257</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0578</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8,905</x:t>
   </x:si>
   <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0493</x:t>
   </x:si>
   <x:si>
     <x:t>8,193</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0458</x:t>
   </x:si>
   <x:si>
     <x:t>5,895</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0434</x:t>
   </x:si>
   <x:si>
-    <x:t>25.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>51,077</x:t>
   </x:si>
   <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0389</x:t>
   </x:si>
   <x:si>
-    <x:t>25.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10,050</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0352</x:t>
   </x:si>
   <x:si>
-    <x:t>25.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>7,312</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0264</x:t>
   </x:si>
   <x:si>
     <x:t>10,386</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0236</x:t>
   </x:si>
   <x:si>
     <x:t>12,719</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0192</x:t>
@@ -280,56 +394,50 @@
   <x:si>
     <x:t>17,896</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0165</x:t>
   </x:si>
   <x:si>
     <x:t>13,366</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0136</x:t>
   </x:si>
   <x:si>
     <x:t>-0.09</x:t>
   </x:si>
   <x:si>
     <x:t>18,868</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1071</x:t>
   </x:si>
   <x:si>
     <x:t>25.16</x:t>
   </x:si>
   <x:si>
     <x:t>40</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1047</x:t>
   </x:si>
   <x:si>
     <x:t>25.15</x:t>
   </x:si>
   <x:si>
     <x:t>102</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
@@ -499,53 +607,50 @@
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0280</x:t>
   </x:si>
   <x:si>
     <x:t>9,936</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27,773</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0212</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30,679</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1191</x:t>
   </x:si>
   <x:si>
     <x:t>23</x:t>
   </x:si>
   <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1128</x:t>
   </x:si>
   <x:si>
     <x:t>179</x:t>
   </x:si>
   <x:si>
     <x:t>0.07</x:t>
@@ -883,53 +988,50 @@
   <x:si>
     <x:t>05/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0366</x:t>
   </x:si>
   <x:si>
     <x:t>994</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0335</x:t>
   </x:si>
   <x:si>
     <x:t>6,798</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0242</x:t>
   </x:si>
   <x:si>
-    <x:t>25.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>6,069</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1261</x:t>
   </x:si>
   <x:si>
     <x:t>3,105</x:t>
   </x:si>
   <x:si>
     <x:t>30/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0982</x:t>
   </x:si>
   <x:si>
     <x:t>1,356</x:t>
   </x:si>
   <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0951</x:t>
@@ -1012,92 +1114,83 @@
   <x:si>
     <x:t>25.0323</x:t>
   </x:si>
   <x:si>
     <x:t>5,362</x:t>
   </x:si>
   <x:si>
     <x:t>15/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0294</x:t>
   </x:si>
   <x:si>
     <x:t>1,329</x:t>
   </x:si>
   <x:si>
     <x:t>14/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0272</x:t>
   </x:si>
   <x:si>
     <x:t>1,014</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0173</x:t>
   </x:si>
   <x:si>
     <x:t>1,604</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0144</x:t>
   </x:si>
   <x:si>
-    <x:t>25.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4,000</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0113</x:t>
   </x:si>
   <x:si>
     <x:t>1,069</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0043</x:t>
   </x:si>
   <x:si>
-    <x:t>25.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17,480</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9973</x:t>
   </x:si>
   <x:si>
     <x:t>2,994</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9925</x:t>
   </x:si>
   <x:si>
     <x:t>25.04</x:t>
   </x:si>
   <x:si>
     <x:t>76</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2025</x:t>
@@ -1388,53 +1481,50 @@
     <x:t>22/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0355</x:t>
   </x:si>
   <x:si>
     <x:t>226</x:t>
   </x:si>
   <x:si>
     <x:t>21/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0325</x:t>
   </x:si>
   <x:si>
     <x:t>2,006</x:t>
   </x:si>
   <x:si>
     <x:t>20/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0304</x:t>
   </x:si>
   <x:si>
     <x:t>14,246</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>19/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0275</x:t>
   </x:si>
   <x:si>
     <x:t>1,167</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0176</x:t>
   </x:si>
   <x:si>
     <x:t>346</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9766</x:t>
   </x:si>
@@ -1654,56 +1744,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R300b94d6eac648a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R79551f84f52f4be0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R131fdc497bbc4ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e3aeeac646548a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9b86078903784711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4964ef00d294894" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H163"/>
+  <x:dimension ref="A1:H173"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -1743,4171 +1833,4431 @@
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8" ht="15" customHeight="1">
       <x:c r="A3" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B3" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D3" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E3" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F3" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G3" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H3" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H4" s="4" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
+      <x:c r="C5" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D5" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="C5" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E5" s="4" t="s">
+      <x:c r="F5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G5" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="C9" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F15" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G15" s="4" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H15" s="4" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="B36" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F107" s="4" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="G107" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H107" s="4" t="s">
         <x:v>350</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F126" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="F126" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="G128" s="4" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="H128" s="4" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
+      <x:c r="C131" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D131" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E131" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F131" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="C131" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="C132" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D132" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E132" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F132" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="B132" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C135" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D135" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E135" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="B135" s="1" t="s">
+      <x:c r="F135" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C135" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="B136" s="1" t="s">
+      <x:c r="C136" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D136" s="4" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E136" s="4" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F145" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="F145" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="B146" s="1" t="s">
+      <x:c r="C146" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D146" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E146" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F146" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="C146" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="B147" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="B147" s="1" t="s">
+      <x:c r="C147" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D147" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E147" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F147" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="C147" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="B148" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="B148" s="1" t="s">
+      <x:c r="C148" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D148" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E148" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F148" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="C148" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="B149" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="B149" s="1" t="s">
+      <x:c r="C149" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D149" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E149" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F149" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="C149" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="B150" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="B150" s="1" t="s">
+      <x:c r="C150" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D150" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E150" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F150" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="C150" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="B151" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="C151" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D151" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E151" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F151" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="B151" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="B152" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="C152" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D152" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E152" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F152" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="B152" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="B153" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="C153" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D153" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E153" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F153" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="B153" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="B154" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="C154" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D154" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E154" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F154" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="B154" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="B155" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="B155" s="1" t="s">
+      <x:c r="C155" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D155" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E155" s="4" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="B156" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="B156" s="1" t="s">
+      <x:c r="C156" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D156" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E156" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F156" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="C156" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="B157" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="C157" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D157" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E157" s="4" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="F157" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="B157" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="C160" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D160" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E160" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="C160" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E160" s="4" t="s">
+      <x:c r="F160" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="F160" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C161" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D161" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E161" s="4" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="F161" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="B161" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C162" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D162" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E162" s="4" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="F162" s="4" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="G162" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H162" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A163" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="B162" s="1" t="s">
+      <x:c r="B163" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="C162" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F162" s="4" t="s">
+      <x:c r="C163" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D163" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E163" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="F163" s="4" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="G163" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H163" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A164" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="C164" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D164" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E164" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="F164" s="4" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="G164" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H164" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A165" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="C165" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D165" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E165" s="4" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="F165" s="4" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="G165" s="4" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H165" s="4" t="s">
+        <x:v>534</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A166" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C166" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D166" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E166" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="F166" s="4" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="G166" s="4" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H166" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A167" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="C167" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D167" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E167" s="4" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="F167" s="4" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="G167" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H167" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A168" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C168" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D168" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E168" s="4" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="F168" s="4" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="G168" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H168" s="4" t="s">
+        <x:v>163</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A169" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C169" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D169" s="4" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E169" s="4" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F169" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G162" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>19</x:v>
+      <x:c r="G169" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H169" s="4" t="s">
+        <x:v>445</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A170" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C170" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D170" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E170" s="4" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F170" s="4" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="G170" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H170" s="4" t="s">
+        <x:v>445</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A171" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="B171" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="C171" s="4" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="D171" s="4" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="E171" s="4" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="F171" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G171" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H171" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A172" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="B172" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="C172" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D172" s="4" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E172" s="4" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="F172" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G172" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H172" s="4" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>