--- v3 (2025-12-13)
+++ v4 (2026-01-07)
@@ -1,242 +1,410 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc58ea4a688644628" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a6f2a5377d74162" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20251212" sheetId="1" r:id="Rd4964ef00d294894"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260107" sheetId="1" r:id="R725986a7378d4980"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1376" uniqueCount="558">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1520" uniqueCount="605">
   <x:si>
     <x:t>Australian RMBS ETF - RMBS</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,061</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0314</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>3,134</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0291</x:t>
   </x:si>
   <x:si>
     <x:t>1,840</x:t>
   </x:si>
   <x:si>
-    <x:t>0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0269</x:t>
   </x:si>
   <x:si>
     <x:t>25.08</x:t>
   </x:si>
   <x:si>
     <x:t>19,311</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0237</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>6,447</x:t>
   </x:si>
   <x:si>
     <x:t>0.19</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0187</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,157</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0102</x:t>
   </x:si>
   <x:si>
     <x:t>25.06</x:t>
   </x:si>
   <x:si>
     <x:t>4,209</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0071</x:t>
   </x:si>
   <x:si>
     <x:t>4,148</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0045</x:t>
   </x:si>
   <x:si>
     <x:t>6,842</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0014</x:t>
   </x:si>
   <x:si>
     <x:t>25.05</x:t>
   </x:si>
   <x:si>
     <x:t>3,626</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9985</x:t>
   </x:si>
   <x:si>
     <x:t>-0.10</x:t>
   </x:si>
   <x:si>
     <x:t>25.03</x:t>
   </x:si>
   <x:si>
     <x:t>4,107</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0956</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>635</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0864</x:t>
   </x:si>
   <x:si>
     <x:t>3,174</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0837</x:t>
   </x:si>
   <x:si>
     <x:t>25.13</x:t>
   </x:si>
   <x:si>
     <x:t>5,133</x:t>
@@ -244,134 +412,122 @@
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0811</x:t>
   </x:si>
   <x:si>
     <x:t>1,886</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0785</x:t>
   </x:si>
   <x:si>
     <x:t>1,868</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0697</x:t>
   </x:si>
   <x:si>
-    <x:t>25.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,146</x:t>
   </x:si>
   <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0670</x:t>
   </x:si>
   <x:si>
     <x:t>5,849</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0625</x:t>
   </x:si>
   <x:si>
-    <x:t>25.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24,969</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0601</x:t>
   </x:si>
   <x:si>
-    <x:t>25.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17,257</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0578</x:t>
   </x:si>
   <x:si>
     <x:t>8,905</x:t>
   </x:si>
   <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0493</x:t>
   </x:si>
   <x:si>
     <x:t>8,193</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0458</x:t>
   </x:si>
   <x:si>
     <x:t>5,895</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0434</x:t>
   </x:si>
   <x:si>
     <x:t>51,077</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0389</x:t>
   </x:si>
   <x:si>
     <x:t>10,050</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0352</x:t>
   </x:si>
   <x:si>
     <x:t>7,312</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0264</x:t>
   </x:si>
   <x:si>
     <x:t>10,386</x:t>
@@ -400,101 +556,92 @@
   <x:si>
     <x:t>25.0165</x:t>
   </x:si>
   <x:si>
     <x:t>13,366</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0136</x:t>
   </x:si>
   <x:si>
     <x:t>-0.09</x:t>
   </x:si>
   <x:si>
     <x:t>18,868</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1071</x:t>
   </x:si>
   <x:si>
-    <x:t>25.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>40</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1047</x:t>
   </x:si>
   <x:si>
-    <x:t>25.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>102</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1025</x:t>
   </x:si>
   <x:si>
     <x:t>12,499</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0977</x:t>
   </x:si>
   <x:si>
     <x:t>8,385</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0949</x:t>
   </x:si>
   <x:si>
     <x:t>23,895</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>25.0859</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,244</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0830</x:t>
   </x:si>
   <x:si>
     <x:t>417</x:t>
   </x:si>
   <x:si>
     <x:t>22/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0810</x:t>
   </x:si>
   <x:si>
     <x:t>3,064</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0783</x:t>
@@ -631,53 +778,50 @@
   <x:si>
     <x:t>30,679</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1191</x:t>
   </x:si>
   <x:si>
     <x:t>23</x:t>
   </x:si>
   <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1128</x:t>
   </x:si>
   <x:si>
     <x:t>179</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1032</x:t>
   </x:si>
   <x:si>
     <x:t>355</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1005</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0987</x:t>
   </x:si>
   <x:si>
     <x:t>4,970</x:t>
@@ -1343,53 +1487,50 @@
     <x:t>25.00</x:t>
   </x:si>
   <x:si>
     <x:t>7,195</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9901</x:t>
   </x:si>
   <x:si>
     <x:t>25.02</x:t>
   </x:si>
   <x:si>
     <x:t>10,806</x:t>
   </x:si>
   <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9777</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>2,951</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9746</x:t>
   </x:si>
   <x:si>
     <x:t>8,106</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9686</x:t>
   </x:si>
   <x:si>
     <x:t>58,962</x:t>
   </x:si>
@@ -1744,56 +1885,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e3aeeac646548a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9b86078903784711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4964ef00d294894" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4977865a09748db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raa11d560319642b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R725986a7378d4980" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H173"/>
+  <x:dimension ref="A1:H191"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -1859,4405 +2000,4873 @@
       </x:c>
       <x:c r="H3" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D6" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="E8" s="4" t="s">
+      <x:c r="F8" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F8" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
+      <x:c r="F9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="C9" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F9" s="4" t="s">
+      <x:c r="G9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="G9" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H20" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F36" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="F36" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H41" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H44" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E77" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F77" s="4" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="G77" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H77" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F78" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="G78" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H78" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H83" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H89" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E90" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F90" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="B90" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E91" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F91" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="B91" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="B92" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E92" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F92" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="B92" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="B95" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E95" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F95" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="B95" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C97" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D97" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E97" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F97" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="B97" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E98" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F98" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="B98" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H100" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E122" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F122" s="4" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="G122" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H122" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H157" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="B172" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="C172" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D172" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E172" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F172" s="4" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="G172" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H172" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A173" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="B173" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C173" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D173" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E173" s="4" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F173" s="4" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="G173" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H173" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A174" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="B174" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="C174" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D174" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E174" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F174" s="4" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="G174" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H174" s="4" t="s">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A175" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="C175" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D175" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E175" s="4" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F175" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="B172" s="1" t="s">
+      <x:c r="G175" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H175" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A176" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="C172" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F172" s="4" t="s">
+      <x:c r="B176" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="C176" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D176" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E176" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F176" s="4" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="G176" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H176" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A177" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="B177" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="C177" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D177" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E177" s="4" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="F177" s="4" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="G177" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H177" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A178" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="C178" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D178" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E178" s="4" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="F178" s="4" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="G178" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H178" s="4" t="s">
+        <x:v>212</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A179" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="B179" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="C179" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D179" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E179" s="4" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F179" s="4" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="G179" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H179" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A180" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B180" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="C180" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D180" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E180" s="4" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F180" s="4" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="G180" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H180" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A181" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="B181" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="C181" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D181" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="E181" s="4" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="F181" s="4" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="G181" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H181" s="4" t="s">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A182" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="B182" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="C182" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D182" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E182" s="4" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="F182" s="4" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="G182" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H182" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A183" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="B183" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="C183" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D183" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E183" s="4" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F183" s="4" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="G183" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H183" s="4" t="s">
+        <x:v>581</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A184" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="B184" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="C184" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D184" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E184" s="4" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="F184" s="4" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="G184" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H184" s="4" t="s">
+        <x:v>585</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A185" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="B185" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C185" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D185" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E185" s="4" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="F185" s="4" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="G185" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H185" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A186" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="B186" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="C186" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D186" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E186" s="4" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="F186" s="4" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="G186" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H186" s="4" t="s">
+        <x:v>212</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A187" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="B187" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C187" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D187" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E187" s="4" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="F187" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G172" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="H172" s="4" t="s">
+      <x:c r="G187" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H187" s="4" t="s">
+        <x:v>493</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A188" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="B188" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C188" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D188" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E188" s="4" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="F188" s="4" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="G188" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H188" s="4" t="s">
+        <x:v>493</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A189" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="B189" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="C189" s="4" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="D189" s="4" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="E189" s="4" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="F189" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G189" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H189" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A190" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="B190" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C190" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D190" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E190" s="4" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="F190" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G190" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H190" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>