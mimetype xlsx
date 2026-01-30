--- v4 (2026-01-07)
+++ v5 (2026-01-30)
@@ -1,416 +1,566 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a6f2a5377d74162" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d2b407f8354cf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260107" sheetId="1" r:id="R725986a7378d4980"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260129" sheetId="1" r:id="Re3afc85bc9424281"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1520" uniqueCount="605">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1648" uniqueCount="652">
   <x:si>
     <x:t>Australian RMBS ETF - RMBS</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>29/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.1069</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.01</x:t>
+    <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>25.16</x:t>
   </x:si>
   <x:si>
     <x:t>118</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.1041</x:t>
   </x:si>
   <x:si>
     <x:t>1,501</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.1012</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>605</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0921</x:t>
   </x:si>
   <x:si>
     <x:t>25.15</x:t>
   </x:si>
   <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0859</x:t>
   </x:si>
   <x:si>
-    <x:t>0</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.14</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>89</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0833</x:t>
   </x:si>
   <x:si>
-    <x:t>25.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>816</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0803</x:t>
   </x:si>
   <x:si>
     <x:t>9,429</x:t>
   </x:si>
   <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0654</x:t>
   </x:si>
   <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>3,494</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0626</x:t>
   </x:si>
   <x:si>
     <x:t>476</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0600</x:t>
   </x:si>
   <x:si>
     <x:t>9,678</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0510</x:t>
   </x:si>
   <x:si>
     <x:t>1,729</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0485</x:t>
   </x:si>
   <x:si>
-    <x:t>25.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,221</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0437</x:t>
   </x:si>
   <x:si>
-    <x:t>25.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13,215</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0413</x:t>
   </x:si>
   <x:si>
     <x:t>10,914</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0388</x:t>
   </x:si>
   <x:si>
-    <x:t>25.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5,061</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0314</x:t>
   </x:si>
   <x:si>
     <x:t>3,134</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0291</x:t>
   </x:si>
   <x:si>
     <x:t>1,840</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0269</x:t>
   </x:si>
   <x:si>
-    <x:t>25.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19,311</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0237</x:t>
   </x:si>
   <x:si>
     <x:t>6,447</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0187</x:t>
   </x:si>
   <x:si>
     <x:t>2,157</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0102</x:t>
   </x:si>
   <x:si>
-    <x:t>25.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4,209</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0071</x:t>
   </x:si>
   <x:si>
     <x:t>4,148</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0045</x:t>
   </x:si>
   <x:si>
     <x:t>6,842</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0014</x:t>
   </x:si>
   <x:si>
-    <x:t>25.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,626</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9985</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.10</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>4,107</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0956</x:t>
   </x:si>
   <x:si>
     <x:t>635</x:t>
   </x:si>
   <x:si>
-    <x:t>0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0864</x:t>
   </x:si>
   <x:si>
     <x:t>3,174</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0837</x:t>
   </x:si>
   <x:si>
     <x:t>25.13</x:t>
   </x:si>
   <x:si>
     <x:t>5,133</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0811</x:t>
@@ -718,53 +868,50 @@
   <x:si>
     <x:t>25.0464</x:t>
   </x:si>
   <x:si>
     <x:t>8,698</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0435</x:t>
   </x:si>
   <x:si>
     <x:t>13,031</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0405</x:t>
   </x:si>
   <x:si>
     <x:t>145</x:t>
   </x:si>
   <x:si>
-    <x:t>0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0376</x:t>
   </x:si>
   <x:si>
     <x:t>31</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0280</x:t>
   </x:si>
   <x:si>
     <x:t>9,936</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27,773</x:t>
@@ -1195,75 +1342,69 @@
   <x:si>
     <x:t>25/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0826</x:t>
   </x:si>
   <x:si>
     <x:t>2,778</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0795</x:t>
   </x:si>
   <x:si>
     <x:t>23/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0767</x:t>
   </x:si>
   <x:si>
     <x:t>2,714</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0737</x:t>
   </x:si>
   <x:si>
     <x:t>21/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0475</x:t>
   </x:si>
   <x:si>
     <x:t>27,947</x:t>
   </x:si>
   <x:si>
     <x:t>18/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0378</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>3,590</x:t>
   </x:si>
   <x:si>
     <x:t>17/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0350</x:t>
   </x:si>
   <x:si>
     <x:t>25,410</x:t>
   </x:si>
   <x:si>
     <x:t>16/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0323</x:t>
   </x:si>
   <x:si>
     <x:t>5,362</x:t>
   </x:si>
   <x:si>
     <x:t>15/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0294</x:t>
   </x:si>
@@ -1885,56 +2026,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4977865a09748db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raa11d560319642b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R725986a7378d4980" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37124531c0424d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdf9d821c40224aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re3afc85bc9424281" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H191"/>
+  <x:dimension ref="A1:H207"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -2000,4873 +2141,5289 @@
       </x:c>
       <x:c r="H3" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H4" s="4" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
+      <x:c r="C5" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D5" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="C5" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D5" s="4" t="s">
+      <x:c r="F5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="E5" s="4" t="s">
+      <x:c r="G5" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H5" s="4" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D6" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E6" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="F6" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G6" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="C6" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E6" s="4" t="s">
+      <x:c r="H6" s="4" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F8" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F8" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="G11" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H11" s="4" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="B15" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H19" s="4" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="B39" s="1" t="s">
+      <x:c r="C39" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F39" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G39" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="B40" s="1" t="s">
+      <x:c r="C40" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F40" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F41" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="B41" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G41" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F42" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="B42" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G42" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="B43" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="B44" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="B45" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F46" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B46" s="1" t="s">
+      <x:c r="G46" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H46" s="4" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="B47" s="1" t="s">
+      <x:c r="C47" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F47" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="B48" s="1" t="s">
+      <x:c r="C48" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F48" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C48" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G48" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="B49" s="1" t="s">
+      <x:c r="C49" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F50" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="B51" s="1" t="s">
+      <x:c r="C51" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F51" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G51" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="B52" s="1" t="s">
+      <x:c r="C52" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F52" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G52" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="B53" s="1" t="s">
+      <x:c r="C53" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="B54" s="1" t="s">
+      <x:c r="C54" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F54" s="4" t="s">
+      <x:c r="G54" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F82" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="B82" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C138" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D138" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E138" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F138" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="B138" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="B141" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C141" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="B143" s="1" t="s">
+      <x:c r="C143" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D143" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E143" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F143" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="C143" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="B144" s="1" t="s">
+      <x:c r="C144" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D144" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E144" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F144" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="C144" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="B145" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B147" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="C147" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D147" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E147" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F147" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="B147" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="B148" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C148" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D148" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E148" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F148" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="B148" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="B149" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="B149" s="1" t="s">
+      <x:c r="C149" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D149" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E149" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F149" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="C149" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G149" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="B150" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="B150" s="1" t="s">
+      <x:c r="C150" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D150" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E150" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F150" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="C150" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="B151" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="B151" s="1" t="s">
+      <x:c r="C151" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D151" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E151" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F151" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="C151" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="B152" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="B152" s="1" t="s">
+      <x:c r="C152" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D152" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E152" s="4" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="F153" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="F153" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="B154" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="B154" s="1" t="s">
+      <x:c r="C154" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D154" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E154" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F154" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C154" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="B157" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C157" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D157" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E157" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F157" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="B157" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="B158" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C158" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D158" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E158" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F158" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="B158" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="B159" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C159" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D159" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E159" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F159" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="B159" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G159" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H159" s="4" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="C162" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D162" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="E162" s="4" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="F162" s="4" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="G162" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="C162" s="4" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="C163" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D163" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E163" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F163" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="B163" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="C169" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D169" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E169" s="4" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F169" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="B169" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="C170" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D170" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E170" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="B170" s="1" t="s">
+      <x:c r="F170" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="C170" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F170" s="4" t="s">
+      <x:c r="G170" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H170" s="4" t="s">
         <x:v>540</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="B172" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C172" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D172" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E172" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F172" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="B172" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="B173" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="C173" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D173" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E173" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F173" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="B173" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="C175" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D175" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E175" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F175" s="4" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="G175" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H175" s="4" t="s">
         <x:v>554</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="B176" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="C176" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D176" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="B176" s="1" t="s">
+      <x:c r="E176" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="F176" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="C176" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="B177" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="B177" s="1" t="s">
+      <x:c r="C177" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D177" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="C177" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="C178" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D178" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E178" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F178" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="B178" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="B183" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="C183" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D183" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E183" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F183" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="B183" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="B190" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="C190" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D190" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E190" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F190" s="4" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="G190" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H190" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A191" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="B191" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="C191" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D191" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E191" s="4" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="F191" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="B190" s="1" t="s">
+      <x:c r="G191" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H191" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A192" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="C190" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F190" s="4" t="s">
+      <x:c r="B192" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="C192" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D192" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E192" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F192" s="4" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="G192" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H192" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A193" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="B193" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="C193" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D193" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E193" s="4" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F193" s="4" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="G193" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H193" s="4" t="s">
+        <x:v>201</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A194" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="B194" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="C194" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D194" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E194" s="4" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="F194" s="4" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="G194" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H194" s="4" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A195" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="B195" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="C195" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D195" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E195" s="4" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="F195" s="4" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="G195" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H195" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A196" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="B196" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="C196" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D196" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E196" s="4" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="F196" s="4" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="G196" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H196" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A197" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="B197" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C197" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D197" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E197" s="4" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F197" s="4" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="G197" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H197" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A198" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="B198" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="C198" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D198" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E198" s="4" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F198" s="4" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="G198" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H198" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A199" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="B199" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="C199" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D199" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E199" s="4" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="F199" s="4" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="G199" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H199" s="4" t="s">
+        <x:v>628</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A200" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="B200" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="C200" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D200" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E200" s="4" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F200" s="4" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="G200" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H200" s="4" t="s">
+        <x:v>632</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A201" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="B201" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C201" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D201" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E201" s="4" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="F201" s="4" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="G201" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H201" s="4" t="s">
+        <x:v>201</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A202" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="B202" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="C202" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D202" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="E202" s="4" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="F202" s="4" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="G202" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H202" s="4" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A203" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="B203" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="C203" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D203" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E203" s="4" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="F203" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G190" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="H190" s="4" t="s">
+      <x:c r="G203" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H203" s="4" t="s">
+        <x:v>540</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A204" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="B204" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="C204" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D204" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E204" s="4" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="F204" s="4" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="G204" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H204" s="4" t="s">
+        <x:v>540</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A205" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="B205" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="C205" s="4" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="D205" s="4" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="E205" s="4" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="F205" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G205" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H205" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A206" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="C206" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D206" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E206" s="4" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="F206" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G206" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H206" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>