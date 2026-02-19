--- v5 (2026-01-30)
+++ v6 (2026-02-19)
@@ -1,278 +1,428 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d2b407f8354cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d98d48c0a4424e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260129" sheetId="1" r:id="Re3afc85bc9424281"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260218" sheetId="1" r:id="Rb5afde7be35746ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1648" uniqueCount="652">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1768" uniqueCount="693">
   <x:si>
     <x:t>Australian RMBS ETF - RMBS</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>18/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,308</x:t>
+  </x:si>
+  <x:si>
     <x:t>29/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0701</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25.12</x:t>
   </x:si>
   <x:si>
     <x:t>6,284</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>28/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0675</x:t>
   </x:si>
   <x:si>
     <x:t>10,376</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0650</x:t>
   </x:si>
   <x:si>
     <x:t>25.11</x:t>
   </x:si>
   <x:si>
     <x:t>7,722</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>26/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0527</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
-    <x:t>25.07</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>0.07</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>4,479</x:t>
   </x:si>
   <x:si>
     <x:t>22/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0506</x:t>
   </x:si>
   <x:si>
     <x:t>25.10</x:t>
   </x:si>
   <x:si>
     <x:t>6,494</x:t>
   </x:si>
   <x:si>
     <x:t>21/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0477</x:t>
   </x:si>
   <x:si>
     <x:t>4,706</x:t>
   </x:si>
   <x:si>
     <x:t>20/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0447</x:t>
   </x:si>
   <x:si>
-    <x:t>25.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0425</x:t>
   </x:si>
   <x:si>
     <x:t>0.03</x:t>
   </x:si>
   <x:si>
     <x:t>25.09</x:t>
   </x:si>
   <x:si>
     <x:t>300</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0343</x:t>
   </x:si>
   <x:si>
     <x:t>5,829</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0299</x:t>
   </x:si>
   <x:si>
-    <x:t>25.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,320</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0274</x:t>
   </x:si>
   <x:si>
-    <x:t>25.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>6,749</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0253</x:t>
   </x:si>
   <x:si>
     <x:t>4,212</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0233</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,590</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0123</x:t>
   </x:si>
   <x:si>
-    <x:t>25.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,953</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0094</x:t>
   </x:si>
   <x:si>
     <x:t>-0.10</x:t>
   </x:si>
   <x:si>
     <x:t>-0.39</x:t>
   </x:si>
   <x:si>
     <x:t>7,276</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.1069</x:t>
@@ -295,92 +445,86 @@
   <x:si>
     <x:t>1,501</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.1012</x:t>
   </x:si>
   <x:si>
     <x:t>605</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0921</x:t>
   </x:si>
   <x:si>
     <x:t>25.15</x:t>
   </x:si>
   <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0859</x:t>
   </x:si>
   <x:si>
     <x:t>25.14</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>89</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0833</x:t>
   </x:si>
   <x:si>
     <x:t>816</x:t>
   </x:si>
   <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0803</x:t>
   </x:si>
   <x:si>
     <x:t>9,429</x:t>
   </x:si>
   <x:si>
-    <x:t>0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0654</x:t>
   </x:si>
   <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>3,494</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0626</x:t>
   </x:si>
   <x:si>
     <x:t>476</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
@@ -532,53 +676,50 @@
   <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0956</x:t>
   </x:si>
   <x:si>
     <x:t>635</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0864</x:t>
   </x:si>
   <x:si>
     <x:t>3,174</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0837</x:t>
   </x:si>
   <x:si>
-    <x:t>25.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5,133</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0811</x:t>
   </x:si>
   <x:si>
     <x:t>1,886</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0785</x:t>
   </x:si>
   <x:si>
     <x:t>1,868</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0697</x:t>
@@ -664,83 +805,77 @@
   <x:si>
     <x:t>10,050</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0352</x:t>
   </x:si>
   <x:si>
     <x:t>7,312</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0264</x:t>
   </x:si>
   <x:si>
     <x:t>10,386</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>25.0236</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12,719</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0192</x:t>
   </x:si>
   <x:si>
     <x:t>17,896</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0165</x:t>
   </x:si>
   <x:si>
     <x:t>13,366</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0136</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18,868</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1071</x:t>
   </x:si>
   <x:si>
     <x:t>40</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1047</x:t>
   </x:si>
   <x:si>
     <x:t>102</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1025</x:t>
@@ -1090,53 +1225,50 @@
   <x:si>
     <x:t>9,912</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0367</x:t>
   </x:si>
   <x:si>
     <x:t>7,043</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0342</x:t>
   </x:si>
   <x:si>
     <x:t>1,025</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>25.0262</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>14,839</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0232</x:t>
   </x:si>
   <x:si>
     <x:t>19,189</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1142</x:t>
   </x:si>
   <x:si>
     <x:t>5,713</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.1052</x:t>
@@ -1315,53 +1447,50 @@
   <x:si>
     <x:t>30/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0982</x:t>
   </x:si>
   <x:si>
     <x:t>1,356</x:t>
   </x:si>
   <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0951</x:t>
   </x:si>
   <x:si>
     <x:t>2,182</x:t>
   </x:si>
   <x:si>
     <x:t>28/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0920</x:t>
   </x:si>
   <x:si>
-    <x:t>5</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0826</x:t>
   </x:si>
   <x:si>
     <x:t>2,778</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0795</x:t>
   </x:si>
   <x:si>
     <x:t>23/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0767</x:t>
   </x:si>
   <x:si>
     <x:t>2,714</x:t>
   </x:si>
   <x:si>
     <x:t>22/07/2025</x:t>
@@ -1450,53 +1579,50 @@
   <x:si>
     <x:t>08/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0043</x:t>
   </x:si>
   <x:si>
     <x:t>17,480</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9973</x:t>
   </x:si>
   <x:si>
     <x:t>2,994</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9925</x:t>
   </x:si>
   <x:si>
-    <x:t>25.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>76</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9896</x:t>
   </x:si>
   <x:si>
     <x:t>10,020</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9864</x:t>
   </x:si>
   <x:si>
     <x:t>956</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9829</x:t>
@@ -1706,53 +1832,50 @@
     <x:t>25.0613</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>30/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>5,408</x:t>
   </x:si>
   <x:si>
     <x:t>29/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0549</x:t>
   </x:si>
   <x:si>
     <x:t>59</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0516</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>1,508</x:t>
   </x:si>
   <x:si>
     <x:t>27/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0488</x:t>
   </x:si>
   <x:si>
     <x:t>620</x:t>
   </x:si>
   <x:si>
     <x:t>26/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0474</x:t>
   </x:si>
   <x:si>
     <x:t>714</x:t>
   </x:si>
   <x:si>
     <x:t>23/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0383</x:t>
   </x:si>
@@ -2026,56 +2149,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37124531c0424d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdf9d821c40224aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re3afc85bc9424281" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bed6a8ca75649e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc8333d5adee44095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb5afde7be35746ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H207"/>
+  <x:dimension ref="A1:H222"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -2158,5272 +2281,5662 @@
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F6" s="4" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="F11" s="4" t="s">
+      <x:c r="G11" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H11" s="4" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
+      <x:c r="C12" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F12" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D12" s="4" t="s">
+      <x:c r="G12" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="E12" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
+      <x:c r="F13" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G13" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F14" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="B15" s="1" t="s">
+      <x:c r="F15" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C15" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G15" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B16" s="1" t="s">
+      <x:c r="C16" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="C16" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D16" s="4" t="s">
+      <x:c r="E16" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="E16" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B17" s="1" t="s">
+      <x:c r="E17" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="C17" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
+      <x:c r="F18" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F20" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G20" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H20" s="4" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C29" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="B41" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="E53" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="B57" s="1" t="s">
+      <x:c r="C57" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F57" s="4" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="B58" s="1" t="s">
+      <x:c r="C58" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F58" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G58" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="B59" s="1" t="s">
+      <x:c r="C59" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F59" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D59" s="4" t="s">
+      <x:c r="G59" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="E59" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="B60" s="1" t="s">
+      <x:c r="C60" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F60" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G60" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="B61" s="1" t="s">
+      <x:c r="C61" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F61" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F61" s="4" t="s">
+      <x:c r="G61" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H61" s="4" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F66" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="D66" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="B67" s="1" t="s">
+      <x:c r="C67" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E67" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F67" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C67" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G67" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="B68" s="1" t="s">
+      <x:c r="C68" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E68" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F68" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C68" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G68" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="B69" s="1" t="s">
+      <x:c r="C69" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E69" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F69" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F69" s="4" t="s">
+      <x:c r="G69" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H69" s="4" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F76" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="G76" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F76" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="B88" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C88" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="B91" s="1" t="s">
+      <x:c r="C91" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E91" s="4" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F91" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C91" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F91" s="4" t="s">
+      <x:c r="G91" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H91" s="4" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="B98" s="1" t="s">
+      <x:c r="C98" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E98" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F98" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="C98" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="B99" s="1" t="s">
+      <x:c r="C99" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E99" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F99" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C99" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="B100" s="1" t="s">
+      <x:c r="C100" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D100" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E100" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F100" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C100" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="B101" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C101" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="B102" s="1" t="s">
+      <x:c r="C102" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D102" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E102" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F102" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C102" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F102" s="4" t="s">
+      <x:c r="G102" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H102" s="4" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="C103" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D103" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E103" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F103" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C103" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="B104" s="1" t="s">
+      <x:c r="C104" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D104" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E104" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F104" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C104" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="B105" s="1" t="s">
+      <x:c r="C105" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E105" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F105" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C105" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F105" s="4" t="s">
+      <x:c r="G105" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H105" s="4" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E106" s="4" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C133" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D133" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E133" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F133" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="C133" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E136" s="4" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C138" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D138" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E138" s="4" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F138" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C138" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="B154" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="B154" s="1" t="s">
+      <x:c r="C154" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D154" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E154" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F154" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="C154" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="B155" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="B155" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="B156" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C156" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D156" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E156" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F156" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="B156" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="B158" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="C158" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D158" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E158" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F158" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="B158" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="C160" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D160" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E160" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F160" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="B160" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="E160" s="4" t="s">
+      <x:c r="G160" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F160" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="C161" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D161" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E161" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F161" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="B161" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="B162" s="1" t="s">
+      <x:c r="C162" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D162" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E162" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F162" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="C162" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="C165" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D165" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E165" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F165" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="B165" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G165" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="C166" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D166" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E166" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F166" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="B166" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C167" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D167" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E167" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F167" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="B167" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="C168" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D168" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E168" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F168" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="B168" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G168" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C169" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D169" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E169" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F169" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="B169" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="B185" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="C185" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D185" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E185" s="4" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="F185" s="4" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="G185" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H185" s="4" t="s">
         <x:v>582</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E191" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F191" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C192" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C197" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E197" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F197" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C198" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E198" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F198" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H199" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C201" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D201" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E201" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F201" s="4" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="G201" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="E201" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H201" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D202" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E202" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F202" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G202" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C203" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D203" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E203" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F203" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="G203" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C204" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E204" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="F204" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C205" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E205" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F205" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="C206" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D206" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E206" s="4" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="F206" s="4" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="G206" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H206" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A207" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="C207" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D207" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E207" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F207" s="4" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="G207" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H207" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A208" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="B208" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="C208" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D208" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E208" s="4" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="F208" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="B206" s="1" t="s">
+      <x:c r="G208" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H208" s="4" t="s">
+        <x:v>248</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A209" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="C206" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F206" s="4" t="s">
+      <x:c r="B209" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="C209" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D209" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E209" s="4" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="F209" s="4" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="G209" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H209" s="4" t="s">
+        <x:v>307</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A210" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="B210" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="C210" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D210" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E210" s="4" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="F210" s="4" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="G210" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H210" s="4" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A211" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="B211" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="C211" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D211" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E211" s="4" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="F211" s="4" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="G211" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H211" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A212" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="C212" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D212" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E212" s="4" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="F212" s="4" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="G212" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H212" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A213" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="C213" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D213" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E213" s="4" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="F213" s="4" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="G213" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H213" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A214" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="C214" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D214" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E214" s="4" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="F214" s="4" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="G214" s="4" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="H214" s="4" t="s">
+        <x:v>669</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A215" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="C215" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D215" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E215" s="4" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="F215" s="4" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="G215" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H215" s="4" t="s">
+        <x:v>673</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A216" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="C216" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D216" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E216" s="4" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="F216" s="4" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="G216" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H216" s="4" t="s">
+        <x:v>248</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A217" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="C217" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D217" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E217" s="4" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="F217" s="4" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="G217" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H217" s="4" t="s">
+        <x:v>307</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A218" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="C218" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D218" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E218" s="4" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="F218" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G206" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="H206" s="4" t="s">
+      <x:c r="G218" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H218" s="4" t="s">
+        <x:v>582</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A219" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="B219" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="C219" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D219" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E219" s="4" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="F219" s="4" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="G219" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H219" s="4" t="s">
+        <x:v>582</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A220" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="B220" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="C220" s="4" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="D220" s="4" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="E220" s="4" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="F220" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G220" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H220" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A221" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="C221" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D221" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E221" s="4" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="F221" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G221" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H221" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>