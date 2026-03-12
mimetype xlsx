--- v6 (2026-02-19)
+++ v7 (2026-03-12)
@@ -1,191 +1,404 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d98d48c0a4424e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b1a98e3f79a45a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260218" sheetId="1" r:id="Rb5afde7be35746ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260312" sheetId="1" r:id="R5e07db31dbe04ff3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1768" uniqueCount="693">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1912" uniqueCount="743">
   <x:si>
     <x:t>Australian RMBS ETF - RMBS</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>12/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.9665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
     <x:t>18/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0298</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>1,508</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0262</x:t>
   </x:si>
   <x:si>
     <x:t>2,908</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0236</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.07</x:t>
   </x:si>
   <x:si>
     <x:t>5,328</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0147</x:t>
   </x:si>
   <x:si>
     <x:t>12,240</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0121</x:t>
   </x:si>
   <x:si>
     <x:t>25.06</x:t>
   </x:si>
   <x:si>
     <x:t>598</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0093</x:t>
   </x:si>
   <x:si>
     <x:t>9,060</x:t>
   </x:si>
   <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0065</x:t>
   </x:si>
   <x:si>
     <x:t>5,583</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0036</x:t>
   </x:si>
   <x:si>
-    <x:t>25.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>24.9936</x:t>
   </x:si>
   <x:si>
     <x:t>242</x:t>
   </x:si>
   <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>24.9906</x:t>
   </x:si>
   <x:si>
     <x:t>13,748</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026</x:t>
@@ -193,212 +406,176 @@
   <x:si>
     <x:t>24.9873</x:t>
   </x:si>
   <x:si>
     <x:t>25.04</x:t>
   </x:si>
   <x:si>
     <x:t>4,082</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>24.9855</x:t>
   </x:si>
   <x:si>
     <x:t>6,478</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>24.9824</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>2,342</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0762</x:t>
   </x:si>
   <x:si>
-    <x:t>0.40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25.13</x:t>
   </x:si>
   <x:si>
     <x:t>30/01/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10,308</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0701</x:t>
   </x:si>
   <x:si>
     <x:t>25.12</x:t>
   </x:si>
   <x:si>
     <x:t>6,284</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0675</x:t>
   </x:si>
   <x:si>
     <x:t>10,376</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0650</x:t>
   </x:si>
   <x:si>
-    <x:t>25.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>7,722</x:t>
   </x:si>
   <x:si>
-    <x:t>0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0527</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>4,479</x:t>
   </x:si>
   <x:si>
     <x:t>22/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0506</x:t>
   </x:si>
   <x:si>
-    <x:t>25.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>6,494</x:t>
   </x:si>
   <x:si>
     <x:t>21/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0477</x:t>
   </x:si>
   <x:si>
     <x:t>4,706</x:t>
   </x:si>
   <x:si>
     <x:t>20/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0447</x:t>
   </x:si>
   <x:si>
     <x:t>3,027</x:t>
   </x:si>
   <x:si>
     <x:t>19/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0425</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>300</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0343</x:t>
   </x:si>
   <x:si>
     <x:t>5,829</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0299</x:t>
   </x:si>
   <x:si>
     <x:t>3,320</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0274</x:t>
   </x:si>
   <x:si>
     <x:t>6,749</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0253</x:t>
   </x:si>
   <x:si>
     <x:t>4,212</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0233</x:t>
   </x:si>
   <x:si>
     <x:t>3,590</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0123</x:t>
   </x:si>
   <x:si>
     <x:t>3,953</x:t>
@@ -469,92 +646,86 @@
   <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.0859</x:t>
   </x:si>
   <x:si>
     <x:t>25.14</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>89</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0833</x:t>
   </x:si>
   <x:si>
     <x:t>816</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0803</x:t>
   </x:si>
   <x:si>
     <x:t>9,429</x:t>
   </x:si>
   <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0654</x:t>
   </x:si>
   <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>3,494</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0626</x:t>
   </x:si>
   <x:si>
     <x:t>476</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>25.0600</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>9,678</x:t>
   </x:si>
   <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0510</x:t>
   </x:si>
   <x:si>
     <x:t>1,729</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0485</x:t>
   </x:si>
   <x:si>
     <x:t>3,221</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0437</x:t>
@@ -649,53 +820,50 @@
   <x:si>
     <x:t>25.0045</x:t>
   </x:si>
   <x:si>
     <x:t>6,842</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0014</x:t>
   </x:si>
   <x:si>
     <x:t>3,626</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9985</x:t>
   </x:si>
   <x:si>
     <x:t>4,107</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0956</x:t>
   </x:si>
   <x:si>
     <x:t>635</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0864</x:t>
   </x:si>
   <x:si>
     <x:t>3,174</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0837</x:t>
   </x:si>
   <x:si>
     <x:t>5,133</x:t>
@@ -1666,53 +1834,50 @@
   <x:si>
     <x:t>24/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0652</x:t>
   </x:si>
   <x:si>
     <x:t>1,349</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10,451</x:t>
   </x:si>
   <x:si>
     <x:t>20/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0528</x:t>
   </x:si>
   <x:si>
     <x:t>46</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.05</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0241</x:t>
   </x:si>
   <x:si>
     <x:t>399</x:t>
   </x:si>
   <x:si>
     <x:t>18/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0209</x:t>
   </x:si>
   <x:si>
     <x:t>17/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0184</x:t>
   </x:si>
   <x:si>
     <x:t>10,610</x:t>
@@ -1729,71 +1894,62 @@
   <x:si>
     <x:t>13/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0057</x:t>
   </x:si>
   <x:si>
     <x:t>160</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0022</x:t>
   </x:si>
   <x:si>
     <x:t>1,717</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9974</x:t>
   </x:si>
   <x:si>
-    <x:t>25.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>7,195</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9901</x:t>
   </x:si>
   <x:si>
-    <x:t>25.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10,806</x:t>
   </x:si>
   <x:si>
-    <x:t>0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9777</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>2,951</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9746</x:t>
   </x:si>
   <x:si>
     <x:t>8,106</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9686</x:t>
@@ -1912,53 +2068,50 @@
   <x:si>
     <x:t>19/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0275</x:t>
   </x:si>
   <x:si>
     <x:t>1,167</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.0176</x:t>
   </x:si>
   <x:si>
     <x:t>346</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9766</x:t>
   </x:si>
   <x:si>
-    <x:t>25.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27</x:t>
   </x:si>
   <x:si>
     <x:t>14/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9741</x:t>
   </x:si>
   <x:si>
     <x:t>75</x:t>
   </x:si>
   <x:si>
     <x:t>13/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9708</x:t>
   </x:si>
   <x:si>
     <x:t>611</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9674</x:t>
@@ -2018,53 +2171,50 @@
     <x:t>02/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9380</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9344</x:t>
   </x:si>
   <x:si>
     <x:t>464</x:t>
   </x:si>
   <x:si>
     <x:t>0.30</x:t>
   </x:si>
   <x:si>
     <x:t>30/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9304</x:t>
   </x:si>
   <x:si>
     <x:t>12,224</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.28</x:t>
   </x:si>
   <x:si>
     <x:t>29/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9279</x:t>
   </x:si>
   <x:si>
     <x:t>24.97</x:t>
   </x:si>
   <x:si>
     <x:t>19,972</x:t>
   </x:si>
   <x:si>
     <x:t>28/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.9241</x:t>
   </x:si>
   <x:si>
     <x:t>24.96</x:t>
   </x:si>
   <x:si>
     <x:t>25,878</x:t>
   </x:si>
@@ -2149,56 +2299,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bed6a8ca75649e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc8333d5adee44095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb5afde7be35746ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05fddd649aaa49a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdb45ae2196e940a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e07db31dbe04ff3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H222"/>
+  <x:dimension ref="A1:H240"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -2252,5691 +2402,6159 @@
       </x:c>
       <x:c r="D3" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E3" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F3" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G3" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H3" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F12" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G12" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H12" s="4" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="E21" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F38" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="F38" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="B41" s="1" t="s">
+      <x:c r="C41" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F41" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="B42" s="1" t="s">
+      <x:c r="C42" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F42" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F65" s="4" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="G65" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="F65" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="C115" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D115" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E115" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F115" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C115" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E191" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F191" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="E191" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="B192" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="B192" s="1" t="s">
+      <x:c r="C192" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D192" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E192" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F192" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="C192" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="B193" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="B193" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C194" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D194" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E194" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F194" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="C194" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="B195" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="B195" s="1" t="s">
+      <x:c r="C195" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D195" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E195" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F195" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="C195" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="B197" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="C197" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D197" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E197" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F197" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="B197" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="C198" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E198" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F198" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H199" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="C201" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D201" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E201" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F201" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="G201" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H201" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D202" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E202" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F202" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="G202" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C203" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D203" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E203" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F203" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="G203" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C204" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E204" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F204" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C205" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E205" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F205" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C206" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D206" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E206" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F206" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="G206" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H206" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C207" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D207" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E207" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F207" s="4" t="s">
-        <x:v>647</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="G207" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H207" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="B208" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="C208" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D208" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E208" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F208" s="4" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="G208" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H208" s="4" t="s">
         <x:v>648</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="C209" s="4" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D209" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="B209" s="1" t="s">
+      <x:c r="E209" s="4" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F209" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="C209" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G209" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H209" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B210" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="C210" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D210" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="B210" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E210" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F210" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G210" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H210" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C211" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D211" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E211" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F211" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G211" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H211" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C212" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D212" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E212" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F212" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="G212" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H212" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C213" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D213" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E213" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F213" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G213" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H213" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C214" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D214" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E214" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F214" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="G214" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H214" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C215" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D215" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E215" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F215" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="G215" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H215" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C216" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D216" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E216" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F216" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="G216" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H216" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C217" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E217" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F217" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="G217" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H217" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C218" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E218" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F218" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="G218" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H218" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C219" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D219" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E219" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F219" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="G219" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H219" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C220" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D220" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E220" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F220" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="G220" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H220" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="C221" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D221" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="E221" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F221" s="4" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="G221" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H221" s="4" t="s">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A222" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="C222" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D222" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E222" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F222" s="4" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="G222" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H222" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A223" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="B221" s="1" t="s">
+      <x:c r="C223" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D223" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E223" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F223" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="C221" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F221" s="4" t="s">
+      <x:c r="G223" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H223" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A224" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="B224" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C224" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D224" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E224" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F224" s="4" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="G224" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H224" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A225" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="B225" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="C225" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D225" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E225" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F225" s="4" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="G225" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H225" s="4" t="s">
+        <x:v>396</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A226" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="C226" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D226" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E226" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F226" s="4" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="G226" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H226" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A227" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="B227" s="1" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="C227" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D227" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E227" s="4" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="F227" s="4" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="G227" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H227" s="4" t="s">
+        <x:v>363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A228" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="B228" s="1" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="C228" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D228" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E228" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F228" s="4" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="G228" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H228" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A229" s="1" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="B229" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="C229" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D229" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E229" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F229" s="4" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="G229" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H229" s="4" t="s">
+        <x:v>396</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A230" s="1" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="B230" s="1" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="C230" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D230" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E230" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F230" s="4" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="G230" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H230" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A231" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="C231" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D231" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E231" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F231" s="4" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="G231" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H231" s="4" t="s">
+        <x:v>396</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A232" s="1" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="C232" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D232" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E232" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F232" s="4" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="G232" s="4" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H232" s="4" t="s">
+        <x:v>720</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A233" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="C233" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D233" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E233" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F233" s="4" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="G233" s="4" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H233" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A234" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C234" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D234" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E234" s="4" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="F234" s="4" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="G234" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H234" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A235" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="C235" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D235" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E235" s="4" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="F235" s="4" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="G235" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H235" s="4" t="s">
+        <x:v>363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A236" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="C236" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D236" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E236" s="4" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="F236" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G221" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="H221" s="4" t="s">
+      <x:c r="G236" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H236" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A237" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="B237" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="C237" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D237" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E237" s="4" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="F237" s="4" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="G237" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H237" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="238" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A238" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="B238" s="1" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="C238" s="4" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="D238" s="4" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="E238" s="4" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="F238" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G238" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H238" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="239" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A239" s="1" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="C239" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D239" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E239" s="4" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="F239" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G239" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H239" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>