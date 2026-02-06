--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -1,1590 +1,1578 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2555190f5ef2461c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30600f541ee43cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260116" sheetId="1" r:id="R2d1102b05d484365"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260205" sheetId="1" r:id="R1b0bbb0ba08740b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="796" uniqueCount="515">
-[...1 lines deleted...]
-    <x:t>Australian Floating Rate ETF All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="788" uniqueCount="511">
+  <x:si>
+    <x:t>Australian Floating Rate ETF All Fund Holdings as at 05/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Idol 2023-1 Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0079703</x:t>
   </x:si>
   <x:si>
     <x:t>4.66%</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2053</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
-    <x:t>4.1321</x:t>
-[...2 lines deleted...]
-    <x:t>$1,014,725.07</x:t>
+    <x:t>4.2583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,043,870.19</x:t>
   </x:si>
   <x:si>
     <x:t>Firstmac Mortgage Funding Trust No. 4 S</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0084703</x:t>
   </x:si>
   <x:si>
     <x:t>4.77%</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2055</x:t>
   </x:si>
   <x:si>
-    <x:t>3.8941</x:t>
-[...2 lines deleted...]
-    <x:t>$956,272.00</x:t>
+    <x:t>3.9104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$958,589.08</x:t>
   </x:si>
   <x:si>
     <x:t>Firstmac Mortgage Funding Trust No.4 Se</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0096061</x:t>
   </x:si>
   <x:si>
+    <x:t>4.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.1983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$784,021.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Premier Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.0178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$739,781.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2023-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/03/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,436.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Series 2025-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/04/2058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$701,781.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/08/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$693,036.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2024-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/04/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$690,793.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/09/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$626,937.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Trobe Financial Capital Markets Trus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$574,161.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,026.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2025-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,361.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,617.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0076725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/05/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$482,027.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$459,822.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2024-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,050.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-2 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/08/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,104.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,233.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Prime Series 2024-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/05/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$368,268.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barton Series 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,424.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Series 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$362,291.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sapphire Xxxii Series 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/06/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$362,280.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2024-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$361,248.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-1 Reds Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,204.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2023-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$340,958.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackwattle Series Rmbs Trust Number 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,960.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepper Residential Securities Trust No.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,611.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idol 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/08/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,171.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/01/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,825.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2024-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,406.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conquest 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/05/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,155.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2023-1 Harvey Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0078648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,168.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Light Trust 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091591</x:t>
+  </x:si>
+  <x:si>
     <x:t>4.63%</x:t>
   </x:si>
   <x:si>
-    <x:t>16/09/2056</x:t>
-[...469 lines deleted...]
-  <x:si>
     <x:t>18/05/2056</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0917</x:t>
-[...2 lines deleted...]
-    <x:t>$268,097.26</x:t>
+    <x:t>1.0688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,011.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ma Money Pinnacle Residential Securitis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/04/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,544.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2022-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,943.97</x:t>
   </x:si>
   <x:si>
     <x:t>Trustee For Medallion Trust Series 2017</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0039269</x:t>
   </x:si>
   <x:si>
-    <x:t>4.45%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23/01/2050</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0692</x:t>
-[...32 lines deleted...]
-    <x:t>$257,329.33</x:t>
+    <x:t>1.0422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,496.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orion Trust 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,112.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2025-1 Harvey Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$244,861.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trustee For Torrens Series 2021-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0059440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,349.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conquest 2023-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,048.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Osmium Series 2024-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$229,082.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0035960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/07/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,131.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Think Tank Residential Series 2024-2 Tr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,618.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingfisher Trust 2019-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0048559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/05/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,337.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2019-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0046629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/08/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,560.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,484.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Bastille Trust Series 2025-2nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,968.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trustee For Think Tank Residential Seri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,809.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,810.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,810.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepper Prime 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,718.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2025-1nc Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,078.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,801.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,971.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,354.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Prime Series 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/10/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,633.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Bastille Trust Series 2024-2nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,549.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Series 2022-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0068789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,162.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crimson Bond Trust 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,483.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Think Tank Residential Series 2025-4 Tr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,607.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2021-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/04/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,136.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ma Money Residential Securitisation Tru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,294.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orde Series 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,688.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/04/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,004.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-2 Reds Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,706.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2022-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/09/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,689.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/05/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,471.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Prime Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,443.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gemini Prime Trust 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,914.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-1 Harvey Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,629.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstmac Mortgage Funding Trust No 4 Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0068409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/10/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,945.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/05/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,383.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluestone Prime 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/07/2065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,391.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Osmium Series 2025-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/11/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,873.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sapphire Xxxiii Series 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,382.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2023-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,943.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sapphire Xxxi Series 2024-3 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/03/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,033.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Premier Series 2022-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/08/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,401.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,749.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,814.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crimson Bond Trust 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/02/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,566.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medallion Trust Series 2016-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0032272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,346.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Series 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0086559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/07/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,690.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Think Tank Residential Series 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0086021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,239.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2019-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,825.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Redzed Trust Series 2024-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,885.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2022-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0071551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/03/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,470.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0060216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/09/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,380.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2021-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,409.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sapphire Xxx Series 2024-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,807.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trustee For Torrens Series 2021-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,935.55</x:t>
   </x:si>
   <x:si>
     <x:t>Series 2020-1 Wst Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0052551</x:t>
   </x:si>
   <x:si>
-    <x:t>4.51%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17/08/2051</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0304</x:t>
-[...341 lines deleted...]
-    <x:t>ACI34PSM1</x:t>
+    <x:t>0.0000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/07/2065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
-    <x:t>0.6522</x:t>
-[...566 lines deleted...]
-    <x:t>$120,772.88</x:t>
+    <x:t>-0.0184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-4,383.62</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1612,100 +1600,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ca05f1c002c4da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R749a8959b2a143c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2d1102b05d484365" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R662a2f54ade04eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R945b5eeb343e4c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1b0bbb0ba08740b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I99"/>
+  <x:dimension ref="A1:I98"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>514</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2018,486 +2006,486 @@
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
@@ -2511,51 +2499,51 @@
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
@@ -2598,1327 +2586,1327 @@
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="H62" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>346</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>369</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>379</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="F77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
@@ -3932,602 +3920,573 @@
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="F83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>438</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="D84" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="F84" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="F85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="D86" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="F86" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>501</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="G97" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="F97" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I97" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="H97" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A98" s="1">
-[...52 lines deleted...]
-      <x:c r="I99" s="2" t="s">
+      <x:c r="A98" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B98" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C98" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D98" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E98" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F98" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G98" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H98" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I98" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A99:I99"/>
+    <x:mergeCell ref="A98:I98"/>
   </x:mergeCells>
 </x:worksheet>
 </file>