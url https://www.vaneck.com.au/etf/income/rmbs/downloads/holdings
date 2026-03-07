--- v1 (2026-02-06)
+++ v2 (2026-03-07)
@@ -1,1578 +1,1596 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30600f541ee43cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc27c937a6d74b20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260205" sheetId="1" r:id="R1b0bbb0ba08740b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260306" sheetId="1" r:id="R592f797a24c940b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="788" uniqueCount="511">
-[...1 lines deleted...]
-    <x:t>Australian Floating Rate ETF All Fund Holdings as at 05/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="796" uniqueCount="517">
+  <x:si>
+    <x:t>Australian Floating Rate ETF All Fund Holdings as at 06/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Idol 2023-1 Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0079703</x:t>
   </x:si>
   <x:si>
-    <x:t>4.66%</x:t>
+    <x:t>4.89%</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2053</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
-    <x:t>4.2583</x:t>
-[...2 lines deleted...]
-    <x:t>$1,043,870.19</x:t>
+    <x:t>3.6808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,295.34</x:t>
   </x:si>
   <x:si>
     <x:t>Firstmac Mortgage Funding Trust No. 4 S</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0084703</x:t>
   </x:si>
   <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.3727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$927,538.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstmac Mortgage Funding Trust No.4 Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$773,853.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Series 2025-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/04/2058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$761,888.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/09/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$754,457.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Premier Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$715,037.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2026-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/09/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,846.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2023-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/03/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$689,265.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2024-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/04/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$677,676.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/08/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$674,741.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$625,842.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI2PNLM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,364.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2025-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$594,505.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-2 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/08/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$580,259.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Trobe Financial Capital Markets Trus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,494.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$539,862.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2024-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084414</x:t>
+  </x:si>
+  <x:si>
     <x:t>4.77%</x:t>
   </x:si>
   <x:si>
-    <x:t>12/06/2055</x:t>
-[...11 lines deleted...]
-    <x:t>AU3FN0096061</x:t>
+    <x:t>11/02/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,876.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Bastille Trust Series 2025-2nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$462,066.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2024-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,827.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,183.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Series 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,766.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idol 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/08/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,930.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,269.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barton Series 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,435.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2024-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,452.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Prime Series 2024-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/05/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,096.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orion Trust 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$351,491.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-1 Reds Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,893.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sapphire Xxxii Series 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/06/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,092.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2023-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$333,595.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conquest 2023-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,220.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepper Residential Securities Trust No.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,524.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Light Trust 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/05/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,479.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackwattle Series Rmbs Trust Number 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,130.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0076725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/05/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,008.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/01/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,518.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trustee For Medallion Trust Series 2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0035960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/07/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,636.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2023-1 Harvey Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0078648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,213.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conquest 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/05/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$263,238.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2022-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,857.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ma Money Pinnacle Residential Securitis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/04/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,159.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0039269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,787.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sapphire Xxxiii Series 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,953.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,415.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2025-1 Harvey Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$238,729.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orde Series 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230,425.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingfisher Trust 2019-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0048559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/05/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,077.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Osmium Series 2024-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,301.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Think Tank Residential Series 2024-2 Tr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,765.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2019-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0046629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/08/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,548.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,951.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trustee For Think Tank Residential Seri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,798.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,855.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepper Prime 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,722.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ma Money Residential Securitisation Tru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/12/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,425.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI38RNM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,233.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-1 Harvey Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,726.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-2 Reds Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,344.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2025-1nc Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,689.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,479.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088134</x:t>
   </x:si>
   <x:si>
     <x:t>4.64%</x:t>
   </x:si>
   <x:si>
-    <x:t>16/09/2056</x:t>
-[...65 lines deleted...]
-    <x:t>AU3FN0082608</x:t>
+    <x:t>10/09/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,324.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Prime Series 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/10/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,483.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crimson Bond Trust 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/02/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,385.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crimson Bond Trust 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,421.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Think Tank Residential Series 2025-4 Tr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,644.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Series 2022-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0068789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,728.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2021-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/04/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,486.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Bastille Trust Series 2024-2nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,820.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,221.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/04/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,540.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/05/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,635.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2022-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/09/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,781.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Prime Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,394.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gemini Prime Trust 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,236.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstmac Mortgage Funding Trust No 4 Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0068409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/10/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,402.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/05/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,241.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluestone Prime 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/07/2065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,807.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medallion Trust Series 2016-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0032272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,345.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Osmium Series 2025-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/11/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,816.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI2JHCK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,396.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2023-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,401.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,462.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Premier Series 2022-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/08/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,211.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,981.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,894.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Series 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0086559</x:t>
   </x:si>
   <x:si>
     <x:t>4.61%</x:t>
   </x:si>
   <x:si>
-    <x:t>21/08/2055</x:t>
-[...1198 lines deleted...]
-  <x:si>
     <x:t>13/07/2055</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2353</x:t>
-[...20 lines deleted...]
-    <x:t>$57,239.19</x:t>
+    <x:t>0.2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,043.40</x:t>
   </x:si>
   <x:si>
     <x:t>Puma Series 2019-1</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0090031</x:t>
   </x:si>
   <x:si>
-    <x:t>4.44%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17/07/2050</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2236</x:t>
-[...2 lines deleted...]
-    <x:t>$54,825.48</x:t>
+    <x:t>0.1913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,620.34</x:t>
   </x:si>
   <x:si>
     <x:t>Redzed Trust Series 2024-3</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0092532</x:t>
   </x:si>
   <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2056</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1709</x:t>
-[...2 lines deleted...]
-    <x:t>$41,885.54</x:t>
+    <x:t>0.1450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,864.90</x:t>
   </x:si>
   <x:si>
     <x:t>Progress 2022-2 Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0071551</x:t>
   </x:si>
   <x:si>
+    <x:t>5.24%</x:t>
+  </x:si>
+  <x:si>
     <x:t>18/03/2053</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1447</x:t>
-[...2 lines deleted...]
-    <x:t>$35,470.46</x:t>
+    <x:t>0.1264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,767.75</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0060216</x:t>
   </x:si>
   <x:si>
-    <x:t>4.28%</x:t>
+    <x:t>4.54%</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2052</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1362</x:t>
-[...2 lines deleted...]
-    <x:t>$33,380.75</x:t>
+    <x:t>0.1192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,780.05</x:t>
   </x:si>
   <x:si>
     <x:t>Puma Series 2021-2</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0061263</x:t>
   </x:si>
   <x:si>
     <x:t>18/01/2053</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1118</x:t>
-[...2 lines deleted...]
-    <x:t>$27,409.99</x:t>
+    <x:t>0.0965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,529.02</x:t>
   </x:si>
   <x:si>
     <x:t>Sapphire Xxx Series 2024-2 Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0092185</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2066</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0278</x:t>
-[...2 lines deleted...]
-    <x:t>$6,807.88</x:t>
+    <x:t>0.0247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,804.04</x:t>
   </x:si>
   <x:si>
     <x:t>Trustee For Torrens Series 2021-2 Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0062014</x:t>
   </x:si>
   <x:si>
     <x:t>4.12%</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2053</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0242</x:t>
-[...26 lines deleted...]
-    <x:t>16/07/2065</x:t>
+    <x:t>0.0212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,830.16</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00%</x:t>
-[...8 lines deleted...]
-    <x:t>$-4,383.62</x:t>
+    <x:t>0.0562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,411.32</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1600,100 +1618,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R662a2f54ade04eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R945b5eeb343e4c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1b0bbb0ba08740b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff9db474862d491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4500f817dc774161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R592f797a24c940b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I98"/>
+  <x:dimension ref="A1:I99"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>510</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1890,225 +1908,225 @@
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="G15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
@@ -2145,57 +2163,57 @@
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
@@ -2209,1272 +2227,1272 @@
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
@@ -3485,428 +3503,428 @@
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
@@ -3920,573 +3938,602 @@
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="F80" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="D81" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="F81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="D82" s="1" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="F88" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>464</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E89" s="1" t="s">
+      <x:c r="H89" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="F90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="E91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="F91" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="D92" s="1" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A98" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I98" s="2" t="s">
+      <x:c r="A98" s="1">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A99" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B99" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C99" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D99" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E99" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F99" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G99" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H99" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A98:I98"/>
+    <x:mergeCell ref="A99:I99"/>
   </x:mergeCells>
 </x:worksheet>
 </file>