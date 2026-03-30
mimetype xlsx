--- v2 (2026-03-07)
+++ v3 (2026-03-30)
@@ -1,1596 +1,1623 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc27c937a6d74b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14c38b4d601d4601" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260306" sheetId="1" r:id="R592f797a24c940b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RMBS_asat_20260330" sheetId="1" r:id="R3c6bdc087a1b44b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="796" uniqueCount="517">
-[...1 lines deleted...]
-    <x:t>Australian Floating Rate ETF All Fund Holdings as at 06/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="796" uniqueCount="526">
+  <x:si>
+    <x:t>VanEck Australian RMBS ETF All Fund Holdings as at  30/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Idol 2023-1 Trust</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0079703</x:t>
   </x:si>
   <x:si>
     <x:t>4.89%</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2053</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
-    <x:t>3.6808</x:t>
-[...2 lines deleted...]
-    <x:t>$1,012,295.34</x:t>
+    <x:t>3.5844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$986,258.21</x:t>
   </x:si>
   <x:si>
     <x:t>Firstmac Mortgage Funding Trust No. 4 S</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0084703</x:t>
   </x:si>
   <x:si>
+    <x:t>5.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.2781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$901,997.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Series 2025-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/04/2058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$760,399.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstmac Mortgage Funding Trust No.4 Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$755,565.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/09/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$730,661.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Premier Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$695,161.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2023-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/03/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$668,402.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2024-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/04/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$659,996.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,368.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/08/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$651,460.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2026-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105516</x:t>
+  </x:si>
+  <x:si>
     <x:t>5.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>12/06/2055</x:t>
-[...11 lines deleted...]
-    <x:t>AU3FN0096061</x:t>
+    <x:t>19/09/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$637,406.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Rmbs Trust 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/12/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$602,791.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2025-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$583,327.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Trobe Financial Capital Markets Trus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$567,531.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-2 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/08/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,324.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,586.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2024-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$482,039.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Bastille Trust Series 2025-2nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$461,238.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$439,978.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2024-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$435,059.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$418,136.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2024-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,661.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Series 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0077210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$407,501.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idol 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/08/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,791.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$384,270.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orion Trust 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,620.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barton Series 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,312.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Prime Series 2024-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0093639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/05/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,342.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-1 Reds Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,437.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2023-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,877.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepper Residential Securities Trust No.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,236.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sapphire Xxxii Series 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/06/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,137.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conquest 2023-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,198.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Light Trust 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/05/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,927.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackwattle Series Rmbs Trust Number 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,588.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0076725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/05/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,296.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2021-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/04/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,660.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trustee For Medallion Trust Series 2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0035960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/07/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,137.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0101978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/01/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,837.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2023-1 Harvey Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0078648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,868.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2022-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0065926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,353.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conquest 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/05/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,165.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sapphire Xxxiii Series 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,189.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ma Money Pinnacle Residential Securitis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/04/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,427.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0039269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,288.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,445.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2025-1 Harvey Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,142.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orde Series 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,352.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingfisher Trust 2019-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0048559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/05/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,236.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2019-1 Wst Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0046629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/08/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,276.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Think Tank Residential Series 2024-2 Tr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,728.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Osmium Series 2024-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,580.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trustee For Think Tank Residential Seri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,351.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ma Money Residential Securitisation Tru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0106084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/12/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,695.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0105979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,375.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,099.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0100822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,097.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepper Prime 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,927.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-1 Harvey Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.7068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,484.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2021-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,859.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series 2024-2 Reds Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,119.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2025-1nc Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,011.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2025-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,536.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,786.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Prime Series 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0087284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/10/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,520.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crimson Bond Trust 2024-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/02/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,513.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crimson Bond Trust 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/07/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,949.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Think Tank Residential Series 2025-4 Tr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0103123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,197.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Series 2022-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0068789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,040.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/08/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,001.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Bastille Trust Series 2024-2nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,186.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/04/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,044.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2022-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/09/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,444.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/05/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,116.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Prime Series 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0102711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,114.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trustee For Torrens Series 2021-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,658.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gemini Prime Trust 2025-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,215.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstmac Mortgage Funding Trust No 4 Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0068409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/10/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,112.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olympus 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/05/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,380.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortgage House Rmbs Osmium Series 2025-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/11/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,583.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medallion Trust Series 2016-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0032272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,467.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluestone Prime 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/07/2065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,013.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Light Trust 2023-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0080420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/07/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,283.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triton Bond Trust 2023-1 In Respect Of</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.3339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,865.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2025-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0097028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,505.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resimac Premier Series 2022-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0066940</x:t>
   </x:si>
   <x:si>
     <x:t>4.88%</x:t>
   </x:si>
   <x:si>
-    <x:t>16/09/2056</x:t>
-[...146 lines deleted...]
-    <x:t>ACI2PNLM2</x:t>
+    <x:t>11/08/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,726.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afg 2023-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,466.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0089934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,414.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Series 2024-1 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0086559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/07/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,450.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma Series 2019-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,906.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Redzed Trust Series 2024-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,604.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress 2022-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0071551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/03/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,900.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0060216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/09/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,976.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sapphire Xxx Series 2024-2 Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0092185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,794.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
-    <x:t>2.2557</x:t>
-[...1307 lines deleted...]
-    <x:t>$15,411.32</x:t>
+    <x:t>0.1028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,192.18</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1618,100 +1645,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff9db474862d491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4500f817dc774161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R592f797a24c940b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd47e83b491a94728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R989632763b014c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3c6bdc087a1b44b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I99"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
-    <x:col min="9" max="9" width="20" customWidth="1"/>
+    <x:col min="9" max="9" width="19" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>516</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1908,103 +1935,103 @@
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
@@ -2018,376 +2045,376 @@
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
@@ -2401,196 +2428,196 @@
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
@@ -2633,335 +2660,335 @@
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
@@ -2975,289 +3002,289 @@
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
@@ -3271,1255 +3298,1255 @@
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H99" s="2" t="s">