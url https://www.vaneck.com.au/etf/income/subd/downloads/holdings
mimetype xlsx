--- v0 (2026-01-29)
+++ v1 (2026-02-18)
@@ -1,648 +1,678 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4f45b6cfa84401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674afcbc9edc49be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SUBD_asat_20260128" sheetId="1" r:id="R0ab1363105db477e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SUBD_asat_20260217" sheetId="1" r:id="Rcbe5b26f9b404f0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="201">
-[...1 lines deleted...]
-    <x:t>Australian Subordinated Debt ETF All Fund Holdings as at 28/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="211">
+  <x:si>
+    <x:t>Australian Subordinated Debt ETF All Fund Holdings as at 17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
+    <x:t>Australia &amp; New Zealand Banking Group L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.8759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,730,434.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0104659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.0337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,671,736.26</x:t>
+  </x:si>
+  <x:si>
     <x:t>Commonwealth Bank Of Australia</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0062600</x:t>
   </x:si>
   <x:si>
     <x:t>4.96%</x:t>
   </x:si>
   <x:si>
     <x:t>20/08/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>A-</x:t>
-[...23 lines deleted...]
-    <x:t>$207,322,518.37</x:t>
+    <x:t>4.9586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,081,483.37</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0094793</x:t>
   </x:si>
   <x:si>
     <x:t>5.25%</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>5.3745</x:t>
-[...20 lines deleted...]
-    <x:t>$170,301,881.66</x:t>
+    <x:t>4.9372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,343,215.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0099339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.8021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,682,202.13</x:t>
   </x:si>
   <x:si>
     <x:t>Westpac Banking Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>AU3FN0089413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.5324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,376,226.29</x:t>
+  </x:si>
+  <x:si>
     <x:t>AU3FN0079091</x:t>
   </x:si>
   <x:si>
     <x:t>6.03%</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>4.6105</x:t>
-[...32 lines deleted...]
-    <x:t>$148,060,608.90</x:t>
+    <x:t>4.4833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,682,285.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hsbc Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.8462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,700,550.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.7153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,186,117.02</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0077939</x:t>
   </x:si>
   <x:si>
     <x:t>6.00%</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>4.3007</x:t>
-[...2 lines deleted...]
-    <x:t>$145,821,050.93</x:t>
+    <x:t>3.5519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,548,373.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0067989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.5367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,024,067.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0073029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.5315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,844,706.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.5147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,263,608.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.4202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,003,582.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.1387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,289,770.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,466,770.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0086328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,333,039.00</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0051587</x:t>
   </x:si>
   <x:si>
     <x:t>5.67%</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>3.9917</x:t>
-[...41 lines deleted...]
-    <x:t>AU3FN0073029</x:t>
+    <x:t>2.8719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,085,499.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,306,683.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,173,718.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,008,110.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncorp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,812,440.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,455,050.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,901,176.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/05/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,356,394.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Cash Plus Active ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,091,910.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insurance Australia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0096251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/06/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,922,963.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0061065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,589,237.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/11/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,173,847.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,302,184.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qbe Insurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0055489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,377,647.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0075966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,262,926.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/10/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,029,209.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0069381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,836,435.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0070199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,037,508.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0091427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.1470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,071,579.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0070330</x:t>
   </x:si>
   <x:si>
     <x:t>6.35%</x:t>
   </x:si>
   <x:si>
-    <x:t>09/11/2032</x:t>
-[...337 lines deleted...]
-  <x:si>
     <x:t>12/08/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1589</x:t>
-[...14 lines deleted...]
-    <x:t>$5,050,689.31</x:t>
+    <x:t>0.0051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,998.69</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00%</x:t>
-[...8 lines deleted...]
-    <x:t>$1,270,537.44</x:t>
+    <x:t>0.0000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-14,160.05</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -670,100 +700,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a191a8ac504e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R09d2cd5df8b34129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ab1363105db477e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02febb2e65194ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R25477042f8b54c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbe5b26f9b404f0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I40"/>
+  <x:dimension ref="A1:I42"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -838,1043 +868,1101 @@
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H8" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I8" s="1" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A40" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I40" s="2" t="s">
+      <x:c r="A40" s="1">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A41" s="1">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A40:I40"/>
+    <x:mergeCell ref="A42:I42"/>
   </x:mergeCells>
 </x:worksheet>
 </file>