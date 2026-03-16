--- v1 (2026-02-18)
+++ v2 (2026-03-16)
@@ -1,678 +1,681 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674afcbc9edc49be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08412db9877b469e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SUBD_asat_20260217" sheetId="1" r:id="Rcbe5b26f9b404f0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SUBD_asat_20260313" sheetId="1" r:id="R6608e26572764a96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="211">
-[...1 lines deleted...]
-    <x:t>Australian Subordinated Debt ETF All Fund Holdings as at 17/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="212">
+  <x:si>
+    <x:t>Australian Subordinated Debt ETF All Fund Holdings as at 13/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon rate</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity date</x:t>
   </x:si>
   <x:si>
     <x:t>Composite rating</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Australia &amp; New Zealand Banking Group L</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0084026</x:t>
   </x:si>
   <x:si>
     <x:t>5.68%</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2034</x:t>
   </x:si>
   <x:si>
     <x:t>A-</x:t>
   </x:si>
   <x:si>
-    <x:t>5.8759</x:t>
-[...2 lines deleted...]
-    <x:t>$202,730,434.40</x:t>
+    <x:t>5.4156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,275,920.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0062600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.6405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,185,615.07</x:t>
   </x:si>
   <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0104659</x:t>
   </x:si>
   <x:si>
-    <x:t>4.95%</x:t>
+    <x:t>5.26%</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>5.0337</x:t>
-[...20 lines deleted...]
-    <x:t>$171,081,483.37</x:t>
+    <x:t>4.5922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,497,239.30</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0094793</x:t>
   </x:si>
   <x:si>
     <x:t>5.25%</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>4.9372</x:t>
-[...2 lines deleted...]
-    <x:t>$170,343,215.68</x:t>
+    <x:t>4.5761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,934,871.82</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0099339</x:t>
   </x:si>
   <x:si>
     <x:t>5.42%</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>4.8021</x:t>
-[...2 lines deleted...]
-    <x:t>$165,682,202.13</x:t>
+    <x:t>4.5227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,069,212.73</x:t>
   </x:si>
   <x:si>
     <x:t>Westpac Banking Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>AU3FN0079091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/06/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.4279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,753,631.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0084828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.3404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,695,955.16</x:t>
+  </x:si>
+  <x:si>
     <x:t>AU3FN0089413</x:t>
   </x:si>
   <x:si>
     <x:t>5.41%</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>4.5324</x:t>
-[...17 lines deleted...]
-    <x:t>$154,682,285.40</x:t>
+    <x:t>4.3219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,051,216.54</x:t>
   </x:si>
   <x:si>
     <x:t>Hsbc Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0096483</x:t>
   </x:si>
   <x:si>
     <x:t>5.58%</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBB+</x:t>
   </x:si>
   <x:si>
-    <x:t>3.8462</x:t>
-[...17 lines deleted...]
-    <x:t>$128,186,117.02</x:t>
+    <x:t>3.5875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,384,117.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0073029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.5590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,388,457.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0095626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.4609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,958,655.24</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0077939</x:t>
   </x:si>
   <x:si>
-    <x:t>6.00%</x:t>
+    <x:t>6.31%</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5519</x:t>
-[...2 lines deleted...]
-    <x:t>$122,548,373.47</x:t>
+    <x:t>3.3597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,420,304.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.3215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,087,619.67</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0067989</x:t>
   </x:si>
   <x:si>
     <x:t>5.64%</x:t>
   </x:si>
   <x:si>
     <x:t>14/04/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5367</x:t>
-[...50 lines deleted...]
-    <x:t>$118,003,582.65</x:t>
+    <x:t>3.2619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,004,476.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.0922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,073,197.29</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0085171</x:t>
   </x:si>
   <x:si>
+    <x:t>5.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.0550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,772,582.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0051587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.0236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,675,967.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0108239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,050,228.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0082251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,530,670.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0086328</x:t>
+  </x:si>
+  <x:si>
     <x:t>5.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>01/03/2034</x:t>
-[...8 lines deleted...]
-    <x:t>AU3FN0107488</x:t>
+    <x:t>03/04/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,002,457.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,824,872.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0085726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,756,112.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncorp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0081386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,319,766.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0107504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,316,488.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0094280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,726,818.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qbe Insurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0055489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,435,858.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0088993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/05/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,134,294.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0090866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,754,025.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Cash Plus Active ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONY AU</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>20/08/2036</x:t>
-[...151 lines deleted...]
-  <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8866</x:t>
-[...2 lines deleted...]
-    <x:t>$65,091,910.00</x:t>
+    <x:t>1.8627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,101,010.00</x:t>
   </x:si>
   <x:si>
     <x:t>Insurance Australia Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0096251</x:t>
   </x:si>
   <x:si>
     <x:t>5.40%</x:t>
   </x:si>
   <x:si>
     <x:t>15/06/2037</x:t>
   </x:si>
   <x:si>
-    <x:t>1.7948</x:t>
-[...2 lines deleted...]
-    <x:t>$61,922,963.96</x:t>
+    <x:t>1.8160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,469,662.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0098984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/11/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,210,882.48</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0061065</x:t>
   </x:si>
   <x:si>
     <x:t>5.28%</x:t>
   </x:si>
   <x:si>
     <x:t>17/06/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>1.7561</x:t>
-[...53 lines deleted...]
-    <x:t>$51,377,647.95</x:t>
+    <x:t>1.6219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,685,711.96</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0075966</x:t>
   </x:si>
   <x:si>
     <x:t>5.87%</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9641</x:t>
-[...2 lines deleted...]
-    <x:t>$33,262,926.81</x:t>
+    <x:t>0.5874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,528,371.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU3FN0069381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,534,271.31</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0082384</x:t>
   </x:si>
   <x:si>
     <x:t>6.32%</x:t>
   </x:si>
   <x:si>
     <x:t>26/10/2038</x:t>
   </x:si>
   <x:si>
-    <x:t>0.4356</x:t>
-[...17 lines deleted...]
-    <x:t>$13,836,435.25</x:t>
+    <x:t>0.1177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,112,251.51</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0070199</x:t>
   </x:si>
   <x:si>
     <x:t>6.65%</x:t>
   </x:si>
   <x:si>
     <x:t>03/08/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0.2040</x:t>
-[...14 lines deleted...]
-    <x:t>$5,071,579.15</x:t>
+    <x:t>0.0539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,882,870.04</x:t>
   </x:si>
   <x:si>
     <x:t>AU3FN0070330</x:t>
   </x:si>
   <x:si>
-    <x:t>6.35%</x:t>
+    <x:t>6.66%</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0051</x:t>
-[...2 lines deleted...]
-    <x:t>$174,998.69</x:t>
+    <x:t>0.0050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,219.15</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>0.0000</x:t>
-[...2 lines deleted...]
-    <x:t>$-14,160.05</x:t>
+    <x:t>0.0636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,223,130.36</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -700,100 +703,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02febb2e65194ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R25477042f8b54c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbe5b26f9b404f0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc07fbce6d5ec48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8a5b0749c3914c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6608e26572764a96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I42"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="18" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="16" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -926,51 +929,51 @@
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
@@ -984,971 +987,971 @@
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H42" s="2" t="s">