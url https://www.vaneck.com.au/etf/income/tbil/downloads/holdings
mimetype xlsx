--- v0 (2026-01-20)
+++ v1 (2026-02-17)
@@ -1,303 +1,300 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61fc8af8487f4466" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf69177ee1cc4cc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TBIL_asat_20260120" sheetId="1" r:id="Rc8bf0313eb6b4d86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TBIL_asat_20260217" sheetId="1" r:id="R1c17f764ec3d4878"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="86">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 20/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="85">
+  <x:si>
+    <x:t>All Fund Holdings as at 17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Compositerating^</x:t>
   </x:si>
   <x:si>
     <x:t>% of Fundnet assets</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01WCQ4B44</x:t>
+    <x:t>BBG01X05YWJ6</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>05-02-2026</x:t>
+    <x:t>12-03-2026</x:t>
   </x:si>
   <x:si>
     <x:t>AA+ </x:t>
   </x:si>
   <x:si>
-    <x:t>9.25</x:t>
-[...14 lines deleted...]
-    <x:t>$9,644,121.00</x:t>
+    <x:t>9.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,767,829.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WX1MT01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05-03-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,696,345.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T8LCHN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,226,652.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SR0CQN1</x:t>
   </x:si>
   <x:si>
     <x:t>19-03-2026</x:t>
   </x:si>
   <x:si>
-    <x:t>8.15</x:t>
-[...26 lines deleted...]
-    <x:t>$7,401,722.00</x:t>
+    <x:t>7.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,450,242.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XVYY0H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,275,310.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0MGW89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,260,463.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YKHNF05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-03-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,199,988.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X7RGB61</x:t>
   </x:si>
   <x:si>
     <x:t>26-03-2026</x:t>
   </x:si>
   <x:si>
-    <x:t>6.26</x:t>
-[...2 lines deleted...]
-    <x:t>$7,382,937.00</x:t>
+    <x:t>6.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,987,128.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XG1J862</x:t>
   </x:si>
   <x:si>
     <x:t>02-04-2026</x:t>
   </x:si>
   <x:si>
-    <x:t>6.25</x:t>
-[...68 lines deleted...]
-    <x:t>$6,845,893.00</x:t>
+    <x:t>6.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,970,891.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YFVD530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17-03-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,939,837.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XM38D35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,814,033.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y9RFJZ9</x:t>
   </x:si>
   <x:si>
     <x:t>10-03-2026</x:t>
   </x:si>
   <x:si>
+    <x:t>5.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,555,169.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YQ45NG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31-03-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,026,975.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z6JJ8C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,014,479.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YTX7QH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,012,180.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z1PSL89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-04-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>2.72</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,208,619.00</x:t>
-[...41 lines deleted...]
-    <x:t>$3,150,021.00</x:t>
+    <x:t>$3,002,434.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YXZW0N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,970,646.00</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
-    <x:t>$55,258.00</x:t>
+    <x:t>$51,247.00</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -325,56 +322,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7f5aa87b9ec4831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R72c243df1f1c45a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc8bf0313eb6b4d86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d4d33887604b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5b68494b35df4a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c17f764ec3d4878" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I23"/>
+  <x:dimension ref="A1:I22"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="37" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="27" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -653,390 +650,361 @@
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>81</x:v>
-[...21 lines deleted...]
-      <x:c r="G22" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="H22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I22" s="1" t="s">
+    </x:row>
+    <x:row r="22" spans="1:9" ht="30" customHeight="1">
+      <x:c r="A22" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-      <x:c r="I23" s="2" t="s">
+      <x:c r="B22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A23:I23"/>
+    <x:mergeCell ref="A22:I22"/>
   </x:mergeCells>
 </x:worksheet>
 </file>