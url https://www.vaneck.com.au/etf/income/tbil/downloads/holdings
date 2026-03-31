--- v1 (2026-02-17)
+++ v2 (2026-03-31)
@@ -1,300 +1,300 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf69177ee1cc4cc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37d7b2f92b84e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TBIL_asat_20260217" sheetId="1" r:id="R1c17f764ec3d4878"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TBIL_asat_20260330" sheetId="1" r:id="Rc36c4b6619734622"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="85">
   <x:si>
-    <x:t>All Fund Holdings as at 17/02/2026</x:t>
+    <x:t>All Fund Holdings as at 30/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Compositerating^</x:t>
   </x:si>
   <x:si>
     <x:t>% of Fundnet assets</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01X05YWJ6</x:t>
+    <x:t>BBG01XG1J862</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>12-03-2026</x:t>
+    <x:t>02-04-2026</x:t>
   </x:si>
   <x:si>
     <x:t>AA+ </x:t>
   </x:si>
   <x:si>
     <x:t>9.77</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,767,829.00</x:t>
-[...11 lines deleted...]
-    <x:t>$10,696,345.00</x:t>
+    <x:t>$10,695,752.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XM38D35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,540,242.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TTN60J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14-05-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,164,855.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T8LCHN4</x:t>
   </x:si>
   <x:si>
     <x:t>16-04-2026</x:t>
   </x:si>
   <x:si>
-    <x:t>8.37</x:t>
-[...14 lines deleted...]
-    <x:t>$8,450,242.00</x:t>
+    <x:t>8.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,034,331.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YFVD558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-05-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,102,059.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YKHNF78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28-05-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,098,498.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0MGW89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,086,702.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YTX7QH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,033,571.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z1PSL89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,017,807.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YXZW0N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14-04-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,989,453.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y56BT09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07-05-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,963,107.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XVYY0H1</x:t>
   </x:si>
   <x:si>
     <x:t>23-04-2026</x:t>
   </x:si>
   <x:si>
-    <x:t>6.60</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>6.30</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,939,837.00</x:t>
-[...35 lines deleted...]
-    <x:t>$3,026,975.00</x:t>
+    <x:t>$6,896,208.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Z6JJ8C2</x:t>
   </x:si>
   <x:si>
     <x:t>28-04-2026</x:t>
   </x:si>
   <x:si>
-    <x:t>2.73</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>2.70</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,970,646.00</x:t>
+    <x:t>$2,951,376.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDC8DR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12-05-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,934,159.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z977S07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05-05-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,723,598.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZPCKGZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26-05-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,600,941.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZJ6W163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19-05-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,559,443.00</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...2 lines deleted...]
-    <x:t>$51,247.00</x:t>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,220.00</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -322,51 +322,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d4d33887604b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5b68494b35df4a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c17f764ec3d4878" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b3782a6b5f464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1eb5965219af427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc36c4b6619734622" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I22"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="37" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="27" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -592,312 +592,312 @@
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H9" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">