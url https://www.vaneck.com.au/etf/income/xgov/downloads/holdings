--- v0 (2026-02-06)
+++ v1 (2026-02-27)
@@ -1,603 +1,606 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0d614fa9bf24420" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R549e296b28cb47dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XGOV_asat_20260206" sheetId="1" r:id="R7604c41548b2438e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XGOV_asat_20260226" sheetId="1" r:id="R4f14d7e812744b38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="186">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 06/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="187">
+  <x:si>
+    <x:t>All Fund Holdings as at 26/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Compositerating^</x:t>
   </x:si>
   <x:si>
     <x:t>% of Fundnet assets</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Australia Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007B2CV78</x:t>
   </x:si>
   <x:si>
     <x:t>3.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-04-2037</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
-    <x:t>13.53</x:t>
-[...2 lines deleted...]
-    <x:t>$50,599,940.00</x:t>
+    <x:t>13.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,820,095.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S30S8L2</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
     <x:t>21-03-2036</x:t>
   </x:si>
   <x:si>
-    <x:t>11.13</x:t>
-[...2 lines deleted...]
-    <x:t>$41,612,903.00</x:t>
+    <x:t>11.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,503,395.00</x:t>
   </x:si>
   <x:si>
     <x:t>New South Wales Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GFXHJR5</x:t>
   </x:si>
   <x:si>
     <x:t>20-02-2036</x:t>
   </x:si>
   <x:si>
     <x:t>AA+ </x:t>
   </x:si>
   <x:si>
-    <x:t>8.11</x:t>
-[...2 lines deleted...]
-    <x:t>$30,307,804.00</x:t>
+    <x:t>7.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,284,915.00</x:t>
   </x:si>
   <x:si>
     <x:t>Treasury Corp Of Victoria</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01B01ZGQ9</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
     <x:t>15-09-2036</x:t>
   </x:si>
   <x:si>
     <x:t>AA  </x:t>
   </x:si>
   <x:si>
-    <x:t>7.37</x:t>
-[...2 lines deleted...]
-    <x:t>$27,552,072.00</x:t>
+    <x:t>7.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,371,098.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LD13F09</x:t>
   </x:si>
   <x:si>
     <x:t>2.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-05-2041</x:t>
   </x:si>
   <x:si>
-    <x:t>7.14</x:t>
-[...2 lines deleted...]
-    <x:t>$26,708,622.00</x:t>
+    <x:t>7.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,556,875.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W93PSV9</x:t>
   </x:si>
   <x:si>
     <x:t>21-10-2036</x:t>
   </x:si>
   <x:si>
-    <x:t>6.76</x:t>
-[...2 lines deleted...]
-    <x:t>$25,265,266.00</x:t>
+    <x:t>6.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,000,221.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B5ZGWL1</x:t>
   </x:si>
   <x:si>
     <x:t>3.250</x:t>
   </x:si>
   <x:si>
     <x:t>21-06-2039</x:t>
   </x:si>
   <x:si>
     <x:t>6.23</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,284,210.00</x:t>
+    <x:t>$23,883,203.00</x:t>
   </x:si>
   <x:si>
     <x:t>Queensland Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JS0H506</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
     <x:t>21-07-2036</x:t>
   </x:si>
   <x:si>
-    <x:t>4.44</x:t>
-[...2 lines deleted...]
-    <x:t>$16,618,518.00</x:t>
+    <x:t>4.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,046,307.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KZMZC57</x:t>
   </x:si>
   <x:si>
     <x:t>15-09-2038</x:t>
   </x:si>
   <x:si>
-    <x:t>3.87</x:t>
-[...2 lines deleted...]
-    <x:t>$14,477,373.00</x:t>
+    <x:t>3.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,796,746.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SP3H9B3</x:t>
   </x:si>
   <x:si>
     <x:t>24-02-2038</x:t>
   </x:si>
   <x:si>
-    <x:t>3.39</x:t>
-[...2 lines deleted...]
-    <x:t>$12,674,352.00</x:t>
+    <x:t>3.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,654,925.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J6HP462</x:t>
   </x:si>
   <x:si>
     <x:t>3.500</x:t>
   </x:si>
   <x:si>
     <x:t>20-11-2037</x:t>
   </x:si>
   <x:si>
-    <x:t>2.81</x:t>
-[...2 lines deleted...]
-    <x:t>$10,505,127.00</x:t>
+    <x:t>2.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,710,951.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LV9XDT2</x:t>
   </x:si>
   <x:si>
     <x:t>20-02-2037</x:t>
   </x:si>
   <x:si>
-    <x:t>2.72</x:t>
-[...2 lines deleted...]
-    <x:t>$10,159,637.00</x:t>
+    <x:t>2.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,162,756.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WD0TYW3</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>2.26</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,457,628.00</x:t>
+    <x:t>$8,676,257.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PD8QYY1</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>21-07-2037</x:t>
   </x:si>
   <x:si>
-    <x:t>2.23</x:t>
-[...2 lines deleted...]
-    <x:t>$8,349,364.00</x:t>
+    <x:t>2.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,565,993.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WZX9FX8</x:t>
   </x:si>
   <x:si>
     <x:t>10-03-2036</x:t>
   </x:si>
   <x:si>
-    <x:t>2.11</x:t>
-[...2 lines deleted...]
-    <x:t>$7,880,196.00</x:t>
+    <x:t>2.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,033,339.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SD2NMD0</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
     <x:t>15-09-2039</x:t>
   </x:si>
   <x:si>
     <x:t>1.82</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,790,168.00</x:t>
+    <x:t>$6,984,265.00</x:t>
   </x:si>
   <x:si>
     <x:t>South Australian Government Financing A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F5MD1K2</x:t>
   </x:si>
   <x:si>
     <x:t>24-05-2038</x:t>
   </x:si>
   <x:si>
-    <x:t>1.46</x:t>
-[...2 lines deleted...]
-    <x:t>$5,451,600.00</x:t>
+    <x:t>1.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,563,361.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00611H156</x:t>
   </x:si>
   <x:si>
     <x:t>20-11-2040</x:t>
   </x:si>
   <x:si>
     <x:t>1.21</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,524,258.00</x:t>
+    <x:t>$4,648,999.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XJZM352</x:t>
   </x:si>
   <x:si>
     <x:t>22-02-2039</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,512,785.00</x:t>
+    <x:t>1.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,507,504.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011RKGVB4</x:t>
   </x:si>
   <x:si>
     <x:t>23-05-2036</x:t>
   </x:si>
   <x:si>
     <x:t>0.96</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,597,466.00</x:t>
+    <x:t>$3,677,301.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T22J7Z5</x:t>
   </x:si>
   <x:si>
     <x:t>2.250</x:t>
   </x:si>
   <x:si>
     <x:t>16-04-2040</x:t>
   </x:si>
   <x:si>
     <x:t>0.94</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,503,773.00</x:t>
+    <x:t>$3,586,374.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Capital Territory</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MS5RC48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23-10-2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,087,748.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WJ20K99</x:t>
   </x:si>
   <x:si>
     <x:t>13-08-2038</x:t>
   </x:si>
   <x:si>
-    <x:t>0.81</x:t>
-[...14 lines deleted...]
-    <x:t>$3,033,248.00</x:t>
+    <x:t>0.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,059,011.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TCNVZP3</x:t>
   </x:si>
   <x:si>
     <x:t>20-11-2041</x:t>
   </x:si>
   <x:si>
-    <x:t>0.68</x:t>
-[...2 lines deleted...]
-    <x:t>$2,559,960.00</x:t>
+    <x:t>0.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,629,706.00</x:t>
   </x:si>
   <x:si>
     <x:t>Western Australian Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VG710X0</x:t>
   </x:si>
   <x:si>
     <x:t>23-07-2041</x:t>
   </x:si>
   <x:si>
     <x:t>0.65</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,441,831.00</x:t>
+    <x:t>$2,493,923.00</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Territory Treasury Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K78P9B0</x:t>
   </x:si>
   <x:si>
     <x:t>AA-</x:t>
   </x:si>
   <x:si>
     <x:t>0.59</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,203,950.00</x:t>
+    <x:t>$2,242,848.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LCQ9YD3</x:t>
   </x:si>
   <x:si>
     <x:t>21-05-2038</x:t>
   </x:si>
   <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,092,257.00</x:t>
+    <x:t>$2,138,007.00</x:t>
   </x:si>
   <x:si>
     <x:t>Tasmanian Public Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZG8CPV3</x:t>
   </x:si>
   <x:si>
     <x:t>16-01-2037</x:t>
   </x:si>
   <x:si>
     <x:t>0.53</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,976,479.00</x:t>
+    <x:t>$2,018,864.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T3Z8WQ8</x:t>
   </x:si>
   <x:si>
+    <x:t>$2,014,652.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4YQ9L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-10-2037</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.52</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,950,725.00</x:t>
-[...8 lines deleted...]
-    <x:t>$1,945,860.00</x:t>
+    <x:t>$2,003,607.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJDSJ50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07-05-2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,001,628.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J4Z2FC7</x:t>
   </x:si>
   <x:si>
     <x:t>4.100</x:t>
   </x:si>
   <x:si>
     <x:t>21-11-2042</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,817,159.00</x:t>
-[...11 lines deleted...]
-    <x:t>$1,554,316.00</x:t>
+    <x:t>$1,865,674.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VXQVFD5</x:t>
   </x:si>
   <x:si>
     <x:t>20-11-2042</x:t>
   </x:si>
   <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,351,102.00</x:t>
+    <x:t>$1,385,685.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WZ8Y9P9</x:t>
   </x:si>
   <x:si>
     <x:t>24-05-2040</x:t>
   </x:si>
   <x:si>
     <x:t>0.34</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,272,184.00</x:t>
+    <x:t>$1,307,080.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDFS8R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15-09-2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,250,272.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RR0XTS9</x:t>
   </x:si>
   <x:si>
     <x:t>5.750</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,212,382.00</x:t>
-[...5 lines deleted...]
-    <x:t>15-09-2044</x:t>
+    <x:t>$1,234,899.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WMZCX74</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,082,764.00</x:t>
-[...8 lines deleted...]
-    <x:t>$1,062,149.00</x:t>
+    <x:t>$1,093,453.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VHGZ0L5</x:t>
   </x:si>
   <x:si>
     <x:t>20-05-2042</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...2 lines deleted...]
-    <x:t>$429,437.00</x:t>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$827,522.00</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...2 lines deleted...]
-    <x:t>$65,846.00</x:t>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$486,158.00</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -625,51 +628,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R452d0e6e8f78467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3d26fdbc248e4654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7604c41548b2438e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8fb0d8102364f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3fe8bdb21ef74313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4f14d7e812744b38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I43"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="27" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1272,642 +1275,642 @@
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="30" customHeight="1">
       <x:c r="A43" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>