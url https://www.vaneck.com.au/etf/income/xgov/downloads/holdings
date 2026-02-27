--- v1 (2026-02-27)
+++ v2 (2026-02-27)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R549e296b28cb47dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429b92c8d0e84a6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XGOV_asat_20260226" sheetId="1" r:id="R4f14d7e812744b38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XGOV_asat_20260226" sheetId="1" r:id="R809c92eeb7fe4d7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="187">
   <x:si>
     <x:t>All Fund Holdings as at 26/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
@@ -628,51 +628,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8fb0d8102364f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3fe8bdb21ef74313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4f14d7e812744b38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509f48a36d464d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3281ceb898d245df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R809c92eeb7fe4d7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I43"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="27" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">