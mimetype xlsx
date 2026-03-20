--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -1,606 +1,600 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429b92c8d0e84a6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6b2d17ec226431c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XGOV_asat_20260226" sheetId="1" r:id="R809c92eeb7fe4d7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XGOV_asat_20260319" sheetId="1" r:id="Rad90c60b70544c22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="187">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 26/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="185">
+  <x:si>
+    <x:t>All Fund Holdings as at 19/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Compositerating^</x:t>
   </x:si>
   <x:si>
     <x:t>% of Fundnet assets</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Australia Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007B2CV78</x:t>
   </x:si>
   <x:si>
     <x:t>3.750</x:t>
   </x:si>
   <x:si>
     <x:t>21-04-2037</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
-    <x:t>13.52</x:t>
-[...2 lines deleted...]
-    <x:t>$51,820,095.00</x:t>
+    <x:t>13.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,968,219.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S30S8L2</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
     <x:t>21-03-2036</x:t>
   </x:si>
   <x:si>
-    <x:t>11.09</x:t>
-[...2 lines deleted...]
-    <x:t>$42,503,395.00</x:t>
+    <x:t>11.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,242,894.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W93PSV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-10-2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,179,920.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Treasury Corp Of Victoria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01B01ZGQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15-09-2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,002,131.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LD13F09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-05-2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,119,803.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B5ZGWL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-06-2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,431,289.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZQMZ7Y3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-10-2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,833,855.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Queensland Treasury Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JS0H506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-07-2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA+ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,034,559.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KZMZC57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15-09-2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,284,742.00</x:t>
   </x:si>
   <x:si>
     <x:t>New South Wales Treasury Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01GFXHJR5</x:t>
-[...104 lines deleted...]
-    <x:t>$14,796,746.00</x:t>
+    <x:t>BBG01LV9XDT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-02-2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,051,327.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SP3H9B3</x:t>
   </x:si>
   <x:si>
     <x:t>24-02-2038</x:t>
   </x:si>
   <x:si>
-    <x:t>3.30</x:t>
-[...2 lines deleted...]
-    <x:t>$12,654,925.00</x:t>
+    <x:t>3.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,642,059.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J6HP462</x:t>
   </x:si>
   <x:si>
     <x:t>3.500</x:t>
   </x:si>
   <x:si>
     <x:t>20-11-2037</x:t>
   </x:si>
   <x:si>
-    <x:t>2.80</x:t>
-[...14 lines deleted...]
-    <x:t>$10,162,756.00</x:t>
+    <x:t>2.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,550,390.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WD0TYW3</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
-    <x:t>2.26</x:t>
-[...2 lines deleted...]
-    <x:t>$8,676,257.00</x:t>
+    <x:t>2.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,579,405.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PD8QYY1</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>21-07-2037</x:t>
   </x:si>
   <x:si>
     <x:t>2.24</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,565,993.00</x:t>
+    <x:t>$8,560,309.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WZX9FX8</x:t>
   </x:si>
   <x:si>
     <x:t>10-03-2036</x:t>
   </x:si>
   <x:si>
-    <x:t>2.10</x:t>
-[...2 lines deleted...]
-    <x:t>$8,033,339.00</x:t>
+    <x:t>2.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,728,048.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SD2NMD0</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
     <x:t>15-09-2039</x:t>
   </x:si>
   <x:si>
-    <x:t>1.82</x:t>
-[...2 lines deleted...]
-    <x:t>$6,984,265.00</x:t>
+    <x:t>1.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,664,177.00</x:t>
   </x:si>
   <x:si>
     <x:t>South Australian Government Financing A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F5MD1K2</x:t>
   </x:si>
   <x:si>
     <x:t>24-05-2038</x:t>
   </x:si>
   <x:si>
     <x:t>1.45</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,563,361.00</x:t>
+    <x:t>$5,515,653.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00611H156</x:t>
   </x:si>
   <x:si>
     <x:t>20-11-2040</x:t>
   </x:si>
   <x:si>
-    <x:t>1.21</x:t>
-[...2 lines deleted...]
-    <x:t>$4,648,999.00</x:t>
+    <x:t>1.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,901,470.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XJZM352</x:t>
   </x:si>
   <x:si>
     <x:t>22-02-2039</x:t>
   </x:si>
   <x:si>
     <x:t>1.18</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,507,504.00</x:t>
+    <x:t>$4,498,998.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T22J7Z5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16-04-2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,732,171.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011RKGVB4</x:t>
   </x:si>
   <x:si>
     <x:t>23-05-2036</x:t>
   </x:si>
   <x:si>
-    <x:t>0.96</x:t>
-[...17 lines deleted...]
-    <x:t>$3,586,374.00</x:t>
+    <x:t>0.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,638,819.00</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Capital Territory</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MS5RC48</x:t>
   </x:si>
   <x:si>
     <x:t>23-10-2036</x:t>
   </x:si>
   <x:si>
-    <x:t>0.81</x:t>
-[...2 lines deleted...]
-    <x:t>$3,087,748.00</x:t>
+    <x:t>0.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,062,809.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WMZCX74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,484,894.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Australian Treasury Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VG710X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23-07-2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,403,958.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Territory Treasury Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LCQ9YD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-05-2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,366,093.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K78P9B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,193,471.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WJ20K99</x:t>
   </x:si>
   <x:si>
     <x:t>13-08-2038</x:t>
   </x:si>
   <x:si>
-    <x:t>0.80</x:t>
-[...2 lines deleted...]
-    <x:t>$3,059,011.00</x:t>
+    <x:t>$2,159,893.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tasmanian Public Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZG8CPV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16-01-2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,007,168.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T3Z8WQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-11-2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,983,091.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJDSJ50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07-05-2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,970,513.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4YQ9L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,970,117.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J4Z2FC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21-11-2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,806,821.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDFS8R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15-09-2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,445,221.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VXQVFD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-11-2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,420,819.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WZ8Y9P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-05-2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,286,842.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR0XTS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,205,456.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VHGZ0L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20-05-2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$858,106.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TCNVZP3</x:t>
   </x:si>
   <x:si>
-    <x:t>20-11-2041</x:t>
-[...173 lines deleted...]
-    <x:t>$827,522.00</x:t>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$704,033.00</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...2 lines deleted...]
-    <x:t>$486,158.00</x:t>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,035.00</x:t>
   </x:si>
   <x:si>
     <x:t>Composite Rating. An evenly weighted blend of a security's Moody's, S&amp;P, Fitch, and DBRS ratings. Not Rated indicates that a security is rated by fewer than two of the four rating agencies. This composite is not intended to be a credit opinion.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -628,51 +622,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509f48a36d464d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3281ceb898d245df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R809c92eeb7fe4d7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1540b6d2be124f12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1ca453aed5814a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad90c60b70544c22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I43"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="27" customWidth="1"/>
     <x:col min="8" max="8" width="14" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -796,1121 +790,1121 @@
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C6" s="1" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F6" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G6" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="F6" s="1" t="s">
+      <x:c r="H6" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I6" s="1" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D7" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="C7" s="1" t="s">
+      <x:c r="E7" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="F7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="E7" s="1" t="s">
+      <x:c r="G7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="s">
+      <x:c r="H7" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I7" s="1" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D8" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="E8" s="1" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="D9" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="E9" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H9" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="G11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="G26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="G30" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="30" customHeight="1">
       <x:c r="A43" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I43" s="2" t="s">
         <x:v>1</x:v>
       </x:c>